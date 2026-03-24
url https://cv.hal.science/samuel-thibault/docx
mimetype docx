--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -147,7511 +147,7878 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (64)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (67)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screen Readers – Out of Sight, but in the TCB</w:t>
+                <w:t xml:space="preserve">Abstract communicators for task based runtime systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Humenda</w:t>
+                <w:t xml:space="preserve">Nicolas Ducarton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Romain Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Horst Schirmeier</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Guermouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 - Herbsttreffen der Fachgruppe Betriebssysteme</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">WAMTA 2026 - Workshop on Asynchronous Many-Task Systems and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Garching [Munich], Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05273382v1</w:t>
+                <w:t xml:space="preserve">hal-05539507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing Parallel System Efficiency: Dynamic Task Graph Adaptation with Recursive Tasks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Greedy Adaptive Task Splitting with Prediction and Placement for Heterogeneous Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Furmento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Wacrenier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WAMTA 2024 - Workshop on Asynchronous Many-Task Systems and Applications 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">HCW - 35th Heterogeneity in Computing Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2026, Nouvelle-Orleans, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04548787v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-Driven Locality-Aware Batch Scheduling</w:t>
+                <w:t xml:space="preserve">Managing Explicit Communications Within a Sequential Task Flow Paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Gonthier</w:t>
+                <w:t xml:space="preserve">Brieuc Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Furmento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Larsson</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APDCM 2024 - 26th Workshop on Advances in Parallel and Distributed Computational Models</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">WAMTA 2026 - Workshop on Asynchronous Many-Task Systems and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Garching bei München, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04500281v1</w:t>
+                <w:t xml:space="preserve">hal-05538493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting Processor Heterogeneity to Improve Throughput and Reduce Latency for Deep Neural Network Inference</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Screen Readers – Out of Sight, but in the TCB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Humenda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horst Schirmeier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SBAC-PAD 2024 - IEEE 36th International Symposium on Computer Architecture and High Performance Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SBAC-PAD63648.2024.00012⟩</w:t>
+              <w:t xml:space="preserve">2025 - Herbsttreffen der Fachgruppe Betriebssysteme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Aachen, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18420/fgbs2025h-03⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690154v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05273382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">StarONNX: a Dynamic Scheduler for Low Latency and High Throughput Inference on Heterogeneous Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Beaumont</w:t>
+                <w:t xml:space="preserve">Optimizing Parallel System Efficiency: Dynamic Task Graph Adaptation with Recursive Tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Furmento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François David</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Gwenolé Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HeteroPar 2024 - 22ND INTERNATIONAL WORKSHOP Algorithms, Models and Tools for Parallel Computing on Heterogeneous Platforms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-90200-0_30⟩</w:t>
+              <w:t xml:space="preserve">WAMTA 2024 - Workshop on Asynchronous Many-Task Systems and Applications 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Knoxville, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2139/ssrn.5224517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04646530v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">StarONNX : Un ordonanceur dynamique pour une inférence rapide et à haut débit sur des ressources hétérogènes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Exploiting Processor Heterogeneity to Improve Throughput and Reduce Latency for Deep Neural Network Inference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Eyraud-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compas 2024 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SBAC-PAD 2024 - IEEE 36th International Symposium on Computer Architecture and High Performance Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Hilo, Hawaii, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SBAC-PAD63648.2024.00012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04668550v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Static-Dynamic Analysis for Performance and Accuracy of Data Race Detection in MPI One-Sided Programs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Data-Driven Locality-Aware Batch Scheduling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Van Man Nguyen</w:t>
+                <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Sergent</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Elisabeth Larsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Nettelblad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Saillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C3PO 2024 - Compiler-assisted Correctness Checking and Performance Optimization for HPC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-73716-9_5⟩</w:t>
+              <w:t xml:space="preserve">APDCM 2024 - 26th Workshop on Advances in Parallel and Distributed Computational Models</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 38th IEEE International Parallel and Distributed Processing Symposium, May 2024, San Francisco, United States. pp.202-211, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPSW63119.2024.00058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04581890v2</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rethinking Data Race Detection in MPI-RMA Programs</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">StarONNX: a Dynamic Scheduler for Low Latency and High Throughput Inference on Heterogeneous Resources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Eyraud-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Saillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Workshop on Software Correctness for HPC Applications (Correctness '23)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">HeteroPar 2024 - 22ND INTERNATIONAL WORKSHOP Algorithms, Models and Tools for Parallel Computing on Heterogeneous Platforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EuroPar'24, Aug 2024, Madrid, Spain. pp.375-386, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-90200-0_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3624062.3624086⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04272399v1</w:t>
+                <w:t xml:space="preserve">hal-04646530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vector operations, tiled operations, distributed execution, task graphs, ... What next?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">StarONNX : Un ordonanceur dynamique pour une inférence rapide et à haut débit sur des ressources hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Eyraud-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JLESC 15 - 15th Joint Laboratory for Extreme Scale Computing Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Talence, France</w:t>
+              <w:t xml:space="preserve">Compas 2024 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04115280v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Simulations of Task-Based Applications on Complex NUMA Architectures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Static-Dynamic Analysis for Performance and Accuracy of Data Race Detection in MPI One-Sided Programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Gautier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Radjasouria Vinayagame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van Man Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Swann Perarnau</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Saillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWOMP 2023 - 19th International Workshop on OpenMP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-40744-4_13⟩</w:t>
+              <w:t xml:space="preserve">C3PO 2024 - Compiler-assisted Correctness Checking and Performance Optimization for HPC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Hambourg, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-73716-9_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04201317v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581890v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programming Heterogeneous Architectures Using Hierarchical Tasks</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rethinking Data Race Detection in MPI-RMA Programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radjasouria Vinayagame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van Man Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Saillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HeteroPar 2022 - twentieth international workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Glasgow, United Kingdom. pp.12, </w:t>
+              <w:t xml:space="preserve">7th International Workshop on Software Correctness for HPC Applications (Correctness '23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Denver (Colorado, USA), United States. pp.196-204, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-31209-0_7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3624062.3624086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03789625v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programmation des architectures hétérogènes à l'aide de tâches hiérarchiques</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Vector operations, tiled operations, distributed execution, task graphs, ... What next?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPAS 2022 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Amiens, France</w:t>
+              <w:t xml:space="preserve">JLESC 15 - 15th Joint Laboratory for Extreme Scale Computing Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03773486v1</w:t>
+                <w:t xml:space="preserve">hal-04115280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory-Aware Scheduling of Tasks Sharing Data on Multiple GPUs with Dynamic Runtime Systems</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Improving Simulations of Task-Based Applications on Complex NUMA Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idriss Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swann Perarnau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPDPS 2022 - 36th IEEE International Parallel &amp; Distributed Processing Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IPDPS53621.2022.00073⟩</w:t>
+              <w:t xml:space="preserve">IWOMP 2023 - 19th International Workshop on OpenMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bristol, United Kingdom. pp.195-209, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-40744-4_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03552243v1</w:t>
+                <w:t xml:space="preserve">hal-04201317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locality-Aware Scheduling of Independent Tasks for Runtime Systems</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Programmation des architectures hétérogènes à l'aide de tâches hiérarchiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Furmento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenolé Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COLOC 2021 - 5th workshop on data locality - 27th International European Conference on Parallel and Distributed Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">COMPAS 2022 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Amiens, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03290998v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TEXTAROSSA: Towards EXtreme scale Technologies and Accelerators for euROhpc hw/Sw Supercomputing Applications for exascale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniele Cattaneo</w:t>
+                <w:t xml:space="preserve">Programming Heterogeneous Architectures Using Hierarchical Tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Furmento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenolé Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Fornaciari</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Massari</w:t>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DSD 2021 - 24th Euromicro Conference on Digital System Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DSD53832.2021.00051⟩</w:t>
+              <w:t xml:space="preserve">HeteroPar 2022 - twentieth international workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Glasgow, United Kingdom. pp.12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-31209-0_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329640v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sOMP: Simulating OpenMP Task-Based Applications with NUMA Effects</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Memory-Aware Scheduling of Tasks Sharing Data on Multiple GPUs with Dynamic Runtime Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gonthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWOMP 2020 - 16th International Workshop on OpenMP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-58144-2_13⟩</w:t>
+              <w:t xml:space="preserve">IPDPS 2022 - 36th IEEE International Parallel &amp; Distributed Processing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Lyon, France. pp.1-11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPS53621.2022.00073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02933803v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MASA-StarPU: Parallel Sequence Comparison with Multiple Scheduling Policies and Pruning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Locality-Aware Scheduling of Independent Tasks for Runtime Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gonthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alba Cristina Magalhães Alves De Melo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SBAC-PAD 2020 - IEEE 32nd International Symposium on Computer Architecture and High Performance Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SBAC-PAD49847.2020.00039⟩</w:t>
+              <w:t xml:space="preserve">COLOC 2021 - 5th workshop on data locality - 27th International European Conference on Parallel and Distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Lisbon, Portugal. pp.1-12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-06156-1_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02914793v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03290998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From tasks graphs to asynchronous distributed checkpointing with local restart</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">TEXTAROSSA: Towards EXtreme scale Technologies and Accelerators for euROhpc hw/Sw Supercomputing Applications for exascale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Agosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Cattaneo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Fornaciari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Galimberti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Massari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FTXS 2020 - IEEE/ACM 10th Workshop on Fault Tolerance for HPC at eXtreme Scale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/FTXS51974.2020.00009⟩</w:t>
+              <w:t xml:space="preserve">DSD 2021 - 24th Euromicro Conference on Digital System Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Palermo / Virtual, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DSD53832.2021.00051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02970529v2</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Dynamic Broadcasts to improve Task-Based Runtime Performances</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">sOMP: Simulating OpenMP Task-Based Applications with NUMA Effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idriss Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Virouleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euro-Par - 26th International European Conference on Parallel and Distributed Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-57675-2_28⟩</w:t>
+              <w:t xml:space="preserve">IWOMP 2020 - 16th International Workshop on OpenMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Austin / Virtual, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58144-2_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02872765v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting dynamic DAG scheduling under memory constraints for shared-memory platforms</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Using Dynamic Broadcasts to improve Task-Based Runtime Performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Swartvagher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPDPS - 2020 - IEEE International Parallel and Distributed Processing Symposium Workshops</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IPDPSW50202.2020.00102⟩</w:t>
+              <w:t xml:space="preserve">Euro-Par - 26th International European Conference on Parallel and Distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rzadca and Malawski, Aug 2020, Warsaw, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-57675-2_28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03024626v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faithful Performance Prediction of a Dynamic Task-based Runtime System, an Opportunity for Task Graph Scheduling</w:t>
+                <w:t xml:space="preserve">From tasks graphs to asynchronous distributed checkpointing with local restart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Romain Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM PP 2020 - SIAM Conference on Parallel Processing for Scientific Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FTXS 2020 - IEEE/ACM 10th Workshop on Fault Tolerance for HPC at eXtreme Scale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Atlanta / Virtual, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FTXS51974.2020.00009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02943753v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02970529v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applying StarPU runtime system to scientific applications: Experiences and lessons learned</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MASA-StarPU: Parallel Sequence Comparison with Multiple Scheduling Policies and Pruning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Alvares da Silva Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba Cristina Magalhães Alves De Melo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">POMCO 2020 - 2nd International Workshop on Parallel Optimization using/for Multi- and Many-core High Performance Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SBAC-PAD 2020 - IEEE 32nd International Symposium on Computer Architecture and High Performance Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Porto, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SBAC-PAD49847.2020.00039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02985721v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02914793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asynchronous Task-Based Execution of the Reverse Time Migration for the Oil and Gas Industry</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Revisiting dynamic DAG scheduling under memory constraints for shared-memory platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Bathie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLUSTER 2019 - IEEE International Conference on Cluster Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CLUSTER.2019.8891054⟩</w:t>
+              <w:t xml:space="preserve">IPDPS - 2020 - IEEE International Parallel and Distributed Processing Symposium Workshops</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, New Orleans / Virtual, United States. pp.1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPSW50202.2020.00102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02403109v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03024626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual Performance Analysis of Memory Behavior in a Task-Based Runtime on Hybrid Platforms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Faithful Performance Prediction of a Dynamic Task-based Runtime System, an Opportunity for Task Graph Scheduling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luka Stanisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucas Mello Schnorr</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CCGrid 2019 - 19thAnnual IEEE/ACM International Symposium on Cluster, Cloud and Grid Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SIAM PP 2020 - SIAM Conference on Parallel Processing for Scientific Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Seattle, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02275363v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecção de Anomalias de Desempenho em Aplicações de Alto Desempenho baseadas em Tarefas em Clusters Híbridos</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luka Stanisic</w:t>
+                <w:t xml:space="preserve">Applying StarPU runtime system to scientific applications: Experiences and lessons learned</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgios Tzanos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vineet Soni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Prouveur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Haefele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stavroula Zouzoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WPerformance 2018 - 17º Workshop em Desempenho de Sistemas Computacionais e de Comunicação</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Natal, Brazil. pp.1-14</w:t>
+              <w:t xml:space="preserve">POMCO 2020 - 2nd International Workshop on Parallel Optimization using/for Multi- and Many-core High Performance Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Barcelona / Virtual, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842038v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02985721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EXA2PRO programming environment: Architecture and Applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Asynchronous Task-Based Execution of the Reverse Time Migration for the Oil and Gas Industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amani Alonazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Ltaief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Keyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issam Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAMOS 2018 - International Conference on Embedded Computer Systems: Architectures, MOdeling and Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3229631.3239369⟩</w:t>
+              <w:t xml:space="preserve">CLUSTER 2019 - IEEE International Conference on Cluster Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Albuquerque, United States. pp.1-11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CLUSTER.2019.8891054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03273509v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02403109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling the Memory Subscription of Distributed Applications with a Task-Based Runtime System</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Visual Performance Analysis of Memory Behavior in a Task-Based Runtime on Hybrid Platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Leandro Nesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Aumage</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Stanisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Mello Schnorr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CCGrid 2019 - 19thAnnual IEEE/ACM International Symposium on Cluster, Cloud and Grid Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Larnaca, Cyprus. pp.142-151, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CCGRID.2019.00025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01380126v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02275363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DKPN: A Composite Dataflow/Kahn Process Networks Execution Model</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Detecção de Anomalias de Desempenho em Aplicações de Alto Desempenho baseadas em Tarefas em Clusters Híbridos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinicius Garcia Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Mello Schnorr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Stanisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Euromicro International Conference on Parallel, Distributed and Network-based processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">WPerformance 2018 - 17º Workshop em Desempenho de Sistemas Computacionais e de Comunicação</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Natal, Brazil. pp.1-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01234333v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing Dynamic Task-Based Applications on Hybrid Platforms: An Agile Scripting Approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Samuel Thibault</w:t>
+                <w:t xml:space="preserve">EXA2PRO programming environment: Architecture and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Soudris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lazaros Papadopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph W Kessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dionysios D Kehagias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VPA 2016 - 3rd Workshop on Visual Performance Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Salt Lake City, United States. pp.17-24, </w:t>
+              <w:t xml:space="preserve">SAMOS 2018 - International Conference on Embedded Computer Systems: Architectures, MOdeling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Samos Island, Greece. pp.202-209, </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VPA.2016.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3229631.3239369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01353962v2</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling the Memory Subscription of Distributed Applications with a Task-Based Runtime System</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">DKPN: A Composite Dataflow/Kahn Process Networks Execution Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Arras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Fuin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Workshop on High-Level Parallel Programming Models and Supportive Environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IPDPSW.2016.105⟩</w:t>
+              <w:t xml:space="preserve">24th Euromicro International Conference on Parallel, Distributed and Network-based processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Heraklion Crete, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PDP.2016.34⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01284004v1</w:t>
+                <w:t xml:space="preserve">hal-01234333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards seismic wave modeling on heterogeneous many-core architectures using task-based runtime system</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Michéa</w:t>
+                <w:t xml:space="preserve">Controlling the Memory Subscription of Distributed Applications with a Task-Based Runtime System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Dupros</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">David Goudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Symposium on Computer Architecture and High Performance Computing (SBAC-PAD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Paris, France. pp.318 - 327</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01182746v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01380126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging the Gap between Performance and Bounds of Cholesky Factorization on Heterogeneous Platforms</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Suraj Kumar</w:t>
+                <w:t xml:space="preserve">Analyzing Dynamic Task-Based Applications on Hybrid Platforms: An Agile Scripting Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinicius Garcia Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Stanisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Mello Schnorr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heterogeneity in Computing Workshop 2015</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IPDPSW.2015.35⟩</w:t>
+              <w:t xml:space="preserve">VPA 2016 - 3rd Workshop on Visual Performance Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Salt Lake City, United States. pp.17-24, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPA.2016.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01120507v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01353962v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Simulation of a Dynamic Task-Based Runtime System for Heterogeneous Multi-Core Architectures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Controlling the Memory Subscription of Distributed Applications with a Task-Based Runtime System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Méhaut</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euro-par - 20th International Conference on Parallel Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-09873-9_5⟩</w:t>
+              <w:t xml:space="preserve">21st International Workshop on High-Level Parallel Programming Models and Supportive Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPSW.2016.105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01011633v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of Distributed Linear Algebra on Hybrid Nodes over the StarPU Runtime</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Towards seismic wave modeling on heterogeneous many-core architectures using task-based runtime system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Víctor Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Michéa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Dupros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Florent Pruvost</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27th International Symposium on Computer Architecture and High Performance Computing (SBAC-PAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Florianopolis, Brazil. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SBAC-PAD.2015.33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00978602v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01182746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taking advantage of hybrid systems for sparse direct solvers via task-based runtimes</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bridging the Gap between Performance and Bounds of Cholesky Factorization on Heterogeneous Platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Eyraud-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suraj Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HCW'2014 workshop of IPDPS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IPDPSW.2014.9⟩</w:t>
+              <w:t xml:space="preserve">Heterogeneity in Computing Workshop 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Hyderabad, India. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPSW.2015.35⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00987094v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01120507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harnessing clusters of hybrid nodes with a sequential task-based programming model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Overview of Distributed Linear Algebra on Hybrid Nodes over the StarPU Runtime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Furmento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Parallel Matrix Algorithms and Applications (PMAA 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Lugano, Switzerland</w:t>
+              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Portland, Oregon, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01283949v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00978602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of OpenMP Dependent Tasks with the KASTORS Benchmark Suite</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modeling and Simulation of a Dynamic Task-Based Runtime System for Heterogeneous Multi-Core Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luka Stanisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Videau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Méhaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Workshop on OpenMP, IWOMP2014</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-11454-5_2⟩</w:t>
+              <w:t xml:space="preserve">Euro-par - 20th International Conference on Parallel Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Porto, Portugal. pp.50-62, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-09873-9_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01081974v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01011633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of FEM Application on GPU with StarPU</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Taking advantage of hybrid systems for sparse direct solvers via task-based runtimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lacoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satoshi Ohshima</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Raymond Namyst</w:t>
+                <w:t xml:space="preserve">George Bosilca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CS&amp;E 2013 - SIAM Conference on Computational Science and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">HCW'2014 workshop of IPDPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Phoenix, United States. pp.29-38, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPSW.2014.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00926144v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00987094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Task Size Control on High Level Programming for GPU/CPU Work Sharing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yuetsu Kodama</w:t>
+                <w:t xml:space="preserve">Harnessing clusters of hybrid nodes with a sequential task-based programming model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Furmento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2013 International Symposium on Advances of Distributed and Parallel Computing (ADPC 2013)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop on Parallel Matrix Algorithms and Applications (PMAA 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Lugano, Switzerland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00920915v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01283949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">List Scheduling in Embedded Systems under Memory Constraints</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Evaluation of OpenMP Dependent Tasks with the KASTORS Benchmark Suite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Virouleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Broquedis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Furmento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SBAC-PAD'2013 - 25th International Symposium on Computer Architecture and High-Performance Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SBAC-PAD.2013.22⟩</w:t>
+              <w:t xml:space="preserve">10th International Workshop on OpenMP, IWOMP2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Salvador, Brazil. pp.16 - 29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-11454-5_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00906117v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01081974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ordonnancement de liste dans les systèmes embarqués sous contrainte de mémoire</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Implementation of FEM Application on GPU with StarPU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satoshi Ohshima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satoshi Katagiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kengo Nakajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ComPAS'13 / RenPar'21 - 21es Rencontres francophones du Parallélisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Inria Grenoble, Jan 2013, Grenoble, France</w:t>
+              <w:t xml:space="preserve">CS&amp;E 2013 - SIAM Conference on Computational Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SIAM, Feb 2013, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00772854v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00926144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A NUMA-aware fine grain parallelization framework for multi-core architecture</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">List Scheduling in Embedded Systems under Memory Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Arras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Fuin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Stoutchinin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PDSEC - 14th IEEE International Workshop on Parallel and Distributed Scientific and Engineering Computing - 2013</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IPDPSW.2013.204⟩</w:t>
+              <w:t xml:space="preserve">SBAC-PAD'2013 - 25th International Symposium on Computer Architecture and High-Performance Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Federal University of Pernambuco &amp; Federal University of Minas Gerais, Oct 2013, Porto de Galinhas, Brazil. pp.152-159, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SBAC-PAD.2013.22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00858350v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00906117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">StarPU-MPI: Task Programming over Clusters of Machines Enhanced with Accelerators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptive Task Size Control on High Level Programming for GPU/CPU Work Sharing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetsuya Odajima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taisuke Boku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitsuhisa Sato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toshihiro Hanawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Augonnet</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yuetsu Kodama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroMPI 2012 - The 19th European MPI Users' Group Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 2013 International Symposium on Advances of Distributed and Parallel Computing (ADPC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Vietri sul Mare, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-03889-6_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725477v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00920915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Level Support for Pipeline Parallelism on Many-Core Architectures</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ordonnancement de liste dans les systèmes embarqués sous contrainte de mémoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Arras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Fuin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Stoutchinin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Europar - International European Conference on Parallel and Distributed Computing - 2012</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ComPAS'13 / RenPar'21 - 21es Rencontres francophones du Parallélisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Inria Grenoble, Jan 2013, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00697020v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00772854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programmability and Performance Portability Aspects of Heterogeneous Multi-/Manycore Systems</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A NUMA-aware fine grain parallelization framework for multi-core architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Rossignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hénon Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Design, Automation and Test in Europe (DATE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DATE.2012.6176582⟩</w:t>
+              <w:t xml:space="preserve">PDSEC - 14th IEEE International Workshop on Parallel and Distributed Scientific and Engineering Computing - 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Boston, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPSW.2013.204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00776610v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00858350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible runtime support for efficient skeleton programming on hybrid systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">StarPU-MPI: Task Programming over Clusters of Machines Enhanced with Accelerators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Kessler</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Cédric Augonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Furmento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on Parallel Computing (ParCo)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EuroMPI 2012 - The 19th European MPI Users' Group Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Vienna, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00606200v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QR Factorization on a Multicore Node Enhanced with Multiple GPU Accelerators</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hatem Ltaief</w:t>
+                <w:t xml:space="preserve">High-Level Support for Pipeline Parallelism on Many-Core Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Benkner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enes Bajrovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erich Marth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Sandrieser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th IEEE International Parallel &amp; Distributed Processing Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IPDPS.2011.90⟩</w:t>
+              <w:t xml:space="preserve">Europar - International European Conference on Parallel and Distributed Computing - 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Rhodes Island, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-32820-6_61⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00547614v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00697020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection optimale des coins et contours dans des bases d'images volumineuses sur architectures multicœurs hétérogènes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Programmability and Performance Portability Aspects of Heterogeneous Multi-/Manycore Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Kessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usman Dastgeer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sidi Ahmed Mahmoudi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrew Richards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres francophones du parallélisme</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Design, Automation and Test in Europe (DATE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Dresden, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DATE.2012.6176582⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00606195v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00776610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-Aware Task Scheduling on Multi-Accelerator based Platforms</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Flexible runtime support for efficient skeleton programming on hybrid systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usman Dastgeer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Kessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Parallel and Distributed Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International conference on Parallel Computing (ParCo)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Gent, Belgium. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/978-1-61499-041-3-159⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00523937v1</w:t>
+                <w:t xml:space="preserve">inria-00606200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamically scheduled Cholesky factorization on multicore architectures with GPU accelerators.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">QR Factorization on a Multicore Node Enhanced with Multiple GPU Accelerators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Augonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Dongarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Ltaief</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Application Accelerators in High Performance Computing (SAAHPC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25th IEEE International Parallel &amp; Distributed Processing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Anchorage, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPS.2011.90⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00547616v1</w:t>
+                <w:t xml:space="preserve">inria-00547614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structuring the execution of OpenMP applications for multicore architectures</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Détection optimale des coins et contours dans des bases d'images volumineuses sur architectures multicœurs hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidi Ahmed Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Manneback</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Augonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Parallel and Distributed Symposium (IPDPS 2010)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rencontres francophones du parallélisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Saint-Malo, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00441472v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00606195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hwloc: a Generic Framework for Managing Hardware Affinities in HPC Applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Data-Aware Task Scheduling on Multi-Accelerator based Platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Augonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Clet-Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PDP 2010 - The 18th Euromicro International Conference on Parallel, Distributed and Network-Based Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16th International Conference on Parallel and Distributed Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Shangai, China</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00429889v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00523937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">StarPU: A Unified Platform for Task Scheduling on Heterogeneous Multicore Architectures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+                <w:t xml:space="preserve">Dynamically scheduled Cholesky factorization on multicore architectures with GPU accelerators.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Augonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Dongarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Ltaief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euro-Par 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Delft, Netherlands</w:t>
+              <w:t xml:space="preserve">Symposium on Application Accelerators in High Performance Computing (SAAHPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Knoxville, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00384363v1</w:t>
+                <w:t xml:space="preserve">inria-00547616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Calibration of Performance Models on Heterogeneous Multicore Architectures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Structuring the execution of OpenMP applications for multicore architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Broquedis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Goglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Wacrenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Workshop on Highly Parallel Processing on a Chip (HPPC 2009)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Parallel and Distributed Symposium (IPDPS 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Atltanta, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IPDPS.2010.5470442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00421333v1</w:t>
+                <w:t xml:space="preserve">inria-00441472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting the Cell/BE architecture with the StarPU unified runtime system</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">hwloc: a Generic Framework for Managing Hardware Affinities in HPC Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Broquedis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clet-Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Moreaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Furmento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Goglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAMOS Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PDP 2010 - The 18th Euromicro International Conference on Parallel, Distributed and Network-Based Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Pisa, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PDP.2010.67⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00378705v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00429889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Performance by Embedding HPC Applications in Lightweight Xen Domains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">StarPU: A Unified Platform for Task Scheduling on Heterogeneous Multicore Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Augonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tim Deegan</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Wacrenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Workshop on System-level Virtualization for High Performance Computing (HPCVIRT'08)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Euro-Par 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Delft, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00329969v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00384363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scheduling Dynamic OpenMP Applications over Multicore Architectures</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Automatic Calibration of Performance Models on Heterogeneous Multicore Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Augonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on OpenMP</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3rd Workshop on Highly Parallel Processing on a Chip (HPPC 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Delft, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00329934v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00421333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building Portable Thread Schedulers for Hierarchical Multiprocessors: the BubbleSched Framework</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Exploiting the Cell/BE architecture with the StarPU unified runtime system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Augonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-André Wacrenier</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maik Nijhuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroPar</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SAMOS Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, SAMOS, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00154506v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00378705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Efficient OpenMP Runtime System for Hierarchical Architectures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Improving Performance by Embedding HPC Applications in Lightweight Xen Domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre-André Wacrenier</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Deegan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on OpenMP (IWOMP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Beijing, China. pp.148--159, </w:t>
+              <w:t xml:space="preserve">2nd Workshop on System-level Virtualization for High Performance Computing (HPCVIRT'08)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Glasgow, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-540-69303-1_19⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/1435452.1435454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00154502v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00329969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BrlAPI: Simple, Portable, Concurrent, Application-level Control of Braille Terminals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Scheduling Dynamic OpenMP Applications over Multicore Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Broquedis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Diakhate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The First International Conference on Information and Communication Technology and Accessibility - ICTA 2007</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Workshop on OpenMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, West Lafayette, IN, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-79561-2_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00135946v1</w:t>
+                <w:t xml:space="preserve">inria-00329934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BubbleSched : construire son propre ordonnanceur de threads pour machines multiprocesseurs hirarchiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">An Efficient OpenMP Runtime System for Hierarchical Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Broquedis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Goglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Wacrenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème Rencontres Francophones du Parallélisme</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Workshop on OpenMP (IWOMP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Beijing, China. pp.148--159, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-69303-1_19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00108984v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00154502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Flexible Thread Scheduler for Hierarchical Multiprocessor Machines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Building Portable Thread Schedulers for Hierarchical Multiprocessors: the BubbleSched Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Namyst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Wacrenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second International Workshop on Operating Systems, Programming Environments and Management Tools for High-Performance Computing on Clusters (COSET-2)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EuroPar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Rennes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-74466-5_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00000138v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00154506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ordonnanceur flexible pour machines multiprocesseurs hiérarchiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">BrlAPI: Simple, Portable, Concurrent, Application-level Control of Braille Terminals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Hinderer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Rencontres Francophones du Parallélisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACM/ASF - École des Mines de Nantes, Apr 2005, Le Croisic, France</w:t>
+              <w:t xml:space="preserve">The First International Conference on Information and Communication Technology and Accessibility - ICTA 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Hammamet, Tunisia. pp.27--31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00000137v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00135946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">BubbleSched : construire son propre ordonnanceur de threads pour machines multiprocesseurs hirarchiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17ème Rencontres Francophones du Parallélisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM/ASF - Université de Perpignan, Oct 2006, Canet en Roussillon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00108984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Flexible Thread Scheduler for Hierarchical Multiprocessor Machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second International Workshop on Operating Systems, Programming Environments and Management Tools for High-Performance Computing on Clusters (COSET-2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICS / ACM / IRISA, Jun 2005, Cambridge, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00000138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un ordonnanceur flexible pour machines multiprocesseurs hiérarchiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Rencontres Francophones du Parallélisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM/ASF - École des Mines de Nantes, Apr 2005, Le Croisic, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00000137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Unreliable Transport Protocol for Commodity-Based OpenGL Distributed Visualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Cavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Festor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fleury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Commodity-Based Visualization Clusters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2002, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00363326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7661,2355 +8028,2355 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A scheduler to foster data locality for GPU and out-of-core task-based linear algebra applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 206, pp.105170. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jpdc.2025.105170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05226796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing Parallel Heterogeneous System Efficiency: Dynamic Task Graph Adaptation with Recursive Tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Furmento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenolé Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdou Guermouche</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thomas Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 205, pp.105157. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jpdc.2025.105157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05199066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracing task-based runtime systems: Feedbacks from the StarPU case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Swartvagher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.24. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cpe.7920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04236246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taming data locality for task scheduling under memory constraint in runtime systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Future Generation Computer Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 143, pp.305-321. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.future.2023.01.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03623220v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programming Heterogeneous Architectures Using Hierarchical Tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Furmento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenolé Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, 35 (25), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cpe.7811⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04088833v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards EXtreme scale technologies and accelerators for euROhpc hw/Sw supercomputing applications for exascale: The TEXTAROSSA approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Agosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Aldinucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Ammendola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasir Arfat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microprocessors and Microsystems: Embedded Hardware Design </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 95, pp.104679. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.micpro.2022.104679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03936864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resiliency in numerical algorithm design for extreme scale simulations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic DAG Scheduling Under Memory Constraints for Shared-Memory Platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Bathie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of High Performance Computing Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/10943420211055188⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Networking and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15803/ijnc.11.1_27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03348787v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic DAG Scheduling Under Memory Constraints for Shared-Memory Platforms</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Resiliency in numerical algorithm design for extreme scale simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirco Altenbernd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hartwig Anzt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Bautista-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Benacchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Networking and Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15803/ijnc.11.1_27⟩</w:t>
+              <w:t xml:space="preserve">International Journal of High Performance Computing Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.10943420211055188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10943420211055188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029847v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EXA2PRO: A Framework for High Development Productivity on Heterogeneous Computing Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lazaros Papadopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Soudris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Kessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">August Ernstsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Ahlqvist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Special Section on Innovative R&amp;D toward the Exascale Era, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPDS.2021.3104257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03318644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Visual Performance Analysis Framework for Task-based Parallel Applications running on Hybrid Clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinicius Garcia Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Mello Schnorr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luka Stanisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 30 (18), pp.1-31. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cpe.4472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01616632v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achieving High Performance on Supercomputers with a Sequential Task-based Programming Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Furmento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPDS.2017.2766064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01618526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faithful Performance Prediction of a Dynamic Task-Based Runtime System for Heterogeneous Multi-Core Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luka Stanisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Videau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Méhaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cpe.3555⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">List Scheduling in Embedded Systems Under Memory Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Antoine Arras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fuin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Stoutchinin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Parallel Programming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 43 (6), pp.1103-1128. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10766-014-0338-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01087067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'accessibilité partout ! Retour d'expérience sous Debian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Programmez !</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01962282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accessibility Out of the Box</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Hinderer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications of the ACM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 56 (7), pp.8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/2483852.2483856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01962301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitements d'Images sur Architectures Parallèles et Hétérogènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidi Ahmed Mahmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Manneback</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Augonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/tsi.31.1183-1203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00714858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">StarPU: a unified platform for task scheduling on heterogeneous multicore architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Augonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Wacrenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Euro-Par 2009 best papers, 23 (2), pp.187-198. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cpe.1631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00550877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hardware Locality: Peering under the hood of your server</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Goglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey M. Squyres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linux Pro Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 128, pp.28-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00597961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BubbleSched, plate-forme de conception d'ordonnanceurs de threads sur machines hiérarchiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Wacrenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Nouveaux algorithmes pour les nouvelles plates-formes parallèles, 27 (3-4/2008), pp.345-371. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/TSI.27.345-371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00329960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accessibility in Linux systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linux Weekly News</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02077638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10019,236 +10386,236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">StarPU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Augonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Furmento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:dab46e56d6f39939aaa9abb27f5a508ae338b962;origin=https://gitlab.inria.fr/starpu/starpu;visit=swh:1:snp:69df6f1b03e898c86908b7dd3f3054d60516adf3;anchor=swh:1:rel:1d5e56647b217185bf8448de29b108ef38b03471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01730321v6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hwloc (Portable Hardware Locality)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Goglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeff Squyres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:6bebe0bb8e3b208b2e68c8f3f3f07bebe266fcfe;origin=https://github.com/open-mpi/hwloc;visit=swh:1:snp:8fd55cb7e3a1a622be272dbbe4afba8e7cee6bdb;anchor=swh:1:rev:c88afaf23b2caa41b6b4fdaa73dadc5f8b01bf88⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05029991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10258,117 +10625,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A generic scheduler to foster data locality for GPU and out-of-core task-based applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04146714v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10378,314 +10745,314 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memory-Aware Scheduling Of Tasks Sharing Data On Multiple GPUs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISC 2023 - ISC High Performance 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Hamburg, Germany. Lecture Notes in Computer Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memory-Aware Scheduling Of Tasks Sharing Data On Multiple GPUs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HiPEAC ACACES 2022 - 18th International Summer School on Advanced Computer Architecture and Compilation for High-performance Embedded Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Fiuggi, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locality-Aware Scheduling Of Independent Tasks For Runtime Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HiPEAC ACACES 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Fiuggi, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10695,219 +11062,219 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memory-Aware Scheduling of Tasks Sharing Data on Multiple GPUs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JLESC 2023 -15th JLESC Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Bordeaux, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memory-Aware Scheduling of Tasks Sharing Data on Multiple GPUs with Dynamic Runtime Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th Scheduling for Large Scale Systems Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10917,1721 +11284,1721 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programming Heterogeneous Architectures Using Hierarchical Tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Furmento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenolé Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9466, Inria Bordeaux Sud-Ouest. 2022, pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03609275v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Task-based randomized singular value decomposition and multidimensional scaling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9482, Inria Bordeaux - Sud Ouest; Inrae - BioGeCo. 2022, pp.37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03773985v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locality-aware batch scheduling of I/O intensive workloads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Larsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Nettelblad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RR-9497, ENS Lyon; Inria Bordeaux; Uppsala Universitet. 2022, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03993118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Draft: sOMP: NUMA and cache-aware simulations for task-based applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idriss Daoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9400, Inria. 2021, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03177026v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locality-Aware Scheduling of Independant Tasks for Runtime Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9394, Inria Grenoble -Rhône-Alpes. 2021, pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03144290v7</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Resilient EU HPC Systems: A Blueprint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petar Radojkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manolis Marazakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Carpenter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reiley Jeyapaul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitris Gizopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] European HPC resilience initiative. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02922257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">gla11y: checking accessibility labelling of glade-based application user interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Hypra. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02957129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting dynamic DAG scheduling under memory constraints for shared-memory platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Bathie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9323, Inria. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Compiler Algorithm to Guide Runtime Scheduling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Alias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Gonnord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9315, INRIA Grenoble; INRIA Bordeaux - Sud-Ouest. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02421327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Irregular Kernels of Task-based codes: Illustration with the Fast Multipole Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérenger Bramas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luka Stanisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9036, INRIA Bordeaux. 2017, pp.35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01474556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achieving High Performance on Supercomputers with a Sequential Task-based Programming Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Furmento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8927, Inria Bordeaux Sud-Ouest; Bordeaux INP; CNRS; Université de Bordeaux; CEA. 2016, pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01332774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and Simulation of a Dynamic Task-Based Runtime System for Heterogeneous Multi-Core Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luka Stanisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Videau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Méhaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8509, INRIA. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00966862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">StarPU-MPI: Task Programming over Clusters of Machines Enhanced with Accelerators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Augonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Furmento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8538, INRIA. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00992208v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taking advantage of hybrid systems for sparse direct solvers via task-based runtimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faverge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Bosilca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8446, INRIA. 2014, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00925017v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">StarPU: a Runtime System for Scheduling Tasks over Accelerator-Based Multicore Machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Augonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7240, INRIA. 2010, pp.33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00467677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing a Software Tool for Precise Kernel Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Russell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-5602, INRIA. 2005, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00000189v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12641,192 +13008,192 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de systèmes de vote électronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firmin de Barros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gergouil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Grelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cryptographie et sécurité [cs.CR]. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03580506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un ordonnanceur flexible pour machines multiprocesseurs hiérarchisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Calcul parallèle, distribué et partagé [cs.DC]. 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01962358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12836,91 +13203,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Runtime Systems for Task-based Programming on Heterogeneous Platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Distributed, Parallel, and Cluster Computing [cs.DC]. Université de Bordeaux, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01959127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12930,158 +13297,158 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faster, Cheaper, Better – a Hybridization Methodology to Develop Linear Algebra Software for GPUs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Augonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Dongarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Ltaief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Namyst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wen-mei W. Hwu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GPU Computing Gems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Morgan Kaufmann, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00547847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13091,114 +13458,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ordonnancement de processus légers sur architectures multiprocesseurs hiérarchiques : BubbleSched, une approche exploitant la structure du parallélisme des applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Réseaux et télécommunications [cs.NI]. Université Sciences et Technologies - Bordeaux I, 2007. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00322881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId319"/>
+      <w:footerReference w:type="default" r:id="rId326"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13266,51 +13633,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="01C53FDF"/>
+    <w:nsid w:val="FC788BBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13497,51 +13864,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-thibault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6411-809X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/12476486X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273382v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Humenda" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Thibault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Schirmeier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18420/fgbs2025h-03" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04548787v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Furmento" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Guermouche" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenol&#233; Lucas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Morin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.5224517" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04500281v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gonthier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Larsson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Marchal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Nettelblad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW63119.2024.00058" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690154v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beaumont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois David" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Eyraud-Dubois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD63648.2024.00012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04646530v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90200-0_30" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04668550v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581890v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radjasouria Vinayagame" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Man Nguyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sergent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Saillard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73716-9_5" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04272399v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3624062.3624086" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04115280v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04201317v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Daoudi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gautier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swann Perarnau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40744-4_13" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789625v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faverge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Namyst" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31209-0_7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773486v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03552243v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS53621.2022.00073" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290998v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-06156-1_1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03329640v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Agosta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Cattaneo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Fornaciari" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Galimberti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Massari" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD53832.2021.00051" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02933803v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Virouleau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumage" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58144-2_13" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02914793v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Alvares da Silva Lopes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Cristina Magalh&#227;es Alves De Melo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD49847.2020.00039" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970529v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lion" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FTXS51974.2020.00009" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02872765v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Denis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jeannot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Swartvagher" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57675-2_28" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03024626v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Bathie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Robert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW50202.2020.00102" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02943753v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Stanisic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legrand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02985721v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Tzanos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vineet Soni" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Prouveur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haefele" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula Zouzoula" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02403109v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Alonazi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Ltaief" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Keyes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Said" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLUSTER.2019.8891054" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02275363v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Leandro Nesi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mello Schnorr" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCGRID.2019.00025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01842038v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Garcia Pinto" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03273509v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Soudris" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazaros Papadopoulos" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph W Kessler" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionysios D Kehagias" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Papadopoulos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3229631.3239369" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01380126v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goudin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01234333v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Arras" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fuin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDP.2016.34" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01353962v2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPA.2016.008" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01284004v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2016.105" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182746v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Mart&#237;nez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mich&#233;a" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dupros" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD.2015.33" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01120507v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agullo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Herrmann" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suraj Kumar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2015.35" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01011633v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Videau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois M&#233;haut" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09873-9_5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00978602v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pruvost" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987094v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lacoste" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ramet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bosilca" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2014.9" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01283949v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01081974v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Brunet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Broquedis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11454-5_2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00926144v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Ohshima" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Katagiri" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kengo Nakajima" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00920915v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuya Odajima" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisuke Boku" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuhisa Sato" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiro Hanawa" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuetsu Kodama" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03889-6_7" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00906117v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Stoutchinin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD.2013.22" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00772854v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00858350v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rossignon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;non Pascal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2013.204" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00725477v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Augonnet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00697020v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Benkner" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enes Bajrovic" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Marth" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sandrieser" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32820-6_61" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00776610v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kessler" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman Dastgeer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Richards" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2012.6176582" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00606200v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-041-3-159" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547614v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Dongarra" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2011.90" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00606195v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Ahmed Mahmoudi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manneback" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00523937v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Clet-Ortega" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547616v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00441472v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Goglin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Wacrenier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2010.5470442" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429889v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Moreaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDP.2010.67" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00384363v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00421333v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00378705v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maik Nijhuis" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00329969v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Deegan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1435452.1435454" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00329934v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Diakhate" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-79561-2_15" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00154506v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74466-5_6" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00154502v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69303-1_19" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00135946v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hinderer" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108984v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000138v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000137v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00363326v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cavin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05226796v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2025.105170" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199066v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2025.105157" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04236246v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7920" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03623220v2" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2023.01.024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088833v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7811" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03936864v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Aldinucci" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alvarez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Ammendola" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasir Arfat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2022.104679" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03348787v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Altenbernd" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartwig Anzt" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bautista-Gomez" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Benacchio" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10943420211055188" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03029847v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15803/ijnc.11.1_27" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03318644v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=August Ernstsson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Ahlqvist" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2021.3104257" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01616632v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.4472" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01618526v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2017.2766064" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01147997v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.3555" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3DC0ECFD8809810F703FBFC83B0937AA677B0EE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01087067v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10766-014-0338-1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962282v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962301v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2483852.2483856" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00714858v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.31.1183-1203" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4690C3E45F6C852F53861A58D486791C162C0366/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00550877v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.1631" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00597961v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey M. Squyres" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00329960v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/TSI.27.345-371" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02077638v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01730321v6" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:dab46e56d6f39939aaa9abb27f5a508ae338b962;origin=https://gitlab.inria.fr/starpu/starpu;visit=swh:1:snp:69df6f1b03e898c86908b7dd3f3054d60516adf3;anchor=swh:1:rel:1d5e56647b217185bf8448de29b108ef38b03471" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05029991v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Squyres" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6bebe0bb8e3b208b2e68c8f3f3f07bebe266fcfe;origin=https://github.com/open-mpi/hwloc;visit=swh:1:snp:8fd55cb7e3a1a622be272dbbe4afba8e7cee6bdb;anchor=swh:1:rev:c88afaf23b2caa41b6b4fdaa73dadc5f8b01bf88" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04146714v2" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090595v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090607v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090604v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090612v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090618v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03609275v2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773985v2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulaud" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03993118v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03177026v2" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03144290v7" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02922257v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Radojkovic" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Marazakis" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Carpenter" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiley Jeyapaul" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Gizopoulos" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02957129v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02488399v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02421327v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alias" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gonnord" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01474556v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Bramas" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332774v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00966862v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00992208v2" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00925017v2" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00467677v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000189v2" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Russell" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03580506v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firmin de Barros" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gergouil" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Grelard" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962358v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01959127v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547847v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00322881v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/samuel-thibault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6411-809X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/12476486X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539507v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ducarton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lion" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Thibault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Herault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Guermouche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05551684v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Morin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Furmento" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Guermouche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Wacrenier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05538493v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Nicolas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faverge" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273382v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Humenda" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Schirmeier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18420/fgbs2025h-03" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04548787v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenol&#233; Lucas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.5224517" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690154v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beaumont" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois David" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Eyraud-Dubois" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD63648.2024.00012" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04500281v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gonthier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Larsson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Marchal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Nettelblad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW63119.2024.00058" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04646530v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90200-0_30" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04668550v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581890v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radjasouria Vinayagame" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Man Nguyen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sergent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Saillard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73716-9_5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04272399v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3624062.3624086" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04115280v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04201317v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Daoudi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gautier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swann Perarnau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40744-4_13" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773486v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789625v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Namyst" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31209-0_7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03552243v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS53621.2022.00073" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290998v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-06156-1_1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03329640v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Agosta" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Cattaneo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Fornaciari" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Galimberti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Massari" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD53832.2021.00051" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02933803v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Virouleau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumage" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58144-2_13" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02872765v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Denis" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jeannot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Swartvagher" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57675-2_28" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970529v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FTXS51974.2020.00009" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02914793v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Alvares da Silva Lopes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Cristina Magalh&#227;es Alves De Melo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD49847.2020.00039" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03024626v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Bathie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Robert" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW50202.2020.00102" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02943753v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Stanisic" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legrand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02985721v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Tzanos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vineet Soni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Prouveur" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haefele" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula Zouzoula" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02403109v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Alonazi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Ltaief" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Keyes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Said" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLUSTER.2019.8891054" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02275363v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Leandro Nesi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mello Schnorr" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCGRID.2019.00025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01842038v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Garcia Pinto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03273509v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Soudris" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazaros Papadopoulos" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph W Kessler" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionysios D Kehagias" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Papadopoulos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3229631.3239369" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01234333v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Arras" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fuin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDP.2016.34" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01380126v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goudin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01353962v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPA.2016.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01284004v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2016.105" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01182746v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Mart&#237;nez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mich&#233;a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dupros" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD.2015.33" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01120507v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agullo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Herrmann" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suraj Kumar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2015.35" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00978602v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pruvost" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01011633v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Videau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois M&#233;haut" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09873-9_5" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987094v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lacoste" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ramet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bosilca" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2014.9" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01283949v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01081974v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Brunet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Broquedis" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11454-5_2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00926144v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Ohshima" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Katagiri" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kengo Nakajima" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00906117v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Stoutchinin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD.2013.22" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00920915v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuya Odajima" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisuke Boku" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuhisa Sato" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiro Hanawa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuetsu Kodama" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03889-6_7" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00772854v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00858350v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Rossignon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;non Pascal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW.2013.204" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00725477v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Augonnet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00697020v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Benkner" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enes Bajrovic" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Marth" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sandrieser" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32820-6_61" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00776610v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kessler" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman Dastgeer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Richards" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2012.6176582" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00606200v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-041-3-159" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547614v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Dongarra" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2011.90" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00606195v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Ahmed Mahmoudi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manneback" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00523937v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Clet-Ortega" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547616v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00441472v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Goglin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPS.2010.5470442" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429889v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Moreaud" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PDP.2010.67" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00384363v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00421333v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00378705v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maik Nijhuis" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00329969v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Deegan" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1435452.1435454" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00329934v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Diakhate" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-79561-2_15" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00154502v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-69303-1_19" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00154506v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74466-5_6" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00135946v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hinderer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108984v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000138v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000137v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00363326v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cavin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05226796v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2025.105170" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199066v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2025.105157" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04236246v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7920" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03623220v2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2023.01.024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088833v2" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7811" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03936864v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Aldinucci" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alvarez" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Ammendola" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasir Arfat" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2022.104679" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03029847v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15803/ijnc.11.1_27" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03348787v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Altenbernd" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartwig Anzt" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bautista-Gomez" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Benacchio" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10943420211055188" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03318644v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=August Ernstsson" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Ahlqvist" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2021.3104257" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01616632v2" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.4472" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01618526v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2017.2766064" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01147997v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.3555" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3DC0ECFD8809810F703FBFC83B0937AA677B0EE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01087067v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10766-014-0338-1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962282v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962301v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2483852.2483856" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00714858v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.31.1183-1203" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4690C3E45F6C852F53861A58D486791C162C0366/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00550877v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.1631" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00597961v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey M. Squyres" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00329960v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/TSI.27.345-371" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02077638v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01730321v6" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:dab46e56d6f39939aaa9abb27f5a508ae338b962;origin=https://gitlab.inria.fr/starpu/starpu;visit=swh:1:snp:69df6f1b03e898c86908b7dd3f3054d60516adf3;anchor=swh:1:rel:1d5e56647b217185bf8448de29b108ef38b03471" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05029991v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Squyres" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6bebe0bb8e3b208b2e68c8f3f3f07bebe266fcfe;origin=https://github.com/open-mpi/hwloc;visit=swh:1:snp:8fd55cb7e3a1a622be272dbbe4afba8e7cee6bdb;anchor=swh:1:rev:c88afaf23b2caa41b6b4fdaa73dadc5f8b01bf88" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04146714v2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090595v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090607v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090604v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090612v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04090618v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03609275v2" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773985v2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulaud" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03993118v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03177026v2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03144290v7" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02922257v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Radojkovic" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Marazakis" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Carpenter" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiley Jeyapaul" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Gizopoulos" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02957129v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02488399v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02421327v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alias" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gonnord" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01474556v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Bramas" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01332774v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00966862v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00992208v2" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00925017v2" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00467677v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000189v2" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Russell" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03580506v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firmin de Barros" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gergouil" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Grelard" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962358v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01959127v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547847v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00322881v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>