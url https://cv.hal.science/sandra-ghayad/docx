--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -562,472 +562,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04058236v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Intricate Interplay between the ZNF217 Oncogene and Epigenetic Processes Shapes Tumor Progression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-coding RNA in rhabdomyosarcoma progression and metastasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Ramadan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raya Saab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pia Fahmé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Farah Ramadan</w:t>
+                <w:t xml:space="preserve">Nader Hussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diep Tien Le</w:t>
+                <w:t xml:space="preserve">Philippe Clézardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kieu-Oanh Nguyen Thi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Ghayad</w:t>
+                <w:t xml:space="preserve">Pascale Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers14246043⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fonc.2022.971174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04037871v1</w:t>
+                <w:t xml:space="preserve">hal-03791875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CD147 Promotes Tumorigenesis via Exosome-Mediated Signaling in Rhabdomyosarcoma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Intricate Interplay between the ZNF217 Oncogene and Epigenetic Processes Shapes Tumor Progression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pia Fahmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Ramadan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assil Fahs</w:t>
+                <w:t xml:space="preserve">Diep Tien Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nader Hussein</w:t>
+                <w:t xml:space="preserve">Kieu-Oanh Nguyen Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hasan Zalzali</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Farah Ghamloush</w:t>
+                <w:t xml:space="preserve">Sandra Ghayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (15), pp.2267. </w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (24), pp.6043. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells11152267⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cancers14246043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03791962v2</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-coding RNA in rhabdomyosarcoma progression and metastasis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CD147 Promotes Tumorigenesis via Exosome-Mediated Signaling in Rhabdomyosarcoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assil Fahs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nader Hussein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasan Zalzali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Ramadan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pascale Cohen</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Ghamloush</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12, </w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (15), pp.2267. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fonc.2022.971174⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cells11152267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03791875v1</w:t>
+                <w:t xml:space="preserve">hal-03791962v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarqueurs vésiculaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bonifay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Ghayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romaric Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1113,51 +1113,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Ghayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1234,90 +1234,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipoic acid-induced oxidative stress abrogates IGF-1R maturation by inhibiting the CREB/furin axis in breast cancer cell lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Ghayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Icard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Le Romancer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nader Hussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncogene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 39 (17), pp.3604-3610. </w:t>
@@ -1662,51 +1662,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jacquemetton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Trédan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Vendrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1904,51 +1904,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">p53 Restoration in Induction and Maintenance of Senescence: Differential Effects in Premalignant and Malignant Tumor Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Harajly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasan Zalzali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zafar Nawaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2383,51 +2383,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E3ADDC6A"/>
+    <w:nsid w:val="183784F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2614,51 +2614,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandra-ghayad" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5009-1594" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04929330v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ramadan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raya Saab" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ghamloush" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Khoueiry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenko Herceg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers16091652" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164372v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abeer J. Ayoub" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghewa A El-Achkar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra E Ghayad" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Hariss" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razan H. Haidar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241210399" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058236v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alexandra Albaret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Textoris" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dalzon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lambert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Linard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-023-02376-8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037871v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Fahm&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diep Tien Le" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieu-Oanh Nguyen Thi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ghayad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14246043" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03791962v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assil Fahs" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Hussein" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Zalzali" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11152267" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03791875v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cl&#233;zardin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cohen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2022.971174" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498240v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bonifay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Lacroix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Dignat-George" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021208" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869488v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Farhat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L&#233;on" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gadot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Icard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-020-0729-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869503v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Le Romancer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41388-020-1211-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996373v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina F Donini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam El Helou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Wierinckx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs Gy&#337;rffy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aires" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2020.00712" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02391905v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nehme El-Hachem" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghewa A. El-Achkar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13065-019-0640-5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869459v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Poulard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacquemetton" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tr&#233;dan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vendrell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20112773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191312v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Erales" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marchand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Panthu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gillot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane BELIN" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1707674114" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311282v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Harajly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafar Nawaz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mcb.00747-15" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356893v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bieche" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie A Vendrell" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Keime" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosette Lidereau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1349-7006.2008.00955.x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257629v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Vendrell" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghayad" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben-Larbi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumontet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mechti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1210269" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandra-ghayad" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5009-1594" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04929330v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ramadan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raya Saab" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Ghamloush" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Khoueiry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenko Herceg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers16091652" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164372v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abeer J. Ayoub" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghewa A El-Achkar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra E Ghayad" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Hariss" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razan H. Haidar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241210399" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058236v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alexandra Albaret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Textoris" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dalzon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lambert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Linard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-023-02376-8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03791875v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Hussein" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cl&#233;zardin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cohen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2022.971174" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037871v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Fahm&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diep Tien Le" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieu-Oanh Nguyen Thi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ghayad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14246043" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03791962v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assil Fahs" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Zalzali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11152267" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498240v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bonifay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Lacroix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Dignat-George" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021208" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869488v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Farhat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L&#233;on" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gadot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Icard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-020-0729-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869503v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Le Romancer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41388-020-1211-x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996373v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina F Donini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam El Helou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Wierinckx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs Gy&#337;rffy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aires" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2020.00712" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02391905v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nehme El-Hachem" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghewa A. El-Achkar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13065-019-0640-5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869459v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Poulard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacquemetton" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tr&#233;dan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vendrell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20112773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191312v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Erales" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Marchand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Panthu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gillot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane BELIN" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1707674114" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311282v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Harajly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafar Nawaz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mcb.00747-15" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356893v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bieche" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie A Vendrell" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Keime" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosette Lidereau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1349-7006.2008.00955.x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00257629v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Vendrell" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghayad" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben-Larbi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumontet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mechti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1210269" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>