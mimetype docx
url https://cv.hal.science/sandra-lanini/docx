--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sandra Lanini </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing drinking water security and conservation: A spatial multi-objective optimization framework for regional groundwater management under global change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Neverre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D Herman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Schorpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Pulido-Velazquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 668, pp.134950. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2026.134950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05495875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECHARGE, a model of potential recharge of aquifers applied to mainland France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Robelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 664, pp.134631. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2025.134631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semi-analytical solution for modelling the impact on the water table at the pumping well location due to the influence of a finite-sized underground physical barrier in an inclined, homogenous and infinite aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Gouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 205, pp.105091. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.advwatres.2025.105091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05235519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved steady-state semianalytical solution for assessing the two-dimensional hydraulic head distribution induced by an underground dam in a sloping unconfined aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (3), pp.801-816. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-024-02831-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady-state semi-analytical solutions for assessing the two-dimensional groundwater hydraulic head depletion induced by river dam removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 642, pp.131801. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2024.131801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671209v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady-state semianalytical solutions for assessing the two-dimensional hydraulic head distribution induced by an underground dam in a sloping aquifer with artificial aquifer recharge and pumping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32, pp.801-816. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-023-02734-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche scientifique pluridisciplinaire pour caractériser des pertes en rivière en zone de socle : le site de l’Aff à usage eau potable (Morbihan, Bretagne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mougin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Le Gal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Schroetter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Petelet-Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 219, pp.49-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04481825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeological modeling of the Roussillon coastal aquifer (France): stochastic inversion and analysis of future stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Schorpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Dall'Alba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82 (9), pp.201. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12665-023-10877-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the visual detection of non-natural records in streamflow time series: challenges and impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Strohmenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (18), pp.3375-3391. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-27-3375-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation transdisciplinaire d'un aquifère côtier complexe pour une exploitation maitrisée et durable de sa ressource en eau face au changement global. Le projet DEM'EAUX ROUSSILLON</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Dobricean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, La gestion des eaux souterraines, 219, pp.23-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing climate change impact on French groundwater resources using a spatially distributed hydrogeological model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Sciences Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 68 (2), pp.209-227. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02626667.2022.2150553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04040817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical solutions for analysing pumping tests near an infinite vertical and anisotropic fault zone based upon unconventional application of well-image theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Hakoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 160, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.advwatres.2021.104107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESPERE , a Tool for Multimethod Aquifer Recharge Estimation: What's New with Version 2?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (1), pp.5-6. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gwat.13049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial recharge of aquifers and pumping: transient analytical solutions for hydraulic head and impact on streamflow rate based on the spatial superposition method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Hakoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (3), pp.1009-1026. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-020-02294-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic analytical solution for modelling pumping tests in wells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lachassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 559, pp.89 - 99. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2018.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Respective roles of the weathering profile and the tectonic fractures in the structure and functioning of crystalline thermo-mineral carbo-gaseous aquifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Alazard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lachassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bailly-Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Couëffé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2017.02.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESPERE, a multiple-method Microsoft Excel application for estimating aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (2), </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gwat.12390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01326426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of Borehole Thermal Energy Storage Design Based on Experimental and Modelling Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Delaleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 p. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2014.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00971602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and hydrogeochemical functioning of a sparkling natural mineral water system from a multidisciplinary approach: a case study from southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lachassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (1), pp.47-68. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-013-1073-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00944206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Solution for Modeling Discharge into a Tunnel Drilled in a Heterogeneous Unconfined Aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Aunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Perrochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 52 (4), pp.597-605. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gwat.12087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01111603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation des ressources en eau de la Martinique : calcul spatialisé de la pluie efficace et validation à l'échelle du bassin versant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Vittecoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lachassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences de l'Eau / Journal of Water Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (4), pp.361-373. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/045098ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00605928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-hydrosystem modelling for integrated water-resources management—the Hérault catchment case study, southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Rinaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 19 (11), pp.1011-1019. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2003.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi des processus d'intrusions salines dans l'aquifère sédimentaire complexe côtier du Plio-Quaternaire du Roussillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Voland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Roubinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier; Société Géologique de France, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie pour l'exploration des aquifères offshore (ANR Aquimer, Roussillon, sud France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Tarits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Coppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Lofi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Granjeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France; Géosciences Montpellier, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05270448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of meteo-marine forcings on groundwater level fluctuations of a coastal multi layer aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Voland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salt Water Intrusion Congress (SWIM 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universiat Politècnica de Catalunya, Jun 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05071332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the storm Alex on water exchanges between the Roya River and its alluvial aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissande Ibba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bailly-Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAHS, May 2022, Montpellier, France. pp.275-279, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/piahs-385-275-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of climate change on groundwater resources over France: results from the Explore 2 project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Jeantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAH 2024 World Groundwater Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation transdisciplinaire d'un aquifère côtier complexe, pour une exploitation maitrisée et durable de sa ressource en eau en contexte méditerranéen. Le projet DEM'EAUX ROUSSILLON. Communication orale (• connaissances scientifiques ; • savoirs faire techniques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Dobricean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "La gestion des eaux souterraines au 21e siècle"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AHSP/SMEGREG/ENSEGID, Feb 2023, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03967573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater modelling of a complex multilayer coastal aquifer under climate change in the framework of the DEM'EAUX ROUSSILLON project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Schorpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Dall'Alba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transdisciplinary characterisation of a complex coastal aquifer, for a sustainable exploitation of its groundwater resources in a Mediterranean context. The DEM'EAUX ROUSSILLON project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Dobricean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble of geological models of a complex coastal aquifer for uncertainty estimation and groundwater modelling in the framework of the DEM'EAUX ROUSSILLON project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Dall'Alba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Schorpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water cycle and water resources of the Pyrenees under climate change: the PIRAGUA datasets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Palazón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Antiguedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Barella-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the Alex storm on the exchanges between the Roya River and its alluvial aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissande Ibba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bailly-Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03700329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the future water balance and water resources of the Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pere Quintana-Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxelane Cakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Clavera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observational & numerical evidence of storm-driven piezometric/conductivity dynamics in the Roussillon coastal aquifer (Mediterranean basin, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Baptiste Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Balouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transdisciplinary characterisation of a complex coastal aquifer, for a sustainable exploitation of its groundwater resources in a Mediterranean context. The DEM'EAUX ROUSSILLON project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Dobricean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Present and future potential groundwater recharge from precipitations over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Beranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GQ19 - Groundwater Quality 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02286295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recharge des aquifères à l'échelle de la France : estimation, évolution et incertitudes associées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Beranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SHF-UNESCO : Sécheresses, étiages et déficits en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using IDPR to characterize recharge area of karst aquifers from catchment to regional scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Pinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping groundwater recharge with associated uncertainty at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Beranger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 44th AIH Annual Congress </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying surface water-groundwater interactions in a karst basin using the diffusive wave model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pierre-Yann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Moussa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44. IAH 2017 Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water inflows into a deep tunnel through the Reunion volcano: observation and modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Aunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrochet Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th IAH 2017 congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater recharge and associated uncertainty estimation combining multi-method and multi-scale approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Congress on Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Environmental Modelling and Software Society, Jul 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01326398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple but robust assessment of present and future karst systems recharge. To what extent does it helps water managers for future water management?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laïla Zerouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchatel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les perspectives du stockage thermique et de la géothermie pour le chauffage et la climatisation des serres.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madjid Bouzit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Technique : Économies d'énergie sous serre Projet Serre Capteur : résultats et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Balandran, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00951864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of schist bedrock to a thermal pulse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Dedulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Flows and Mechanics in Natural Porous Media from Pore to Field Scale. Pore2Field.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Rueil-Malmaison, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00655961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and modeling study of solar thermal energy storage in dry rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Delaleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar EUROTHERM 93</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barrières physiques souterraines en milieu alluvial. Etat de l’art, développements et application au cas du Gardon d’Anduze (30) Avancement 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Vignerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Mexler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Tissoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BRGM/RP-74127-FR, Bureau de Recherches Géologiques et Minières (BRGM). 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’hydrologie de surface en France par niveau de réchauffement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; BRGM; CNRS; EDF; IRD; OFB. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des niveaux piézométriques en France par niveaux de réchauffement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Flinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BRGM; INRAE. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messages et enseignements du projet Explore2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; OiEau; OFB; MTECT; BRGM; CNRS; IRD; EDF; Météo-France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projections hydrologiques : Recharge potentielle des aquifères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Robelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BRGM (Bureau de recherches géologiques et minières); INRAE. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freins et leviers d’actions pour réduire l’empreinte carbone de l’UMR G-EAU (Montpellier)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Kuper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Empreinte environnementale et soutenabilité des activités de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater resources of the Pyrenees in the global change context -The PIRAGUA Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Luis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Lambán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desprats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IAN Congress Malaga - IAH 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02287336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping groundwater recharge using the relationship between the IDPR and baseflow indexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cointe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Methods in Water Resources XXII - CMWR 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Saint-Malo, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A climate change impact on groundwater recharge assessment method using different analytical methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Zerouali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd IAH CONGRESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of climate change impacts on the recharge of two karst systems computing different modelling approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Zerouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Our Common Future under Climate Change (CFCC) Conference : International scientific conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01196706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-method recharge estimation tool applied to four contrasted karstic systems (France): a simple and robust approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Zerouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Società Geologica Italiana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AQUA2015, 42nd IAH International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Rome, Italy. , 39 (Suppl. n. 1), pp.293, 2016, RENDICONTI Online DELLA SOCIETÁ GEOLOGICA ITALIANA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochemical modelling of diagenetic illite and quartz cement formation in Brent sandstone reservoirs: Example of the Hild field, Norwegian North Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sanjuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Brosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R. Worden and S.Morad Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clay Mineral Cements in Sandstones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association of Sedimentologists/Wiley-Blackwell, pp.425-452, 2003, International Association Sedimentologists Special Publication 34, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781444304336.ch19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00768618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et modélisation des transferts de masse et de chaleur au sein des décharges d'ordures ménagères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénierie de l'environnement. Institut National Polytechnique (Toulouse), 1998. Français. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1998INPT007H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04287653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId201"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sandra Lanini </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balancing drinking water security and conservation: A spatial multi-objective optimization framework for regional groundwater management under global change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Neverre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan D Herman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Schorpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Pulido-Velazquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 668, pp.134950. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2026.134950⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05495875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECHARGE, a model of potential recharge of aquifers applied to mainland France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Robelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 664, pp.134631. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2025.134631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semi-analytical solution for modelling the impact on the water table at the pumping well location due to the influence of a finite-sized underground physical barrier in an inclined, homogenous and infinite aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Gouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 205, pp.105091. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.advwatres.2025.105091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05235519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved steady-state semianalytical solution for assessing the two-dimensional hydraulic head distribution induced by an underground dam in a sloping unconfined aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (3), pp.801-816. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-024-02831-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady-state semi-analytical solutions for assessing the two-dimensional groundwater hydraulic head depletion induced by river dam removal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 642, pp.131801. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2024.131801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671209v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing climate change impact on French groundwater resources using a spatially distributed hydrogeological model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Sciences Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 68 (2), pp.209-227. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02626667.2022.2150553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04040817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steady-state semianalytical solutions for assessing the two-dimensional hydraulic head distribution induced by an underground dam in a sloping aquifer with artificial aquifer recharge and pumping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32, pp.801-816. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-023-02734-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche scientifique pluridisciplinaire pour caractériser des pertes en rivière en zone de socle : le site de l’Aff à usage eau potable (Morbihan, Bretagne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mougin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Le Gal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Schroetter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Petelet-Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 219, pp.49-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04481825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogeological modeling of the Roussillon coastal aquifer (France): stochastic inversion and analysis of future stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Schorpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Dall'Alba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82 (9), pp.201. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12665-023-10877-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the visual detection of non-natural records in streamflow time series: challenges and impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Strohmenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (18), pp.3375-3391. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-27-3375-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation transdisciplinaire d'un aquifère côtier complexe pour une exploitation maitrisée et durable de sa ressource en eau face au changement global. Le projet DEM'EAUX ROUSSILLON</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Dobricean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, La gestion des eaux souterraines, 219, pp.23-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical solutions for analysing pumping tests near an infinite vertical and anisotropic fault zone based upon unconventional application of well-image theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Hakoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Lamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 160, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.advwatres.2021.104107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESPERE , a Tool for Multimethod Aquifer Recharge Estimation: What's New with Version 2?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 59 (1), pp.5-6. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gwat.13049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03710482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial recharge of aquifers and pumping: transient analytical solutions for hydraulic head and impact on streamflow rate based on the spatial superposition method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Hakoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (3), pp.1009-1026. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-020-02294-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic analytical solution for modelling pumping tests in wells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lachassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 559, pp.89 - 99. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2018.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Respective roles of the weathering profile and the tectonic fractures in the structure and functioning of crystalline thermo-mineral carbo-gaseous aquifers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Alazard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lachassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bailly-Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Couëffé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2017.02.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESPERE, a multiple-method Microsoft Excel application for estimating aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 54 (2), </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gwat.12390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01326426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and hydrogeochemical functioning of a sparkling natural mineral water system from a multidisciplinary approach: a case study from southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lachassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrogeology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (1), pp.47-68. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10040-013-1073-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00944206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of Borehole Thermal Energy Storage Design Based on Experimental and Modelling Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Delaleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Py</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Olivès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy and Buildings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 p. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enbuild.2014.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00971602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Solution for Modeling Discharge into a Tunnel Drilled in a Heterogeneous Unconfined Aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Aunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Perrochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groundwater</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 52 (4), pp.597-605. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gwat.12087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01111603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation des ressources en eau de la Martinique : calcul spatialisé de la pluie efficace et validation à l'échelle du bassin versant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Vittecoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lachassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences de l'Eau / Journal of Water Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (4), pp.361-373. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/045098ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00605928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-hydrosystem modelling for integrated water-resources management—the Hérault catchment case study, southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Giraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Rinaudo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 19 (11), pp.1011-1019. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsoft.2003.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of meteo-marine forcings on groundwater level fluctuations of a coastal multi layer aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Voland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salt Water Intrusion Congress (SWIM 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universiat Politècnica de Catalunya, Jun 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05071332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi des processus d'intrusions salines dans l'aquifère sédimentaire complexe côtier du Plio-Quaternaire du Roussillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Voland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Roubinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montpellier; Société Géologique de France, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie pour l'exploration des aquifères offshore (ANR Aquimer, Roussillon, sud France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Tarits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Coppo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Lofi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Granjeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géologique de France; Géosciences Montpellier, Oct 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05270448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the storm Alex on water exchanges between the Roya River and its alluvial aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissande Ibba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bailly-Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAHS, May 2022, Montpellier, France. pp.275-279, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/piahs-385-275-2024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of climate change on groundwater resources over France: results from the Explore 2 project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Jeantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Habets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAH 2024 World Groundwater Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation transdisciplinaire d'un aquifère côtier complexe, pour une exploitation maitrisée et durable de sa ressource en eau en contexte méditerranéen. Le projet DEM'EAUX ROUSSILLON. Communication orale (• connaissances scientifiques ; • savoirs faire techniques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Dobricean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "La gestion des eaux souterraines au 21e siècle"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AHSP/SMEGREG/ENSEGID, Feb 2023, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03967573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transdisciplinary characterisation of a complex coastal aquifer, for a sustainable exploitation of its groundwater resources in a Mediterranean context. The DEM'EAUX ROUSSILLON project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Dobricean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater modelling of a complex multilayer coastal aquifer under climate change in the framework of the DEM'EAUX ROUSSILLON project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Schorpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Dall'Alba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transdisciplinary characterisation of a complex coastal aquifer, for a sustainable exploitation of its groundwater resources in a Mediterranean context. The DEM'EAUX ROUSSILLON project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Duvail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Chazot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Dobricean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water cycle and water resources of the Pyrenees under climate change: the PIRAGUA datasets.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Palazón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Antiguedad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Barella-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble of geological models of a complex coastal aquifer for uncertainty estimation and groundwater modelling in the framework of the DEM'EAUX ROUSSILLON project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Dall'Alba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Schorpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the future water balance and water resources of the Pyrenees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pere Quintana-Seguí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxelane Cakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Clavera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-7621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the Alex storm on the exchanges between the Roya River and its alluvial aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissande Ibba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bailly-Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03700329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observational & numerical evidence of storm-driven piezometric/conductivity dynamics in the Roussillon coastal aquifer (Mediterranean basin, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bouchette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Baptiste Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Balouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Present and future potential groundwater recharge from precipitations over France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Beranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GQ19 - Groundwater Quality 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02286295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recharge des aquifères à l'échelle de la France : estimation, évolution et incertitudes associées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Beranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SHF-UNESCO : Sécheresses, étiages et déficits en eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02159826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using IDPR to characterize recharge area of karst aquifers from catchment to regional scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Pinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water inflows into a deep tunnel through the Reunion volcano: observation and modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Aunay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrochet Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th IAH 2017 congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping groundwater recharge with associated uncertainty at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Beranger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 44th AIH Annual Congress </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifying surface water-groundwater interactions in a karst basin using the diffusive wave model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pierre-Yann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Moussa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44. IAH 2017 Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater recharge and associated uncertainty estimation combining multi-method and multi-scale approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Congress on Environmental Modelling and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Environmental Modelling and Software Society, Jul 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01326398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple but robust assessment of present and future karst systems recharge. To what extent does it helps water managers for future water management?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laïla Zerouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enora Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurokarst 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Neuchatel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les perspectives du stockage thermique et de la géothermie pour le chauffage et la climatisation des serres.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madjid Bouzit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Technique : Économies d'énergie sous serre Projet Serre Capteur : résultats et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Balandran, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00951864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of schist bedrock to a thermal pulse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Dedulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Flows and Mechanics in Natural Porous Media from Pore to Field Scale. Pore2Field.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Rueil-Malmaison, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00655961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and modeling study of solar thermal energy storage in dry rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Delaleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar EUROTHERM 93</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barrières physiques souterraines en milieu alluvial. Etat de l’art, développements et application au cas du Gardon d’Anduze (30) Avancement 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Frissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Vignerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Mexler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Tissoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BRGM/RP-74127-FR, Bureau de Recherches Géologiques et Minières (BRGM). 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de l’hydrologie de surface en France par niveau de réchauffement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Torremocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; BRGM; CNRS; EDF; IRD; OFB. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des niveaux piézométriques en France par niveaux de réchauffement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Flinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BRGM; INRAE. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messages et enseignements du projet Explore2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Siauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; OiEau; OFB; MTECT; BRGM; CNRS; IRD; EDF; Météo-France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projections hydrologiques : Recharge potentielle des aquifères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Robelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Sauquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BRGM (Bureau de recherches géologiques et minières); INRAE. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freins et leviers d’actions pour réduire l’empreinte carbone de l’UMR G-EAU (Montpellier)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Kuper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Empreinte environnementale et soutenabilité des activités de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groundwater resources of the Pyrenees in the global change context -The PIRAGUA Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Beguería</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Luis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Lambán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dewandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desprats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IAN Congress Malaga - IAH 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Malaga, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02287336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping groundwater recharge using the relationship between the IDPR and baseflow indexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cointe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Methods in Water Resources XXII - CMWR 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Saint-Malo, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A climate change impact on groundwater recharge assessment method using different analytical methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Zerouali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd IAH CONGRESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of climate change impacts on the recharge of two karst systems computing different modelling approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Zerouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Ladouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Our Common Future under Climate Change (CFCC) Conference : International scientific conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01196706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-method recharge estimation tool applied to four contrasted karstic systems (France): a simple and robust approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Zerouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Società Geologica Italiana. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AQUA2015, 42nd IAH International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Rome, Italy. , 39 (Suppl. n. 1), pp.293, 2016, RENDICONTI Online DELLA SOCIETÁ GEOLOGICA ITALIANA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01166107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochemical modelling of diagenetic illite and quartz cement formation in Brent sandstone reservoirs: Example of the Hild field, Norwegian North Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sanjuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bourguignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Brosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R. Worden and S.Morad Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clay Mineral Cements in Sandstones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association of Sedimentologists/Wiley-Blackwell, pp.425-452, 2003, International Association Sedimentologists Special Publication 34, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781444304336.ch19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00768618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et modélisation des transferts de masse et de chaleur au sein des décharges d'ordures ménagères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lanini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénierie de l'environnement. Institut National Polytechnique (Toulouse), 1998. Français. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1998INPT007H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04287653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId201"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05495875v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Neverre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D Herman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Schorpp" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lanini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pulido-Velazquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2026.134950" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05379569v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robelin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Caballero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.134631" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05235519v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dewandel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Gouy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frissant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2025.105091" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748598v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-024-02831-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04671209v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2024.131801" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04314128v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-023-02734-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04481825v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mougin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Gal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Schroetter" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Petelet-Giraud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04110427v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Dall'Alba" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Renard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-023-10877-4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214908v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bonneau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-3375-2023" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05250782v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Duvail" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chazot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouchette" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavian Dobricean" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04040817v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vergnes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2022.2150553" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540594v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Hakoun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Lamotte" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mar&#233;chal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2021.104107" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03710482v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.13049" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03154763v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-020-02294-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01814503v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lachassagne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2018.02.013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573616v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Alazard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bailly-Comte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cou&#235;ff&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2017.02.028" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01326426v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Seguin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.12390" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00971602v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaleux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Py" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Oliv&#232;s" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2014.03.056" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00944206v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ladouche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-013-1073-1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01111603v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aunay" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perrochet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.12087" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M1MB6D5F-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00605928v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vittecoq" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/045098ar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03764613v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Courtois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Giraud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Petit" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Rinaudo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2003.11.004" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98FZ6XGB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05337610v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Voland" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Roubinet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270448v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tarits" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coppo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lofi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Granjeon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05071332v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Nadal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04614601v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissande Ibba" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-385-275-2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04644992v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jeantet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Habets" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03967573v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Duvail" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chazot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bouchette" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Dobricean" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03530184v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03530243v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03530199v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791275v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Palaz&#243;n" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Beguer&#237;a" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Antiguedad" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barella-Ortiz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7825" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03700329v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791246v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Quintana-Segu&#237;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxelane Cakir" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Clavera" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7621" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03530230v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouchette" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Cl&#233;ment" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Balouin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855523v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02286295v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cointe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Beranger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Arnaud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02159826v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01757323v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pinson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charlier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01563834v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01562218v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pierre-Yann" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moussa" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01562243v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrochet Pierre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01326398v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01310730v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Zerouali" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Lucas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00951864v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Bouzit" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00655961v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Dedulle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00653627v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05292981v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vignerot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mexler" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tissoux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343177v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torremocha" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Siauve" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517935v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Flinck" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bessiere" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sauquet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642698v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bornancin-Plantier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jacquin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642693v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04742371v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Boucher" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02287336v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Luis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Lamb&#225;n" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Desprats" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01794644v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Caballero" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01331579v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Zerouali" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01196706v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166107v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00768618v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sanjuan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourguignon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brosse" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781444304336.ch19" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04287653v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998INPT007H" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05495875v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Neverre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D Herman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Schorpp" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lanini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pulido-Velazquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2026.134950" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05379569v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robelin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Caballero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.134631" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05235519v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dewandel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Gouy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frissant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2025.105091" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748598v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-024-02831-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04671209v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2024.131801" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04040817v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vergnes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2022.2150553" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04314128v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-023-02734-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04481825v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mougin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Gal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Schroetter" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Petelet-Giraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04110427v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Dall'Alba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Renard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-023-10877-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214908v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bonneau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-3375-2023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05250782v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Duvail" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chazot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouchette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavian Dobricean" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540594v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Hakoun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Lamotte" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Mar&#233;chal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2021.104107" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03710482v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.13049" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03154763v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-020-02294-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01814503v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lachassagne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2018.02.013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573616v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Alazard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bailly-Comte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cou&#235;ff&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2017.02.028" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01326426v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Seguin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.12390" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00944206v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ladouche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10040-013-1073-1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00971602v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaleux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Py" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Oliv&#232;s" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Nguyen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2014.03.056" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01111603v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aunay" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perrochet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.12087" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M1MB6D5F-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00605928v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vittecoq" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/045098ar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03764613v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Courtois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Giraud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Petit" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Rinaudo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2003.11.004" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98FZ6XGB-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05071332v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Nadal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Voland" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05337610v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Roubinet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270448v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tarits" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coppo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lofi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Granjeon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04614601v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissande Ibba" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-385-275-2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04644992v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Jeantet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Habets" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03967573v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Duvail" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chazot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bouchette" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Dobricean" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855523v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03530184v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03530243v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791275v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Palaz&#243;n" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Beguer&#237;a" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Antiguedad" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barella-Ortiz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7825" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03530199v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791246v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Quintana-Segu&#237;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxelane Cakir" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Clavera" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-7621" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03700329v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03530230v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouchette" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Cl&#233;ment" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Balouin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02286295v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cointe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Beranger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Arnaud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02159826v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01757323v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pinson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charlier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01562243v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrochet Pierre" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01563834v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01562218v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pierre-Yann" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Moussa" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01326398v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01310730v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;la Zerouali" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Lucas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00951864v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Bouzit" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00655961v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Dedulle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00653627v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05292981v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vignerot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mexler" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tissoux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343177v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torremocha" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Siauve" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517935v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Flinck" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bessiere" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Sauquet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642698v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bornancin-Plantier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jacquin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642693v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04742371v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Boucher" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02287336v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Luis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Lamb&#225;n" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Desprats" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01794644v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Caballero" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01331579v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Zerouali" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01196706v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166107v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00768618v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sanjuan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourguignon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brosse" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781444304336.ch19" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04287653v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998INPT007H" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>