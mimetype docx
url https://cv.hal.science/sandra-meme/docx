--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2244,429 +2244,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestational and lactational exposure to dichlorinated bisphenol A induces early alterations of hepatic lipid composition in mice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative determination of placental perfusion by magnetic resonance imaging and contrast-enhanced ultrasound in a murine model of intrauterine growth restriction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Chepied</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">William Même</w:t>
+                <w:t xml:space="preserve">Chloé Arthuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Mesnil</w:t>
+                <w:t xml:space="preserve">V Mendes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norah Defamie</w:t>
+                <w:t xml:space="preserve">W. Même</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rousselot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance Materials in Physics, Biology and Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10334-018-0679-7⟩</w:t>
+              <w:t xml:space="preserve">Placenta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69, pp.74-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2018.07.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01966111v1</w:t>
+                <w:t xml:space="preserve">hal-02079394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeting HER2-breast tumors with scFv-decorated bimodal nanoprobes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Alric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katel Hervé-Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Aubrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souad Melouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Lajoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nanobiotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 16 (18), 13 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12951-018-0341-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01808604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative determination of placental perfusion by magnetic resonance imaging and contrast-enhanced ultrasound in a murine model of intrauterine growth restriction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Arthuis</w:t>
+                <w:t xml:space="preserve">Gestational and lactational exposure to dichlorinated bisphenol A induces early alterations of hepatic lipid composition in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dounia El Hamrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Mendes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Même</w:t>
+                <w:t xml:space="preserve">Amandine Chepied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Même</w:t>
+                <w:t xml:space="preserve">Marc Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Rousselot</w:t>
+                <w:t xml:space="preserve">Norah Defamie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Placenta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 69, pp.74-81. </w:t>
+              <w:t xml:space="preserve">Magnetic Resonance Materials in Physics, Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (4), pp.565-576. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.placenta.2018.07.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10334-018-0679-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02079394v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The IL-33 Receptor ST2 Regulates Pulmonary Inflammation and Fibrosis to Bleomycin</w:t>
               </w:r>
@@ -4779,426 +4779,426 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00435693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRI methodological development of intervertebral disc degeneration: a rabbit in vivo study at 9.4 T.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronic exposure to glufosinate-ammonium induces spatial memory impairments, hippocampal MRI modifications and glutamine synthetase activation in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Guilhem Calas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Même</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Beloeil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bich-Thuy Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NeuroToxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 29, pp.740-747</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00353410v1</w:t>
+                <w:t xml:space="preserve">hal-00323608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic exposure to glufosinate-ammonium induces spatial memory impairments, hippocampal MRI modifications and glutamine synthetase activation in mice</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Richard</w:t>
+                <w:t xml:space="preserve">MRI methodological development of intervertebral disc degeneration: a rabbit in vivo study at 9.4 T.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Noury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Mispelter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Szeremeta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bich-Thuy Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroToxicology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Magnetic Resonance Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 26 (10), pp.1421-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mri.2008.04.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00323608v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00353410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MRI methodological development of intervertebral disc degeneration: a rabbit in vivo study at 9.4 T</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Noury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Mispelter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Szeremeta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Même</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bich-Thuy Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 26 (10), pp.1421-1432. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mri.2008.04.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05444237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -6924,90 +6924,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinatal exposure to dichloro-bisphenol A alters lipid composition of mouse liver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dounia El Hamrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Chepied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norah Defamie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd ESMRMB Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Vienne, Austria</w:t>
@@ -7049,90 +7049,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinatal exposure to dichloro-bisphenol A alters hepatic lipid composition in mouse: a study by MRI and 1H MRS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dounia El Hamrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Chepied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norah Defamie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studium conference: “Being Smart in Coordination Chemistry: Medical Applications"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Orléans, France</w:t>
@@ -7155,277 +7155,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal nanovectors with a theranostic potential for cancer treatment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Alric</w:t>
+                <w:t xml:space="preserve">Étude in vivo de l'exposition à de faibles doses de Bisphénol A. Implication de la Cx43</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Chepied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dounia El Hamrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie David</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Aubrey</w:t>
+                <w:t xml:space="preserve">Laurence Turi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées RITS 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Dourdan, France. p14-15</w:t>
+              <w:t xml:space="preserve">1ère Journée de la Recherche en Santé Environnementale en Poitou-Charentes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-01143905v1</w:t>
+                <w:t xml:space="preserve">hal-02498217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude in vivo de l'exposition à de faibles doses de Bisphénol A. Implication de la Cx43</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dounia El Hamrani</w:t>
+                <w:t xml:space="preserve">Multimodal nanovectors with a theranostic potential for cancer treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Carrouée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Alric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Turi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Même</w:t>
+                <w:t xml:space="preserve">Stephanie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katel Hervé-Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Aubrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère Journée de la Recherche en Santé Environnementale en Poitou-Charentes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Journées RITS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Dourdan, France. p14-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02498217v1</w:t>
+                <w:t xml:space="preserve">inserm-01143905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MEMRI for the morphological and functional study of mouse brain: application to the Down syndrome</w:t>
               </w:r>
@@ -7450,51 +7450,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Almhdie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Loureiro de Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bich-Thuy Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8237,51 +8237,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535063v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chartier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Marchetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiaa Mohamed Ahmed Ali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Akl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Micouin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sc06902e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190999v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Garda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Szeremeta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla No&#233;mi T&#243;th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szilvia Bunda" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Pifferi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c03244" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630978v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vital Cruvinel Ferreira-Filho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Morais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vieira" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos Waerenborgh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jo&#227;o Carmezim" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29081824" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630981v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Moreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Luka&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Pallier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sobilo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Aci-S&#232;che" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.3c00558" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254714v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyangwi Malikidogo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Isaac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Uguen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#234;me" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CC03137C" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03683853v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Kammoun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nadal-Desbarats" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lafoux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Huchet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jbise.2022.155014" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292599v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Ndiaye" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cieslik" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Wadepohl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.2c10108" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349106v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacerda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Pallier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia &#769; Bonnet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202109408" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174879v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andr&#233; Barri&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Ella" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Adriaensen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William M&#234;me" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.117776" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437163v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia El Hamrani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vives" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Buchholz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Factor" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLI.0000000000000621" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996069v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferenc K Kalman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikt&#243;ria Nagy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs V&#225;radi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enik&#337; Moln&#225;r" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.0c00197" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555574v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame Sy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro de Silva" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202003685" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437148v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Flor&#232;s" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pliquett" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abad Galan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lescure" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b03017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472491v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Silva" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Paulo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M&#234;me" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va T&#243;th" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13030513" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-02304067v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Piquereau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Veksler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13394" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139512v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Ternifi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupres" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pouletaut" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44053-1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966111v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chepied" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mesnil" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norah Defamie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10334-018-0679-7" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01808604v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alric" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katel Herv&#233;-Aubert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubrey" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Melouk" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lajoie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-018-0341-6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079394v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Arthuis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mendes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. M&#234;me" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rousselot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2018.07.009" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079381v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoussa Fanny" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Nascimento" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Baron" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Schricke" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maillet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.01476" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311071v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malayannam Subramaniam" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hawse" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.25252" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656488v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Reverchon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mortaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Sivoyon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Laugeray" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006322" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406951v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Domingos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Desrus" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-016-1721-z" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171764v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Oukhatar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos K. Logothetis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cn500289y" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01220301v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Carrou&#233;e" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Allard-Vannier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Beloeil" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b02419" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171918v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sarou-Kanian" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joudiou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Louat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Yon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep09872" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179506v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mouton-Liger" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Sah&#250;n" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Collin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lopes Pereira" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Masini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2013.11.016" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6NX3WK6D-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179464v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Joudiou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yousfi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Szeremeta" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lopes-Pereira" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wjns.2014.42018" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01089760v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty H&#233;bert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Pietropaolo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laudier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-014-0124-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944122v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Palomo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fauconnier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Coquard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Gilles" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Meme" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201343327" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817498v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mispelter" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2012.06.019" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0MQM3ZPV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721858v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bourigault" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1101978" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801359v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Almhdie" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ferrer-Villena" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Harba" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;ger" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591910v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Szeremeta" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2010.11.008" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435693v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Guilhem Calas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Montecot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353410v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Noury" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich-Thuy Doan" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2008.04.012" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8H0KN4ZM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323608v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444237v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088586v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ducher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courteix" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Magni" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Viala" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078932v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Herlidou" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Grebe" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Grados" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Lecuyer" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fardellone" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2003.07.007" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z37ZC28P-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078924v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Herlidou" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Constans" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carsin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Olivi&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Eliat" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0730-725x(03)00212-1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL730P9Q-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078919v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Herlidou" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni de Marco" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gondry-Jouet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Gars" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078914v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doaa Mahmoud-Ghoneim" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D. de Certaines" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Rolland" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Mani&#232;re" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00130747-200108000-00005" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100291v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S Wrynn" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cp Mac Sweeney" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Franconi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lemaire" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pouliquen" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078888v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rolland" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bansard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Rumeur" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J de Certaines" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546197v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549786v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro da Silva" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline M. Nonat" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995866v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lefroy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pallier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-02069873v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01982924v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01982949v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10974-018-9500-5" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498227v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498232v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01143905v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie David" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498217v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Turi" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608083v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lopes-Pereira" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Loureiro de Sousa" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608092v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Colombier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brault" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345612v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gefflaut" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345726v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549858v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Silva" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Antonio" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535063v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chartier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Marchetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiaa Mohamed Ahmed Ali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Akl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Micouin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sc06902e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190999v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Garda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Szeremeta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla No&#233;mi T&#243;th" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szilvia Bunda" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Pifferi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c03244" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630978v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vital Cruvinel Ferreira-Filho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Morais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vieira" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos Waerenborgh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jo&#227;o Carmezim" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29081824" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630981v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Moreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Luka&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Pallier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sobilo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Aci-S&#232;che" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.3c00558" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254714v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyangwi Malikidogo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Isaac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Uguen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#234;me" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CC03137C" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-03683853v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Kammoun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nadal-Desbarats" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lafoux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Huchet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jbise.2022.155014" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292599v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Ndiaye" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cieslik" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Wadepohl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.2c10108" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349106v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacerda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Pallier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia &#769; Bonnet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202109408" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174879v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andr&#233; Barri&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Ella" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Adriaensen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William M&#234;me" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2021.117776" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437163v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia El Hamrani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vives" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Buchholz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Factor" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/RLI.0000000000000621" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996069v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferenc K Kalman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikt&#243;ria Nagy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs V&#225;radi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enik&#337; Moln&#225;r" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.0c00197" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555574v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame Sy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro de Silva" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202003685" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437148v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Flor&#232;s" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pliquett" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abad Galan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lescure" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b03017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472491v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Silva" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Paulo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M&#234;me" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va T&#243;th" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13030513" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-02304067v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Piquereau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Veksler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13394" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139512v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Ternifi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupres" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pouletaut" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44053-1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079394v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Arthuis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mendes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. M&#234;me" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rousselot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2018.07.009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01808604v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alric" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katel Herv&#233;-Aubert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubrey" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Melouk" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lajoie" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-018-0341-6" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966111v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chepied" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mesnil" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norah Defamie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10334-018-0679-7" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079381v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoussa Fanny" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Nascimento" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Baron" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Schricke" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maillet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.01476" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311071v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malayannam Subramaniam" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hawse" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mus.25252" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656488v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Reverchon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mortaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Sivoyon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Laugeray" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006322" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406951v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Domingos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Desrus" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-016-1721-z" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171764v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Oukhatar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos K. Logothetis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cn500289y" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01220301v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Carrou&#233;e" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Allard-Vannier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Beloeil" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b02419" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171918v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sarou-Kanian" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Joudiou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Louat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Yon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep09872" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179506v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mouton-Liger" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Sah&#250;n" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Collin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lopes Pereira" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Masini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2013.11.016" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6NX3WK6D-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179464v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Joudiou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yousfi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Szeremeta" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lopes-Pereira" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wjns.2014.42018" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01089760v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty H&#233;bert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Pietropaolo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laudier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-014-0124-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944122v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Palomo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fauconnier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Coquard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Gilles" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Meme" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201343327" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817498v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mispelter" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2012.06.019" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0MQM3ZPV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721858v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bourigault" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1101978" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801359v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Almhdie" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ferrer-Villena" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Harba" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;ger" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591910v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Szeremeta" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2010.11.008" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435693v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Guilhem Calas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Montecot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323608v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich-Thuy Doan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353410v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Noury" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2008.04.012" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8H0KN4ZM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444237v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088586v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ducher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Courteix" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Magni" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Viala" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078932v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Herlidou" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Grebe" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Grados" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Lecuyer" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fardellone" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2003.07.007" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z37ZC28P-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078924v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Herlidou" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Constans" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carsin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Olivi&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Eliat" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0730-725x(03)00212-1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JL730P9Q-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078919v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Herlidou" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni de Marco" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gondry-Jouet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Gars" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078914v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doaa Mahmoud-Ghoneim" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D. de Certaines" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Rolland" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Mani&#232;re" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00130747-200108000-00005" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100291v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S Wrynn" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cp Mac Sweeney" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Franconi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lemaire" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pouliquen" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078888v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Rolland" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bansard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Rumeur" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J de Certaines" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546197v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549786v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro da Silva" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline M. Nonat" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995866v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lefroy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pallier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-02069873v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01982924v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-01982949v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10974-018-9500-5" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498227v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498232v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498217v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Turi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01143905v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie David" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608083v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lopes-Pereira" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Loureiro de Sousa" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608092v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Colombier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brault" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345612v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gefflaut" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345726v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549858v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Silva" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Antonio" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>