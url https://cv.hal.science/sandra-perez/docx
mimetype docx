--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:106.0773480663px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sandra Perez </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Associate Professor, Habilitation, Geography of health, University Nice Cote d'Azur, UMR 7300 ESPACE CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sandra-perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0562-0412</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">067731872</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESPONSABILITES - PARTICIPATION A LA VIE DE LA RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Adjunct Professor Universitas AIRLANGGA (UNAIR), Department of Epidemiology, Biostatistics, Population Studies and Health Promotion, Faculty of Public  Health, Indonesia</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice adjointe de l'UMR 7300 ESPACE, responsable du site de Nice (2024-2028)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice adjointe de l'Ecole Doctorale SHAL n°86 (01/09/2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable de la Licence pluridisciplinaire &amp;quot;Sciences & Humanités - Parcours environnement&amp;quot; </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://univ-cotedazur.fr/offre-de-formation/licence-sciences-et-humanites-parcours-environnement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - Presentation de la Licence Sciences & Humanités - Parcours environnement  </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/watch?v=C4nz1oA9Pa0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre nommée au Conseil Scientifique de Santé Publique France sur les études multicentriques autour des bassins industriels et des sols pollués (2023-2027) </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.santepubliquefrance.fr/les-actualites/2024/bassins-industriels-et-sante-des-populations-mise-en-aeuvre-d-une-premiere-etude-nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisatrice 2 sessions spéciales ECTQG 2025 Environmental health studies </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://ectqg.org/2025/2025_special_sessions.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre projet PPR Autonomie P.r.e.S.a.g.e (Personalized program for preventing loss of autonomy in the elderly:Accessibility, Empowerment & Environmental adaptations) équipe exposome </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://ppr-autonomie.com/les-projets-finances/projet-presage/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Representante France International Geographical Union Commission on Health and the Environment (IGU CHE) </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.healthgeography.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-responsable de la Commission Santé du CNFG </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cnfg.fr/commissions/geographie-de-la-sante/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Conseil Scientifique de l'Académie 5 &amp;quot;Homme, Idées et Milieux&amp;quot; (2022-2025) </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://univ-cotedazur.fr/structures-de-recherche/academies-dexcellence/academie-dexcellence-homme-idees-et-milieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Copil de l'Académie 5 &amp;quot;Homme, Idées et Milieux&amp;quot; (2019-2021)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Copil de l'EUR Odyssée </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://odyssee.univ-cotedazur.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice adjointe Equipe de Nice UMR 7300 ESPACE (2021-2023)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice du Département de Géographie d'UCA (2020-2023)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de 3 projets IDEX UCA JEDI financés (2018-2020) : 1. Nuclear Risk, from Radioisotope (bio)chemistry to Public Perception NR2P2  </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://vimeo.com/465124099</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> 2. Observation et modélisation des comportements humains en situation de catastrophe. 3. Asymmetry</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable ou Co-responsable de l’Action de Recherche Espace & Santé de l’UMR 7300 ESPACE (2018-2028) </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.umrespace.org/recherche/axe-c/action-c3/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-responsable de l’Action de Recherche Transversale Espace Rencontre Espace (ERE) de l’UMR 7300 ESPACE (2018-2022) </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.umrespace.org/recherche/ere/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisatrice des 3èmes Rencontres de Géographie de la Santé (26-29 mai 2022) </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://rdvgeosante.sciencesconf.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisatrice du Séminaire Pluridisciplinaire : Potentiel, Trajectoire Equilibre : approches et enrichissements pluridisciplinaires, 15 Février 2018, Université Paris Diderot 7, CIST, Axe Territoires et Santé </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cist.cnrs.fr/events/potentiel-trajectoire-equilibre/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-leader WP2 &amp;quot;Epidémiologie, Sciences Humaines et sociales&amp;quot; Maladies Rares CHroniques survenant durant l'enfance et l'adolescence (MaRCHE) FHU-DHU Financement A*MIDEX </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.fhu-marche.fr/fr/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2015-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Congé pour Recherche ou Conversion Thématique (CRCT) Septembre 2015-Février 2016</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Bonus Qualité Recherche (BQR) 2009</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Groupe de Recherche sur la Santé du Collège International des Sciences Territoriales (CIST), Université Diderot Paris 7 </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cist.cnrs.fr/axes-structurants/sante-territoires-et-sante/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du GDR 03 (Odeurs, Odorants, Olfaction) </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.gdr-o3.cnrs.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de la Commission Santé du CNFG </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cnfg.fr/commissions/geographie-de-la-sante/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de l’Association NSS (Natures, Sciences, Sociétés) </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.nss-journal.org/fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de la Société d’Ecologie Humaine </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://societedecologiehumaine.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Administratrice d'Air Climat </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">www.air-climat.org</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Activités de reviewing, d'evaluation : International Journal of Health Geographics (IJHG), International Journal of Health Policy and Management (IJHPM), International Journal of environmental research and public health (IJERPH), Bulletin de Veille Scientifique (BVS), Agence nationale de sécurité sanitaire, de l'alimentation, de l'environnement et du travail (Anses), Institut de Recherche en Santé Publique (IRESP), ANR</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Conseil de Laboratoire de l’UMR ESPACE (2008-2018)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice de l’Axe de Recherche Intersites &amp;quot;Espaces de Santé, Santé des Espaces&amp;quot; (ESSE) de l’UMR ESPACE (2012-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice de l’Axe de Recherche Intersites &amp;quot;Interfaces&amp;quot; de l’UMR ESPACE (2012-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Comité d’organisation & Comité scientifique 2nd International Colloquium Health and Space 2012, Marseille, 19-21 september 2012</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Organisatrice du Colloque LIENS Les Interfaces : Enjeux de Natures, de Sciences & de Sociétés, les 15 & 16 Mai 2012, MMSH d’Aix-en-Provence</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Assesseur à la Recherche, à l’Innovation et aux Relations Internationales de l’UFR Espaces & Cultures (2012-2015).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable UMR ESPACE pour l’ANR Floodscale (2011-2016)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable administrative de l’Antenne Cévenole de l’UMR ESPACE (2011-2016)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice adjointe du Master &amp;quot;Climat, Risques, Environnement & Santé&amp;quot; (CRES), Département de Géographie, Aménagement et Environnement Durables, Université de Nice-Sophia Antipolis (2009-2015)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice administrative de l’Université Internationale d’Eté de l’Université de Nice-Sophia-Antipolis (2009-2011)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice du Département de Géographie, Aménagement & Environnement Durables (GAED) (2005-2007)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">THEMES DE RECHERCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Sante environnementale : mieux cerner les interactions complexes entre les espaces et la sante des individus a l’aide de divers outils d’analyse spatiale (modélisation, reseaux bayesiens...).</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les recherches en santé environnementale sont longues, complexes, coûteuses en temps. Je travaille sur plusieurs thématiques en même temps, sur des pathologies variées, dont je dois à chaque fois m’approprier les spécificités, et notamment leurs liens avec leur espace géographique d’émergence ou de résurgence. De plus, je cherche à chaque fois la méthodologie ou le plus souvent la combinaison de méthodologies la plus adaptée à la problématique étudiée.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECHERCHES ACTUELLES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Je travaille sur la modelisation du risque sanitaire en milieu urbain a l’aide des reseaux bayesiens. En effet, les determinants de la sante sont composes des facteurs personnels, sociaux, economiques, environnementaux qui agissent sur l’etat de sante des individus ou des populations. Ces determinants sont de nature multiple (environnement physique, revenus, statut social, mode de vie, niveau d’education, conditions de travail, type d’habitat, acces aux soins). Une fois combines, ces elements creent differentes conditions de vie susceptibles d’avoir un impact sur la sante. Toute la complexite des faits de sante residant dans cet aspect combinatoire, multifactoriel, les determinants interagissant entre eux pour maintenir ou amoindrir un etat de sante qui est lui-meme polysemique, mais qui dans tous les cas doit etre considere d’un point de vue systemique et holistique.A l’aide de reseaux bayesiens nous proposons d’integrer de multiples determinants de sante afin de diagnostiquer l’environnement au sens large de patients atteints de certaines pathologies, et d’etablir des indicateurs synthetiques de sante dans le but de detecter des espaces pathogenes emergents. Ces espaces pathogenes emergents representeraient en quelque sorte des signaux d’alerte pour les pouvoirs publics, afin de prendre les mesures les plus adaptees en vue de reduire les risques sanitaires au sein des villes et d’y deployer notamment des politiques de prevention, de depistage ainsi que d’education a la sante particulierement ciblees dans le cadre de la protection des personnes les plus vulnerables.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARCOURS DE RECHERCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Apres avoir soutenu, fin 1999, une these sur les discontinuites spatiales, je suis recrutee en 2004 a l’Universite de Nice (apres un passage a l’Universite d’Orleans en tant qu’ATER en 2003) ou j’exerce de 2005 a 2007 les fonctions de Directrice du Departement de Geographie, Departement qui change de nom pour devenir entre 2007 et 2015 : le Departement GAED (Geographie, Amenagement et Environnement Durables).A partir de 2007, j’oriente mes travaux de recherche sur les questions relatives a la sante et à l’environnement, domaines qui me passionnent au plus haut point tant je pressens ce que le Geographe peut apporter a ces questions qui sont plus que jamais au coeur de l’actualité.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENCADREMENT D'ETUDIANTS</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Post-doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Adrien Cherikh &amp;quot;Pollution de l'air et santé infantile : analyse spatiale, métabolomique et épigénétique&amp;quot;, co-supervised with Mohamed Benhamed Tech in Care. Wei DING, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextual and spatial adaptation for the effectiveness of disease control policies and interventions: comparative insights from Asia and Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2025-), CDC Shanghai. Anaïs SQUARTA, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposome et maladies rares en Europe : application aux agénésies transverses des membres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, (2023-) financement bourse ministérielle ED SHAL UCA. Clémentine KERDAT, Attachée de Recherche Clinique CHU Martigues, Analyse par Intelligence Artificielle du lien entre polluants atmosphériques et diabète de type I en contexte industriel (étang de Berre), ED SV  UCA. Jamel Ben HASSINE, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La spatialisation des odeurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, co-encadrement de Thèse avec Joël CANDAU, soutenue le 30/03/21 à UCA (lien à coller dans votre navigateur) :  </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://hal.archives-ouvertes.fr/tel-03741104</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. Cindy PADILLA, Postdoctorante de l’Ecole des Hautes Etudes de Santé publique (EHESP) de Rennes, 2013-2015. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rôle du cumul d’inégalités sociales et environnementales sur la mortalité infantile et néonatale - une étude géographique à fine échelle conduite sur l’agglomération de Nice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.. Examinatrice de la thèse de Herbert RAKOTONIRINA &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géostatistiques par apprentissage profond pour la réduction des incertitudes  : application à la dépollution des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;, soutenue en Informatique à l'Université de Rouen Normandie, le 16 octobre 2024.. Rapportrice de la thèse de Qiuping CHEN </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transmission de la tuberculose en Chine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  soutenue en Biologie à l'Université de Montpellier, le 21 juin 2024.. Examinatrice de la thèse de Laakri BOUHADJ </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement d'outils de gestion pour la prise en compte des enjeux de santé dans les opérations d'aménagement urbain : atténuation des vulnérabilités et renforcement de la résilience des systèmes territoriaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, à l'Université de Lille, le 20 octobre 2023.. Examinatrice de la thèse de Célia KAMEL &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approche anthropologique de données patronymiques : apports à la connaissance biologique et historique de la population de la région Sud-PACA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;, soutenue en Sciences de l'environnement, spécialité anthropologie biologique à Aix-Marseille Université, le 9 juin 2022.. &amp;gt; 50 Mémoires de Master en santé environnementale.. CoursL1 (Géographie, Pluridisciplinaire Sciences & Humanités, CPES) Introduction aux Sciences Environnementales - L2 Pluridisciplinaire Sciences & Humanités Projet tutoré - L3 Geographie de la Santé, Théorie et Analyse spatiale, Etude des Systèmes spatiaux - M1 Ecotoxicologie - M2 AIR Systeme de Management Environnemental</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervenir pour réduire les inégalités sociales de santé : des espaces favorables pour expérimenter, pérenniser et diffuser l'intervention – Guide IVRISS d'accompagnement méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coruble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thémis Apostolidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Daguzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole N. Darmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géographie des interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Lampin-Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Allard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quae, pp.168, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la variabilité culturelle de la sensibilité aux espaces odorants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Sompairac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux territoires de l’experience olfactive, édité par Xavier Bonnaud et Victor Fraigneau.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Infolio, pp.125-155, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th17-Immune Response in Patients With Membranous Nephropathy Is Associated With Thrombosis and Relapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cremoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vesna Brglez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Decoupigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Zorzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frontiers in Immunology. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monitoring Immune Responses in Renal Autoimmune and Autoinflammatory Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, ISBN 978-2-88971-381-3. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/978-2-88971-381-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la complexité territoriale à la vulnérabilité environnementale, quelle réflexion pour la compréhension des liens environnements-santé ? Questionnement à partir de retour d'expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulnérabilité et territoires, Gaimard, Gateau, Ribere eds, Kairos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé et Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie des interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.143:155, 2010, 978-2-7592-0857-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accessibilité aux soins dans l’espace frontalier des Alpes-du-Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontières, Santé et Réseaux de soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l’Harmattan, pp.43 : 67, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes and risk of plague epidemics in Indonesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Dwi Handayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitti Ganefa Pakki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arief Mulyono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Choirul Hidajat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arum Sih Joharina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (12), pp.e0013839. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pntd.0013839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effectiveness of the HEY Website for Increasing Adolescents’ Reproductive Health Knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ira Al Nurmala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Agus Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muthmainnah Muthmainnah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Nadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suria Zainuddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurnal Promkes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.114 - 121. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20473/jpk.v13.i1.2025.114-121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China's malaria RD innovations: A scoping review from 2013-2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wang Shuxun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Shenning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Linja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Furong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China CDC Weekly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (18), pp.635-643. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46234/ccdcw2025.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05055131v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir les comportements humains en situation de catastrophes : proposition d'une démarche méthodologique immersive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damienne Provitolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tricot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Halim Boudoukha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Verdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1030, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.39495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03763799v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Bayesian networks for environmental health risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine German-Labaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Mathiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine Goix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chamaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.112059. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envres.2021.112059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le virus en territoire, entre perceptions et mesures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Vernazza-Licht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue francophone sur la santé et les territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Pandémie, crises et perspectives : lectures territoriales de la CoViD19, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfst.875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126522v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espaces odorants et espaces olfactifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jöel Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Sompairac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Interdisciplinary Methodologies and Issues in Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. 9 - Methods to assess the effects of sensory stimulations on wellness, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18713/JIMIS-ddmmyy-v-a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478257v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfaces multi-échelles : une approche exploratoire appliquée au littoral niçois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Christofle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tem.7958⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th17-Immune Response in Patients With Membranous Nephropathy Is Associated With Thrombosis and Relapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cremoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vesna Brglez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Decoupigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Zorzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fimmu.2020.574997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of the perception of nuclear risk in two populations (expert/non-expert) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pourcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6, pp.2288-2298. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egyr.2020.08.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of O3, PM10 and PM2.5 on cardiovascular and respiratory diseases in cities of France, Iran and Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yusef Omidi Khaniabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Gualtieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra de Marco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-019-06445-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of research in health geographics through the International Journal of Health Geographics (2002–2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Laperrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Borderon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Padilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Health Geographics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (3), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12942-016-0032-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of geographic indicators of healthcare, environment and socioeconomic factors to characterize environmental health disparities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Padilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahida Kihal-Talantikite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Deguen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (1), pp.79. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12940-016-0163-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01366285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HyMeX, le cycle de l'eau méditerranéen à la loupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Drobinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arbogast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Basdevant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Météorologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 80, pp.23-36. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/48792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00828758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'interface : contribution à l'analyse de l'espace géographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Christofle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espace Géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Tome 37, Volume 3 (3), p. 193 à 207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interface: contribution to the analysis of geographical space.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Christofle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espace Géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2008/03 (37), pp.193-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l’accessibilité aux soins : application à l’espace transfrontalier des Alpes du sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Decoupigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Yordanova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Numéro Thématique « Santé, Mobilités », n°4, pp.47 : 60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perception du voisin italien à travers la presse locale (Nice-Matin 1947-1997)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie et cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, pp. 233 : 243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation spatiale et discontinuité : les grands modèles d’organisation de l’espace et leur application aux discontinuités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Hommes et terres du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, n°3, pp.149 : 156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’une forme à l’autre, ou l’apport de la morphologie mathématique aux questions frontalières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Globe - Revue genevoise de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, n°137, pp.215 : 225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spatiale des régions frontalières et des effets de frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Globe - Revue genevoise de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, n°136, pp.13 : 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept de criticité des basses eaux : un moyen de penser les situations de manque hydrologique en Région méditerranéenne française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Cicille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new analysis of access to healthcare reveals disparities in a cross-border population of the southern european alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Decoupigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00449575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a theory of pathogenic geographical spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloquium on Theoretical and Quantitative Geography ECTQG 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, TALLINN, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Causalities, Potential, Emergence: How to Prevent Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 3rd Happy &amp; Healthy International Symposium: Health promotion for salutogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitas AIRLANGGA (UNAIR), Department of Epidemiology, Biostatistics, Population Studies and Health Promotion, Faculty of Public Health, Indonesia, Oct 2025, Surabaya, Indonesia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligence artificielle bayésienne : causalité multivariée dans les systèmes spatiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques ODYSSEE : Intelligence Artificielle en Sciences Humaines et Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUR ODYSSEE, Université Côte d'Azur, May 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'ouverture des sciences par la pluridisciplinarité : récits d'expériences » Benoît Grison, Sandra Perez, Emmanuel Tric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarante-quatrième séminaire : Ouverture des sciences par la pluridisciplinarité : récits d expériences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, COSOCO : CONSCIENCES, SOINS ET COGNITIONS Groupe de recherche transdisciplinaire en santé avec des praticiens et usagers; http://sante-cosoco.blogspot.com/2022/11/quarante-quatrieme-seminaire-ouverture.html, Jan 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diffusion de l'ambroisie en région Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vuillermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Réseau National de Surveillance Aérobiologique (RNSA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04370565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the perception of nuclear risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Jubault Krasnopevtseva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renata Kaminska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic Advocacy Collection Sustainability and Climate Change : CAUSE, CONSEQUENCES, IMPACT, ADAPTATION, MITIGATION, AND SOLUTION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, COP 27, Nov 2022, Charm el-Cheikh, Egypt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposome et maladies congénitales de novo : les agénésies transverses des membres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Squarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 3èmes Rencontres de Géographie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Cannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des indicateurs de santé pour détecter les espaces pathogènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNÉE RÉGIONALE "SANTÉ ET CHANGEMENT CLIMATIQUE EN PROVENCE-ALPES-CÔTE D'AZUR"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GREC SUD, UPAV, ARS PACA, Jun 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using bayesian networks for environmental health risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Annual BayesiaLab Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Zoom virtual event, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le virus en territoire : entre perceptions et mesures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Vernazza-Licht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CIST-Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of the perception of nuclear risk among two populations (expert/non-expert) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pourcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IUPAC (Union internationale de chimie pure et appliquée)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception du risque nucléaire, une approche transdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe de travail Environnement terrestre CEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le potentiel pathogène d'un espace géographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Pluridisciplinaire : Potentiel, trajectoire equilibre : approches et enrichissements pluridisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, Amphithéâtre Alan Turing Université Paris Diderot 7, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energie nucléaire, de la radiochimie à la perception publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-R Beccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Carle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Castagnola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Creff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JIREC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Erquy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche de la perception publique de l’énergie nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Rosa Beccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Provitolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Etude de la chimie sous rayonnement et de la radiochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir les mobilités actives pour agir sur la santé et l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thé Santé </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRES Paca, Jun 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear risk, from Radioisotope (bio)chemistry to Public Perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Greff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Rosa Beccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l'Académie 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation aux priorisations du 3ème Plan Régional Santé Environnement (PRSE 3, PACA 2015-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Priorisation PRSE 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la difficulté d’étudier un espace potentiellement pathogène à fine échelle : le cas de l’étang de Berre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement-santé-société : expositions environnementales et impacts sanitaires, l'emploi des résultats scientifiques dans la gestion et l’organisation des territoires, Séminaire organisé par l’axe 4 «  Enjeux sanitaire et territoires » du LADYSS.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear risk, from Radioisotope (bio)chemistry to Public Perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Greff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Rosa Beccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference CBRNE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé environnement/justice environnementale : inégalités, exposition, pollution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changement climatique, pauvretés et vulnérabilités à l’échelle locale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de sciences sociales appliquées (LaSSA), Nov 2016, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01399331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space, Health, Cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire COGNITION &amp; COOPÉRATION axe 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabien Mathy, Jun 2016, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01366258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la complexité territoriale à la vulnérabilité environnementale, quelle réflexion pour la compréhension des liens environnements - santé ? Questionnement à partir de retour d’expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vulnérabilités et territoires - 27e journées scientifiques de la Société d'Écologie Humaine </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Écologie Humaine Oct 2016, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01366336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essai de spatialisation des odeurs, applications aux odeurs d’origine industrielle en région PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées interdisciplinaires Thématiques GDR O3 Odeurs, Odorants, Olfaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Chimie de Nice (ICN), Oct 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Préconisations en vue du Programme Régional Alimentation Santé Environnement (PRASE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hôtel de Région PACA, Jan 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criticité des basses eaux en région méditerranéenne française sous forçages naturel et anthropique – position de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Kabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Douguédroit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3D 2014 - Eau, déchêts, et Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question du lien entre défaveur sociale, pollution de l’air et morbidité/mortalité infantile : applications aux villes de Lyon et de Nice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Deguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy M. Padilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expositions environnementales et santé : évaluations, attentes et incertitudes. Applications à la présence des pesticides dans l’environnement et à la pollution de l’air urbain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Santé du Collège International des Sciences du Territoire (CIST) et la plateforme Santé Environnement - EnvitéRA, Oct 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport des réseaux bayésiens aux questions de santé publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interne Département Santé Environnement Travail - Génie sanitaire, DSET - GS - Ecole des Hautes Etudes en Santé Publique (EHESP) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOUV, un projet de co-construction du bien-être en ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Passel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pradier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milena Panagos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bien-être en ville, regards croisés nature-santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criticité des basses eaux en région méditerranéenne française sous forçages naturel et anthropique – position de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Douguédroit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3D 2014 - Eau, déchêts, et Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMT Mines Alès; Association Innovation et Technologie de Sfax; Ecole des Mines de Saint-Etienne; Université Senghor d’Alexandrie, Jun 2014, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations territoriales des faits de santé : de la détection à la prévention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inégalités de santé environnementale, Enjeux et connaissances, Plan Régional Santé Environnement (PRSE) PACA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles échelles spatiales optimales pour évaluer les liens environnement-santé en milieu urbain ? Comment traiter la question de l’interdisciplinarité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques urbaines et enjeux sanitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The FloodScale project : Multi-scale hydrometeorological observation and modelling for flash floods understanding and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Delrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- [.]and The Floodscale Team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th HyMeX Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Primosten, Croatia. pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé environnementale dans les Alpes-Maritimes à travers deux exemples liés à la qualité de l’air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de territoire des Alpes-Maritimes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conférence de territoire des Alpes-Maritimes, Dec 2012, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de l’impact sanitaire des radiations émises par Fukushima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Colloque du Cancéropôle PACA, Session Environnement et Cancer, Regards croisés des Sciences Humaines et Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cancéropôle PACA, Feb 2012, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cancer du poumon & exposition au radon : approche expérimentale &amp;quot;géographie, santé, environnement&amp;quot; en PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Staccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Axe D "Epidémiologie et Sciences Humaines et Sociales" du Cancéropôle PACA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cancéropôle PACA, Jul 2012, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport des Réseaux Bayésiens à des problématiques de santé environnementale : exemples d’application en PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité de Suivi des Projets de l’enjeu Connaissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plan Régional Santé Environnement (PRSE), Nov 2012, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health-Environment : changing out the way we observe territories through compatible multi-source and multi-scale data and their modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Staccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Colloquium Health and Space 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric Audard, Marion Borderon, Vincent Laperrière, Sébastien Oliveau, Sandra Perez, Sep 2012, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des inégalités de santé : exposition environnementale, contexte socio-économique et accès aux soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Régional sur les Inégalités sociales de santé :des recherches à l’action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARS PACA,, Jun 2012, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'interface Habitat / Habitant : quand le lieu de vie est porteur de maladie - Le cas du radon en PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandre Lê</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Interfaces : enjeux de Nature, de Sciences et de Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra Perez, May 2012, Aix-en-Provence, France. pp.02007, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20120302007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of the vulnerability of the Japanese population to radioactive discharges from Fukushima nuclear power plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloquium of Quantitative and Theoretical Geography (ECQTG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stamatis Kalogirou, Mar 2011, ATHENES, Greece. pp.639 : 646</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnements et socíetes dans les basses montagnes du Rif (Maroc) : des potentialites peu exploitees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Ftaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Daide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Chaouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tribak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Taous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Interfaces : enjeux de Nature, de Sciences et de Sociétés (LIENSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra PEREZ, May 2012, Aix en Provence, France. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20120302008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez. Modelling of the vulnerability of the Japanese population to radioactive discharges from Fukushima nuclear power plant. European Colloquium of Quantitative and Theoretical Geography (ECQTG), Stamatis Kalogirou, Mar 2011, ATHENES, Greece</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloquium of Quantitative and Theoretical Geography (ECQTG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des pathologies respiratoires des écoliers niçois par les Réseaux Bayésiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First edition of International Colloquium Health and Space</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric AUDARD, Aix-Marseille University, Marion BORDERON, Aix-Marseille University, Vincent LAPERRIERE, Aix-Marseille University, Sébastien OLIVEAU, Aix-Marseille University, Sandra PEREZ, University of Nice Sophia Antipolis, Sep 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept d'interface comme instrument d'analyse des espaces frontaliers et d'orientation de leur aménagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Christofle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Frontière et Aménagement, Metz, 5-6 juillet 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Metz, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spatialisation au service du développement : la télédétection et ses applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> La spatialisation au service du développement : la télédétection et ses applications </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire de formation interne de l’US 140 ESPACE, Nov 2003, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image des contrastes socio-économiques des communes frontalières des Alpes-du-Sud et la ligne-frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images de villes-frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1999, Strasbourg, France. pp.123 : 129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’influence d’une frontière politique sur la répartition de collèges : le cas de la frontière franco-espagnole (Pays-Basque)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’École et les Discontinuités Territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position de Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Actes de l’École thématique : Démarches et pratiques en analyse spatiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Structures et Dynamiques spatiales, Sep 1995, Montpellier, France. pp.122 : 123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’images et effets de frontière : analyse spatio-temporelle des structures de peuplement des régions pyrénéennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières Rencontres de Théo Quant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR THEMA, Oct 1993, Besançon, France. pp.129 : 136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concentration en particules fines à Nice mesurée à l'aide des capteurs Mobilair développés par AirCarto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Badalcchino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanette Chouaouta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou-Ann Dube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Escoute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nico Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.18389428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NR2P3 Risque nucléaire et radio-isotopes, de la perception publique aux nouvelles politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Lancini-Pantera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges F Carle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte Rendu du Séminaire Pluridisciplinaire : Potentiel, Trajectoire Equilibre : approches et enrichissements pluridisciplinaires, 15 Février 2018, Université Paris Diderot 7, CIST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Le Neindre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Halloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damienne Provitolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution du projet ANR FloodScale : Observation et modélisation hydro-météorologique multi-échelle pour la compréhension et la simulation des crues éclairs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.21 : 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01284847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of the perception of nuclear risk among two populations (expert/non-expert) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pourcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e conférence internationale NRBCE Recherche et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude AIR-SANTE en Pays de Martigues : apports de l’Intelligence Artificielle aux questions de santé environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Côte d'Azur, Nice, France. 2019, pp.255</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inégalités sociales de santé dans les écoles maternelles niçoises, pour le compte de la ville de Nice, 12 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ville de Nice. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FloodScale : Observation et modélisation hydro-météorologique multi-échelles pour la compréhension et la simulation des crues éclairs, Rapport scientifique final du projet, ANR-2011 BS56 027 01</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2016, pp.149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de faisabilité sur le croisement des informations disponibles sur les zones à risques potentiels et le recensement de pathologies avérées et géolocalisées à l'échelle du territoire du Pays de Martigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de Nice Sophia Antipolis; UMR ESPACE 2016, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01366244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les étiages 2011 et 2012 en Cévennes et leurs conséquences sur le plan de la qualité des eaux et le développement des algues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Fiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélany Régnier-Labaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SMAGE. 2012, pp.128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur l’image des Bahamas vue par les européens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Ministère du Tourisme des Bahamas. 2002, pp.75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spatiale des régions frontalières et des effets de frontière : application aux espaces frontaliers Franco espagnols du Pays Basque et de la Catalogne, et à l'espace franco-italien des Alpes-du-Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université de Nice Sophia Antipolis, 1999. Français. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01716535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une dose [géographique] réponse en santé environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Cote d'Azur, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04201635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Artificial Intelligence and Sensor Networks for Cleaner Air and Better Health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Bangkok, Thailand. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier de formation sur les réseaux bayésiens dans le cadre de l’ANR Floodscale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Lyon, France. 2013, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01283749v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évolution du nombre de cas Covid en Russie du 1er cas au confinement Cette vidéo a été présentée au Séminaire Risque épidémique et biologique REB CoViD-19 moyens de protection BC et E qui s'est tenu le 3/10/20 à la Faculté de Médecine de Nice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diffusion de la Covid-19 en Russie (du 1er cas au confinement) Cette vidéo a été présentée lors du &amp;quot;Séminaire Risque épidémique et biologique REB CoViD-19 moyens de protection BC et E&amp;quot; qui s'est tenu à la Faculté de Médecine de Nice le 3/10/20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId273"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:106.0773480663px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sandra Perez </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Associate Professor, Habilitation, Geography of health, University Nice Cote d'Azur, UMR 7300 ESPACE CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sandra-perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0562-0412</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">067731872</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESPONSABILITES - PARTICIPATION A LA VIE DE LA RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Adjunct Professor Universitas AIRLANGGA (UNAIR), Department of Epidemiology, Biostatistics, Population Studies and Health Promotion, Faculty of Public  Health, Indonesia</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice adjointe de l'UMR 7300 ESPACE, responsable du site de Nice (2024-2028)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice adjointe de l'Ecole Doctorale SHAL n°86 (01/09/2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable de la Licence pluridisciplinaire &amp;quot;Sciences & Humanités - Parcours environnement&amp;quot; </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://univ-cotedazur.fr/offre-de-formation/licence-sciences-et-humanites-parcours-environnement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - Presentation de la Licence Sciences & Humanités - Parcours environnement  </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/watch?v=C4nz1oA9Pa0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre nommée au Conseil Scientifique de Santé Publique France sur les études multicentriques autour des bassins industriels et des sols pollués (2023-2027) </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.santepubliquefrance.fr/les-actualites/2024/bassins-industriels-et-sante-des-populations-mise-en-aeuvre-d-une-premiere-etude-nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisatrice 2 sessions spéciales ECTQG 2025 Environmental health studies </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://ectqg.org/2025/2025_special_sessions.html</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre projet PPR Autonomie P.r.e.S.a.g.e (Personalized program for preventing loss of autonomy in the elderly:Accessibility, Empowerment & Environmental adaptations) équipe exposome </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://ppr-autonomie.com/les-projets-finances/projet-presage/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Representante France International Geographical Union Commission on Health and the Environment (IGU CHE) </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.healthgeography.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-responsable de la Commission Santé du CNFG </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cnfg.fr/commissions/geographie-de-la-sante/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Conseil Scientifique de l'Académie 5 &amp;quot;Homme, Idées et Milieux&amp;quot; (2022-2025) </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://univ-cotedazur.fr/structures-de-recherche/academies-dexcellence/academie-dexcellence-homme-idees-et-milieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Copil de l'Académie 5 &amp;quot;Homme, Idées et Milieux&amp;quot; (2019-2021)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Copil de l'EUR Odyssée </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://odyssee.univ-cotedazur.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice adjointe Equipe de Nice UMR 7300 ESPACE (2021-2023)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice du Département de Géographie d'UCA (2020-2023)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de 3 projets IDEX UCA JEDI financés (2018-2020) : 1. Nuclear Risk, from Radioisotope (bio)chemistry to Public Perception NR2P2  </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://vimeo.com/465124099</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> 2. Observation et modélisation des comportements humains en situation de catastrophe. 3. Asymmetry</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable ou Co-responsable de l’Action de Recherche Espace & Santé de l’UMR 7300 ESPACE (2018-2028) </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.umrespace.org/recherche/axe-c/action-c3/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-responsable de l’Action de Recherche Transversale Espace Rencontre Espace (ERE) de l’UMR 7300 ESPACE (2018-2022) </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.umrespace.org/recherche/ere/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisatrice des 3èmes Rencontres de Géographie de la Santé (26-29 mai 2022) </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://rdvgeosante.sciencesconf.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisatrice du Séminaire Pluridisciplinaire : Potentiel, Trajectoire Equilibre : approches et enrichissements pluridisciplinaires, 15 Février 2018, Université Paris Diderot 7, CIST, Axe Territoires et Santé </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cist.cnrs.fr/events/potentiel-trajectoire-equilibre/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-leader WP2 &amp;quot;Epidémiologie, Sciences Humaines et sociales&amp;quot; Maladies Rares CHroniques survenant durant l'enfance et l'adolescence (MaRCHE) FHU-DHU Financement A*MIDEX </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.fhu-marche.fr/fr/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2015-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Congé pour Recherche ou Conversion Thématique (CRCT) Septembre 2015-Février 2016</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Bonus Qualité Recherche (BQR) 2009</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Groupe de Recherche sur la Santé du Collège International des Sciences Territoriales (CIST), Université Diderot Paris 7 </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cist.cnrs.fr/axes-structurants/sante-territoires-et-sante/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du GDR 03 (Odeurs, Odorants, Olfaction) </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.gdr-o3.cnrs.fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de la Commission Santé du CNFG </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cnfg.fr/commissions/geographie-de-la-sante/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de l’Association NSS (Natures, Sciences, Sociétés) </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.nss-journal.org/fr/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de la Société d’Ecologie Humaine </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://societedecologiehumaine.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Administratrice d'Air Climat </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">www.air-climat.org</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Activités de reviewing, d'evaluation : International Journal of Health Geographics (IJHG), International Journal of Health Policy and Management (IJHPM), International Journal of environmental research and public health (IJERPH), Bulletin de Veille Scientifique (BVS), Agence nationale de sécurité sanitaire, de l'alimentation, de l'environnement et du travail (Anses), Institut de Recherche en Santé Publique (IRESP), ANR</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Conseil de Laboratoire de l’UMR ESPACE (2008-2018)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice de l’Axe de Recherche Intersites &amp;quot;Espaces de Santé, Santé des Espaces&amp;quot; (ESSE) de l’UMR ESPACE (2012-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coordinatrice de l’Axe de Recherche Intersites &amp;quot;Interfaces&amp;quot; de l’UMR ESPACE (2012-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Comité d’organisation & Comité scientifique 2nd International Colloquium Health and Space 2012, Marseille, 19-21 september 2012</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Organisatrice du Colloque LIENS Les Interfaces : Enjeux de Natures, de Sciences & de Sociétés, les 15 & 16 Mai 2012, MMSH d’Aix-en-Provence</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Assesseur à la Recherche, à l’Innovation et aux Relations Internationales de l’UFR Espaces & Cultures (2012-2015).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable UMR ESPACE pour l’ANR Floodscale (2011-2016)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable administrative de l’Antenne Cévenole de l’UMR ESPACE (2011-2016)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice adjointe du Master &amp;quot;Climat, Risques, Environnement & Santé&amp;quot; (CRES), Département de Géographie, Aménagement et Environnement Durables, Université de Nice-Sophia Antipolis (2009-2015)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice administrative de l’Université Internationale d’Eté de l’Université de Nice-Sophia-Antipolis (2009-2011)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directrice du Département de Géographie, Aménagement & Environnement Durables (GAED) (2005-2007)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">THEMES DE RECHERCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Sante environnementale : mieux cerner les interactions complexes entre les espaces et la sante des individus a l’aide de divers outils d’analyse spatiale (modélisation, reseaux bayesiens...).</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les recherches en santé environnementale sont longues, complexes, coûteuses en temps. Je travaille sur plusieurs thématiques en même temps, sur des pathologies variées, dont je dois à chaque fois m’approprier les spécificités, et notamment leurs liens avec leur espace géographique d’émergence ou de résurgence. De plus, je cherche à chaque fois la méthodologie ou le plus souvent la combinaison de méthodologies la plus adaptée à la problématique étudiée.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECHERCHES ACTUELLES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Je travaille sur la modelisation du risque sanitaire en milieu urbain a l’aide des reseaux bayesiens. En effet, les determinants de la sante sont composes des facteurs personnels, sociaux, economiques, environnementaux qui agissent sur l’etat de sante des individus ou des populations. Ces determinants sont de nature multiple (environnement physique, revenus, statut social, mode de vie, niveau d’education, conditions de travail, type d’habitat, acces aux soins). Une fois combines, ces elements creent differentes conditions de vie susceptibles d’avoir un impact sur la sante. Toute la complexite des faits de sante residant dans cet aspect combinatoire, multifactoriel, les determinants interagissant entre eux pour maintenir ou amoindrir un etat de sante qui est lui-meme polysemique, mais qui dans tous les cas doit etre considere d’un point de vue systemique et holistique.A l’aide de reseaux bayesiens nous proposons d’integrer de multiples determinants de sante afin de diagnostiquer l’environnement au sens large de patients atteints de certaines pathologies, et d’etablir des indicateurs synthetiques de sante dans le but de detecter des espaces pathogenes emergents. Ces espaces pathogenes emergents representeraient en quelque sorte des signaux d’alerte pour les pouvoirs publics, afin de prendre les mesures les plus adaptees en vue de reduire les risques sanitaires au sein des villes et d’y deployer notamment des politiques de prevention, de depistage ainsi que d’education a la sante particulierement ciblees dans le cadre de la protection des personnes les plus vulnerables.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">PARCOURS DE RECHERCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Apres avoir soutenu, fin 1999, une these sur les discontinuites spatiales, je suis recrutee en 2004 a l’Universite de Nice (apres un passage a l’Universite d’Orleans en tant qu’ATER en 2003) ou j’exerce de 2005 a 2007 les fonctions de Directrice du Departement de Geographie, Departement qui change de nom pour devenir entre 2007 et 2015 : le Departement GAED (Geographie, Amenagement et Environnement Durables).A partir de 2007, j’oriente mes travaux de recherche sur les questions relatives a la sante et à l’environnement, domaines qui me passionnent au plus haut point tant je pressens ce que le Geographe peut apporter a ces questions qui sont plus que jamais au coeur de l’actualité.</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENCADREMENT D'ETUDIANTS</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Post-doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Adrien Cherikh &amp;quot;Pollution de l'air et santé infantile : analyse spatiale, métabolomique et épigénétique&amp;quot;, co-supervised with Mohamed Benhamed Tech in Care. Wei DING, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextual and spatial adaptation for the effectiveness of disease control policies and interventions: comparative insights from Asia and Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2025-), CDC Shanghai. Anaïs SQUARTA, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposome et maladies rares en Europe : application aux agénésies transverses des membres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, (2023-) financement bourse ministérielle ED SHAL UCA. Clémentine KERDAT, Attachée de Recherche Clinique CHU Martigues, Analyse par Intelligence Artificielle du lien entre polluants atmosphériques et diabète de type I en contexte industriel (étang de Berre), ED SV  UCA. Jamel Ben HASSINE, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La spatialisation des odeurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, co-encadrement de Thèse avec Joël CANDAU, soutenue le 30/03/21 à UCA (lien à coller dans votre navigateur) :  </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://hal.archives-ouvertes.fr/tel-03741104</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">. Cindy PADILLA, Postdoctorante de l’Ecole des Hautes Etudes de Santé publique (EHESP) de Rennes, 2013-2015. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rôle du cumul d’inégalités sociales et environnementales sur la mortalité infantile et néonatale - une étude géographique à fine échelle conduite sur l’agglomération de Nice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.. Examinatrice de la thèse de Herbert RAKOTONIRINA &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géostatistiques par apprentissage profond pour la réduction des incertitudes  : application à la dépollution des sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;, soutenue en Informatique à l'Université de Rouen Normandie, le 16 octobre 2024.. Rapportrice de la thèse de Qiuping CHEN </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transmission de la tuberculose en Chine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">  soutenue en Biologie à l'Université de Montpellier, le 21 juin 2024.. Examinatrice de la thèse de Laakri BOUHADJ </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement d'outils de gestion pour la prise en compte des enjeux de santé dans les opérations d'aménagement urbain : atténuation des vulnérabilités et renforcement de la résilience des systèmes territoriaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, à l'Université de Lille, le 20 octobre 2023.. Examinatrice de la thèse de Célia KAMEL &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approche anthropologique de données patronymiques : apports à la connaissance biologique et historique de la population de la région Sud-PACA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;, soutenue en Sciences de l'environnement, spécialité anthropologie biologique à Aix-Marseille Université, le 9 juin 2022.. &amp;gt; 50 Mémoires de Master en santé environnementale.. CoursL1 (Géographie, Pluridisciplinaire Sciences & Humanités, CPES) Introduction aux Sciences Environnementales - L2 Pluridisciplinaire Sciences & Humanités Projet tutoré - L3 Geographie de la Santé, Théorie et Analyse spatiale, Etude des Systèmes spatiaux - M1 Ecotoxicologie - M2 AIR Systeme de Management Environnemental</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervenir pour réduire les inégalités sociales de santé : des espaces favorables pour expérimenter, pérenniser et diffuser l'intervention – Guide IVRISS d'accompagnement méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coruble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thémis Apostolidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Daguzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole N. Darmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géographie des interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Lampin-Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Allard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quae, pp.168, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la variabilité culturelle de la sensibilité aux espaces odorants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Sompairac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux territoires de l’experience olfactive, édité par Xavier Bonnaud et Victor Fraigneau.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Infolio, pp.125-155, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th17-Immune Response in Patients With Membranous Nephropathy Is Associated With Thrombosis and Relapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cremoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vesna Brglez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Decoupigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Zorzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frontiers in Immunology. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monitoring Immune Responses in Renal Autoimmune and Autoinflammatory Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, ISBN 978-2-88971-381-3. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/978-2-88971-381-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la complexité territoriale à la vulnérabilité environnementale, quelle réflexion pour la compréhension des liens environnements-santé ? Questionnement à partir de retour d'expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulnérabilité et territoires, Gaimard, Gateau, Ribere eds, Kairos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé et Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie des interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.143:155, 2010, 978-2-7592-0857-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accessibilité aux soins dans l’espace frontalier des Alpes-du-Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontières, Santé et Réseaux de soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l’Harmattan, pp.43 : 67, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes and risk of plague epidemics in Indonesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Dwi Handayani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitti Ganefa Pakki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arief Mulyono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Choirul Hidajat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arum Sih Joharina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (12), pp.e0013839. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pntd.0013839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effectiveness of the HEY Website for Increasing Adolescents’ Reproductive Health Knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ira Al Nurmala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Agus Salim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muthmainnah Muthmainnah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Nadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suria Zainuddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurnal Promkes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.114 - 121. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20473/jpk.v13.i1.2025.114-121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">China's malaria RD innovations: A scoping review from 2013-2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wang Shuxun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Shenning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Linja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qian Furong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China CDC Weekly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (18), pp.635-643. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46234/ccdcw2025.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05055131v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir les comportements humains en situation de catastrophes : proposition d'une démarche méthodologique immersive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damienne Provitolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tricot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdel Halim Boudoukha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Verdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1030, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.39495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03763799v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le virus en territoire, entre perceptions et mesures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Vernazza-Licht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue francophone sur la santé et les territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Pandémie, crises et perspectives : lectures territoriales de la CoViD19, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfst.875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126522v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espaces odorants et espaces olfactifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jöel Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Sompairac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Interdisciplinary Methodologies and Issues in Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vol. 9 - Methods to assess the effects of sensory stimulations on wellness, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18713/JIMIS-ddmmyy-v-a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478257v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Bayesian networks for environmental health risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine German-Labaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Mathiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine Goix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chamaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.112059. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envres.2021.112059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfaces multi-échelles : une approche exploratoire appliquée au littoral niçois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Christofle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tem.7958⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th17-Immune Response in Patients With Membranous Nephropathy Is Associated With Thrombosis and Relapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cremoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vesna Brglez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Decoupigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Zorzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fimmu.2020.574997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of the perception of nuclear risk in two populations (expert/non-expert) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pourcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6, pp.2288-2298. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egyr.2020.08.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of O3, PM10 and PM2.5 on cardiovascular and respiratory diseases in cities of France, Iran and Italy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yusef Omidi Khaniabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Gualtieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra de Marco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-019-06445-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of research in health geographics through the International Journal of Health Geographics (2002–2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Laperrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Borderon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Padilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Health Geographics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (3), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12942-016-0032-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01260193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of geographic indicators of healthcare, environment and socioeconomic factors to characterize environmental health disparities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Padilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahida Kihal-Talantikite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Deguen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (1), pp.79. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12940-016-0163-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01366285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HyMeX, le cycle de l'eau méditerranéen à la loupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Drobinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Arbogast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Basdevant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bastin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Météorologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 80, pp.23-36. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/48792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00828758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'interface : contribution à l'analyse de l'espace géographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Christofle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espace Géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Tome 37, Volume 3 (3), p. 193 à 207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interface: contribution to the analysis of geographical space.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Christofle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espace Géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2008/03 (37), pp.193-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l’accessibilité aux soins : application à l’espace transfrontalier des Alpes du sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Decoupigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Yordanova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Numéro Thématique « Santé, Mobilités », n°4, pp.47 : 60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perception du voisin italien à travers la presse locale (Nice-Matin 1947-1997)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie et cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, pp. 233 : 243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation spatiale et discontinuité : les grands modèles d’organisation de l’espace et leur application aux discontinuités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Hommes et terres du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, n°3, pp.149 : 156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’une forme à l’autre, ou l’apport de la morphologie mathématique aux questions frontalières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Globe - Revue genevoise de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, n°137, pp.215 : 225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spatiale des régions frontalières et des effets de frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Globe - Revue genevoise de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, n°136, pp.13 : 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept de criticité des basses eaux : un moyen de penser les situations de manque hydrologique en Région méditerranéenne française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Cicille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new analysis of access to healthcare reveals disparities in a cross-border population of the southern european alps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Decoupigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00449575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a theory of pathogenic geographical spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloquium on Theoretical and Quantitative Geography ECTQG 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, TALLINN, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Causalities, Potential, Emergence: How to Prevent Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 3rd Happy &amp; Healthy International Symposium: Health promotion for salutogenesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitas AIRLANGGA (UNAIR), Department of Epidemiology, Biostatistics, Population Studies and Health Promotion, Faculty of Public Health, Indonesia, Oct 2025, Surabaya, Indonesia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05342016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligence artificielle bayésienne : causalité multivariée dans les systèmes spatiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques ODYSSEE : Intelligence Artificielle en Sciences Humaines et Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUR ODYSSEE, Université Côte d'Azur, May 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'ouverture des sciences par la pluridisciplinarité : récits d'expériences » Benoît Grison, Sandra Perez, Emmanuel Tric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarante-quatrième séminaire : Ouverture des sciences par la pluridisciplinarité : récits d expériences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, COSOCO : CONSCIENCES, SOINS ET COGNITIONS Groupe de recherche transdisciplinaire en santé avec des praticiens et usagers; http://sante-cosoco.blogspot.com/2022/11/quarante-quatrieme-seminaire-ouverture.html, Jan 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diffusion de l'ambroisie en région Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flore Vuillermet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Réseau National de Surveillance Aérobiologique (RNSA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04370565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposome et maladies congénitales de novo : les agénésies transverses des membres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Squarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 3èmes Rencontres de Géographie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Cannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the perception of nuclear risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Jubault Krasnopevtseva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renata Kaminska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic Advocacy Collection Sustainability and Climate Change : CAUSE, CONSEQUENCES, IMPACT, ADAPTATION, MITIGATION, AND SOLUTION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, COP 27, Nov 2022, Charm el-Cheikh, Egypt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des indicateurs de santé pour détecter les espaces pathogènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNÉE RÉGIONALE "SANTÉ ET CHANGEMENT CLIMATIQUE EN PROVENCE-ALPES-CÔTE D'AZUR"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GREC SUD, UPAV, ARS PACA, Jun 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using bayesian networks for environmental health risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Annual BayesiaLab Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Zoom virtual event, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le virus en territoire : entre perceptions et mesures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Vernazza-Licht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CIST-Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of the perception of nuclear risk among two populations (expert/non-expert) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pourcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IUPAC (Union internationale de chimie pure et appliquée)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception du risque nucléaire, une approche transdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe de travail Environnement terrestre CEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear risk, from Radioisotope (bio)chemistry to Public Perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Greff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Rosa Beccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l'Académie 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir les mobilités actives pour agir sur la santé et l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thé Santé </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRES Paca, Jun 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche de la perception publique de l’énergie nucléaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Rosa Beccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Provitolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Etude de la chimie sous rayonnement et de la radiochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energie nucléaire, de la radiochimie à la perception publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-R Beccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Carle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Castagnola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Creff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JIREC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Erquy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le potentiel pathogène d'un espace géographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Pluridisciplinaire : Potentiel, trajectoire equilibre : approches et enrichissements pluridisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Paris, Amphithéâtre Alan Turing Université Paris Diderot 7, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation aux priorisations du 3ème Plan Régional Santé Environnement (PRSE 3, PACA 2015-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Priorisation PRSE 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la difficulté d’étudier un espace potentiellement pathogène à fine échelle : le cas de l’étang de Berre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement-santé-société : expositions environnementales et impacts sanitaires, l'emploi des résultats scientifiques dans la gestion et l’organisation des territoires, Séminaire organisé par l’axe 4 «  Enjeux sanitaire et territoires » du LADYSS.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear risk, from Radioisotope (bio)chemistry to Public Perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Greff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Rosa Beccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Josse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference CBRNE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé environnement/justice environnementale : inégalités, exposition, pollution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changement climatique, pauvretés et vulnérabilités à l’échelle locale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de sciences sociales appliquées (LaSSA), Nov 2016, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01399331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space, Health, Cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire COGNITION &amp; COOPÉRATION axe 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabien Mathy, Jun 2016, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01366258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la complexité territoriale à la vulnérabilité environnementale, quelle réflexion pour la compréhension des liens environnements - santé ? Questionnement à partir de retour d’expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vulnérabilités et territoires - 27e journées scientifiques de la Société d'Écologie Humaine </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Écologie Humaine Oct 2016, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01366336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essai de spatialisation des odeurs, applications aux odeurs d’origine industrielle en région PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées interdisciplinaires Thématiques GDR O3 Odeurs, Odorants, Olfaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Chimie de Nice (ICN), Oct 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question du lien entre défaveur sociale, pollution de l’air et morbidité/mortalité infantile : applications aux villes de Lyon et de Nice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Deguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy M. Padilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expositions environnementales et santé : évaluations, attentes et incertitudes. Applications à la présence des pesticides dans l’environnement et à la pollution de l’air urbain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Santé du Collège International des Sciences du Territoire (CIST) et la plateforme Santé Environnement - EnvitéRA, Oct 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Préconisations en vue du Programme Régional Alimentation Santé Environnement (PRASE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hôtel de Région PACA, Jan 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criticité des basses eaux en région méditerranéenne française sous forçages naturel et anthropique – position de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Kabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Douguédroit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3D 2014 - Eau, déchêts, et Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport des réseaux bayésiens aux questions de santé publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interne Département Santé Environnement Travail - Génie sanitaire, DSET - GS - Ecole des Hautes Etudes en Santé Publique (EHESP) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MOUV, un projet de co-construction du bien-être en ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Passel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Pradier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milena Panagos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bien-être en ville, regards croisés nature-santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criticité des basses eaux en région méditerranéenne française sous forçages naturel et anthropique – position de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Canovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Kabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Douguédroit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E3D 2014 - Eau, déchêts, et Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMT Mines Alès; Association Innovation et Technologie de Sfax; Ecole des Mines de Saint-Etienne; Université Senghor d’Alexandrie, Jun 2014, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations territoriales des faits de santé : de la détection à la prévention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inégalités de santé environnementale, Enjeux et connaissances, Plan Régional Santé Environnement (PRSE) PACA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles échelles spatiales optimales pour évaluer les liens environnement-santé en milieu urbain ? Comment traiter la question de l’interdisciplinarité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques urbaines et enjeux sanitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cancer du poumon & exposition au radon : approche expérimentale &amp;quot;géographie, santé, environnement&amp;quot; en PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Staccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Axe D "Epidémiologie et Sciences Humaines et Sociales" du Cancéropôle PACA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cancéropôle PACA, Jul 2012, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The FloodScale project : Multi-scale hydrometeorological observation and modelling for flash floods understanding and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Delrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- [.]and The Floodscale Team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th HyMeX Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Primosten, Croatia. pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé environnementale dans les Alpes-Maritimes à travers deux exemples liés à la qualité de l’air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence de territoire des Alpes-Maritimes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conférence de territoire des Alpes-Maritimes, Dec 2012, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de l’impact sanitaire des radiations émises par Fukushima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Colloque du Cancéropôle PACA, Session Environnement et Cancer, Regards croisés des Sciences Humaines et Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cancéropôle PACA, Feb 2012, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des inégalités de santé : exposition environnementale, contexte socio-économique et accès aux soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Régional sur les Inégalités sociales de santé :des recherches à l’action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARS PACA,, Jun 2012, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health-Environment : changing out the way we observe territories through compatible multi-source and multi-scale data and their modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Staccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Colloquium Health and Space 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric Audard, Marion Borderon, Vincent Laperrière, Sébastien Oliveau, Sandra Perez, Sep 2012, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport des Réseaux Bayésiens à des problématiques de santé environnementale : exemples d’application en PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité de Suivi des Projets de l’enjeu Connaissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plan Régional Santé Environnement (PRSE), Nov 2012, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'interface Habitat / Habitant : quand le lieu de vie est porteur de maladie - Le cas du radon en PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandre Lê</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maignant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Interfaces : enjeux de Nature, de Sciences et de Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra Perez, May 2012, Aix-en-Provence, France. pp.02007, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20120302007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of the vulnerability of the Japanese population to radioactive discharges from Fukushima nuclear power plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloquium of Quantitative and Theoretical Geography (ECQTG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stamatis Kalogirou, Mar 2011, ATHENES, Greece. pp.639 : 646</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnements et socíetes dans les basses montagnes du Rif (Maroc) : des potentialites peu exploitees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Ftaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Daide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Chaouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tribak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Taous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Interfaces : enjeux de Nature, de Sciences et de Sociétés (LIENSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra PEREZ, May 2012, Aix en Provence, France. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20120302008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez. Modelling of the vulnerability of the Japanese population to radioactive discharges from Fukushima nuclear power plant. European Colloquium of Quantitative and Theoretical Geography (ECQTG), Stamatis Kalogirou, Mar 2011, ATHENES, Greece</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloquium of Quantitative and Theoretical Geography (ECQTG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des pathologies respiratoires des écoliers niçois par les Réseaux Bayésiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First edition of International Colloquium Health and Space</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric AUDARD, Aix-Marseille University, Marion BORDERON, Aix-Marseille University, Vincent LAPERRIERE, Aix-Marseille University, Sébastien OLIVEAU, Aix-Marseille University, Sandra PEREZ, University of Nice Sophia Antipolis, Sep 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept d'interface comme instrument d'analyse des espaces frontaliers et d'orientation de leur aménagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chapelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Christofle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Fusco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Frontière et Aménagement, Metz, 5-6 juillet 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Metz, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spatialisation au service du développement : la télédétection et ses applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> La spatialisation au service du développement : la télédétection et ses applications </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire de formation interne de l’US 140 ESPACE, Nov 2003, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image des contrastes socio-économiques des communes frontalières des Alpes-du-Sud et la ligne-frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images de villes-frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1999, Strasbourg, France. pp.123 : 129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’influence d’une frontière politique sur la répartition de collèges : le cas de la frontière franco-espagnole (Pays-Basque)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’École et les Discontinuités Territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position de Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Actes de l’École thématique : Démarches et pratiques en analyse spatiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Structures et Dynamiques spatiales, Sep 1995, Montpellier, France. pp.122 : 123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d’images et effets de frontière : analyse spatio-temporelle des structures de peuplement des régions pyrénéennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières Rencontres de Théo Quant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR THEMA, Oct 1993, Besançon, France. pp.129 : 136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concentration en particules fines à Nice mesurée à l'aide des capteurs Mobilair développés par AirCarto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Badalcchino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanette Chouaouta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou-Ann Dube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Escoute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nico Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.18389428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NR2P3 Risque nucléaire et radio-isotopes, de la perception publique aux nouvelles politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Lancini-Pantera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges F Carle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte Rendu du Séminaire Pluridisciplinaire : Potentiel, Trajectoire Equilibre : approches et enrichissements pluridisciplinaires, 15 Février 2018, Université Paris Diderot 7, CIST</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Le Neindre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bartoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Halloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damienne Provitolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution du projet ANR FloodScale : Observation et modélisation hydro-météorologique multi-échelle pour la compréhension et la simulation des crues éclairs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.21 : 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01284847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative analysis of the perception of nuclear risk among two populations (expert/non-expert) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pourcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Drouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e conférence internationale NRBCE Recherche et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude AIR-SANTE en Pays de Martigues : apports de l’Intelligence Artificielle aux questions de santé environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université Côte d'Azur, Nice, France. 2019, pp.255</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03031201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les inégalités sociales de santé dans les écoles maternelles niçoises, pour le compte de la ville de Nice, 12 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ville de Nice. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01713703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FloodScale : Observation et modélisation hydro-météorologique multi-échelles pour la compréhension et la simulation des crues éclairs, Rapport scientifique final du projet, ANR-2011 BS56 027 01</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Branger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2016, pp.149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de faisabilité sur le croisement des informations disponibles sur les zones à risques potentiels et le recensement de pathologies avérées et géolocalisées à l'échelle du territoire du Pays de Martigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de Nice Sophia Antipolis; UMR ESPACE 2016, pp.35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01366244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les étiages 2011 et 2012 en Cévennes et leurs conséquences sur le plan de la qualité des eaux et le développement des algues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Didon-Lescot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Fiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélany Régnier-Labaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SMAGE. 2012, pp.128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur l’image des Bahamas vue par les européens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Ministère du Tourisme des Bahamas. 2002, pp.75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse spatiale des régions frontalières et des effets de frontière : application aux espaces frontaliers Franco espagnols du Pays Basque et de la Catalogne, et à l'espace franco-italien des Alpes-du-Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université de Nice Sophia Antipolis, 1999. Français. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01716535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une dose [géographique] réponse en santé environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Cote d'Azur, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04201635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Artificial Intelligence and Sensor Networks for Cleaner Air and Better Health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Bangkok, Thailand. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier de formation sur les réseaux bayésiens dans le cadre de l’ANR Floodscale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. Lyon, France. 2013, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01283749v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diffusion de la Covid-19 en Russie (du 1er cas au confinement) Cette vidéo a été présentée lors du &amp;quot;Séminaire Risque épidémique et biologique REB CoViD-19 moyens de protection BC et E&amp;quot; qui s'est tenu à la Faculté de Médecine de Nice le 3/10/20</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évolution du nombre de cas Covid en Russie du 1er cas au confinement Cette vidéo a été présentée au Séminaire Risque épidémique et biologique REB CoViD-19 moyens de protection BC et E qui s'est tenu le 3/10/20 à la Faculté de Médecine de Nice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamel Ben Hassine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId273"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E6114878"/>
+    <w:nsid w:val="19D399E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="F24B188B"/>
+    <w:nsid w:val="A8BFB1B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -489,51 +489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandra-perez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0562-0412" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067731872" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.fr/offre-de-formation/licence-sciences-et-humanites-parcours-environnement" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=C4nz1oA9Pa0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.santepubliquefrance.fr/les-actualites/2024/bassins-industriels-et-sante-des-populations-mise-en-aeuvre-d-une-premiere-etude-nationale" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ectqg.org/2025/2025_special_sessions.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ppr-autonomie.com/les-projets-finances/projet-presage/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.healthgeography.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnfg.fr/commissions/geographie-de-la-sante/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.fr/structures-de-recherche/academies-dexcellence/academie-dexcellence-homme-idees-et-milieux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odyssee.univ-cotedazur.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/465124099" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umrespace.org/recherche/axe-c/action-c3/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umrespace.org/recherche/ere/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdvgeosante.sciencesconf.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cist.cnrs.fr/events/potentiel-trajectoire-equilibre/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fhu-marche.fr/fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cist.cnrs.fr/axes-structurants/sante-territoires-et-sante/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gdr-o3.cnrs.fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nss-journal.org/fr/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://societedecologiehumaine.org/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.air-climat.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tel-03741104" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713713v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grenier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coruble" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;mis Apostolidis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Daguzan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole N. Darmon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565854v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lampin-Maillet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Perez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ferrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Ben Hassine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Candau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Sompairac" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427278v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cremoni" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Brglez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Decoupigny" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Zorzi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/978-2-88971-381-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360607v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maignant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283570v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283572v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440941v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Dwi Handayani" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitti Ganefa Pakki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arief Mulyono" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Choirul Hidajat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arum Sih Joharina" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0013839" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093700v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira Al Nurmala" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutfi Agus Salim" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muthmainnah Muthmainnah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Nadia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suria Zainuddin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20473/jpk.v13.i1.2025.114-121" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055131v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Shuxun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ding" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Shenning" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Linja" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Furong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46234/ccdcw2025.105" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03763799v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damienne Provitolo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tricot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schleyer-Lindenmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verdi&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39495" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347898v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine German-Labaume" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mathiot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Goix" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chamaret" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.112059" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126522v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Vernazza-Licht" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bley" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfst.875" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478257v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;el Candau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18713/JIMIS-ddmmyy-v-a" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478254v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Fusco" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Christofle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.7958" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031109v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.574997" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922765v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Den Auwer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pourcher" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Russo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Drouot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2020.08.015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358336v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sicard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusef Omidi Khaniabadi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Gualtieri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra de Marco" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-06445-8" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260193v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laperri&#232;re" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borderon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Padilla" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-016-0032-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366285v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahida Kihal-Talantikite" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Deguen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12940-016-0163-7" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828758v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinski" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ducrocq" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arbogast" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Basdevant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/48792" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565866v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chapelon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591171v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ferrier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283821v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Yordanova" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283576v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283573v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283577v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283578v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Canovas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cicille" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salze" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449575v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286685v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342016v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368354v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063702v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370565v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vuillermet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063728v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Jubault Krasnopevtseva" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Kaminska" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694681v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Squarta" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063714v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381317v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250755v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360612v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360588v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713687v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796070v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-R Beccia" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Castagnola" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Creff" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051704v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Michel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Josse" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Provitolo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796073v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360602v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Greff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713652v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713697v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360597v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399331v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366258v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366336v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283645v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283748v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317834v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Kabo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Didon-Lescot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dougu&#233;droit" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283641v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy M. Padilla" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283635v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283623v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Passel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pradier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Panagos" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02941709v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kabo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283653v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283652v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597561v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouvier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delrieu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- [.]and The Floodscale Team" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283654v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283741v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283739v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hebel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Staccini" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283656v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283657v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283740v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283177v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre L&#234;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20120302007" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283822v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283178v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ftaita" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Daide" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chaouki" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tribak" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taous" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20120302008" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144310v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283742v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590428v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283751v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283625v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283628v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283632v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283743v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508718v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Badalcchino" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Chouaouta" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou-Ann Dube" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Escoute" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Gonzalez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18389428" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454835v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lancini-Pantera" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges F Carle" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317835v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Le Neindre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bartoli" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Halloy" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284847v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nord" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294874v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031201v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713703v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603603v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Ayral" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Branger" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366244v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283745v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fiard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lany R&#233;gnier-Labaume" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283746v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01716535v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04201635v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419942v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01283749v2" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968555v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968554v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandra-perez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0562-0412" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/067731872" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.fr/offre-de-formation/licence-sciences-et-humanites-parcours-environnement" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=C4nz1oA9Pa0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.santepubliquefrance.fr/les-actualites/2024/bassins-industriels-et-sante-des-populations-mise-en-aeuvre-d-une-premiere-etude-nationale" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ectqg.org/2025/2025_special_sessions.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ppr-autonomie.com/les-projets-finances/projet-presage/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.healthgeography.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnfg.fr/commissions/geographie-de-la-sante/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.fr/structures-de-recherche/academies-dexcellence/academie-dexcellence-homme-idees-et-milieux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odyssee.univ-cotedazur.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/465124099" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umrespace.org/recherche/axe-c/action-c3/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umrespace.org/recherche/ere/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rdvgeosante.sciencesconf.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cist.cnrs.fr/events/potentiel-trajectoire-equilibre/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fhu-marche.fr/fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cist.cnrs.fr/axes-structurants/sante-territoires-et-sante/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gdr-o3.cnrs.fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nss-journal.org/fr/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://societedecologiehumaine.org/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.air-climat.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tel-03741104" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713713v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grenier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coruble" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;mis Apostolidis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Daguzan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole N. Darmon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565854v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lampin-Maillet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Perez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ferrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Allard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Ben Hassine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Candau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Sompairac" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427278v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cremoni" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Brglez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Decoupigny" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Zorzi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/978-2-88971-381-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360607v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maignant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283570v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283572v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440941v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Dwi Handayani" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitti Ganefa Pakki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arief Mulyono" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Choirul Hidajat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arum Sih Joharina" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0013839" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093700v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira Al Nurmala" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutfi Agus Salim" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muthmainnah Muthmainnah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Nadia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suria Zainuddin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20473/jpk.v13.i1.2025.114-121" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055131v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Shuxun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Ding" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Shenning" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Linja" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Furong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46234/ccdcw2025.105" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03763799v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damienne Provitolo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tricot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schleyer-Lindenmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verdi&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39495" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126522v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Vernazza-Licht" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bley" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfst.875" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478257v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;el Candau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18713/JIMIS-ddmmyy-v-a" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347898v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine German-Labaume" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mathiot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Goix" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chamaret" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2021.112059" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478254v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Fusco" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Christofle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.7958" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031109v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.574997" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922765v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Den Auwer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pourcher" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Russo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Drouot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egyr.2020.08.015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358336v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sicard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusef Omidi Khaniabadi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Gualtieri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra de Marco" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-06445-8" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260193v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laperri&#232;re" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borderon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Padilla" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12942-016-0032-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366285v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahida Kihal-Talantikite" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Deguen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12940-016-0163-7" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828758v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinski" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ducrocq" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arbogast" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Basdevant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/48792" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565866v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chapelon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591171v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ferrier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283821v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Yordanova" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283576v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283573v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283577v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283578v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Canovas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Cicille" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salze" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449575v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286685v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342016v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368354v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063702v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370565v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vuillermet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694681v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Squarta" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063728v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Jubault Krasnopevtseva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Kaminska" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063714v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381317v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250755v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360612v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360588v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360602v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Michel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Greff" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Josse" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796073v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051704v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Provitolo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796070v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-R Beccia" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carle" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Castagnola" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Creff" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713687v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713652v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713697v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360597v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399331v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366258v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366336v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283645v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283641v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy M. Padilla" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283748v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317834v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Kabo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Didon-Lescot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dougu&#233;droit" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283635v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283623v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Passel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pradier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Panagos" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02941709v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kabo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283653v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283652v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283739v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hebel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Staccini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597561v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouvier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delrieu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- [.]and The Floodscale Team" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283654v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283741v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283740v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283657v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283656v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283177v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre L&#234;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20120302007" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283822v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283178v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ftaita" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Daide" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chaouki" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tribak" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taous" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20120302008" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144310v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283742v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590428v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283751v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283625v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283628v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283632v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283743v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508718v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Badalcchino" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Chouaouta" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou-Ann Dube" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Escoute" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Gonzalez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18389428" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454835v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lancini-Pantera" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges F Carle" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317835v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Le Neindre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bartoli" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Halloy" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284847v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nord" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294874v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031201v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713703v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603603v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Ayral" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Branger" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01366244v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283745v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fiard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lany R&#233;gnier-Labaume" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283746v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01716535v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04201635v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419942v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01283749v2" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968554v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968555v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>