--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -66,320 +66,320 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IPEC-J2 as a cellular model for studying intestinal mucus</w:t>
+                <w:t xml:space="preserve">Lactation persistency of dairy cows fed low metabolizable protein diets with two different starch contents and degradability levels crossed with rumen-protected amino acid supplies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Dessauge</w:t>
+                <w:t xml:space="preserve">Jean-Charles Anger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Vincent</w:t>
+                <w:t xml:space="preserve">Christelle Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Trefeu</w:t>
+                <w:t xml:space="preserve">Romain Bidaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Mayeur-Nickel</w:t>
+                <w:t xml:space="preserve">K. Dieho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05487060v1</w:t>
+                <w:t xml:space="preserve">hal-05527184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactation persistency of dairy cows fed low metabolizable protein diets with two different starch contents and degradability levels crossed with rumen-protected amino acid supplies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">IPEC-J2 as a cellular model for studying intestinal mucus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dessauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Charles Anger</w:t>
+                <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Loncke</w:t>
+                <w:t xml:space="preserve">Christine Trefeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Bidaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. Dieho</w:t>
+                <w:t xml:space="preserve">Frédérique Mayeur-Nickel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 16 (1), pp.2338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-32027-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05527184v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of Hydrogel Microneedle Arrays for Physiology Monitoring of Farm Animals</w:t>
               </w:r>
@@ -493,896 +493,866 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05307663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive evaluation of a pea co-product for piglet nutrition: fibre content, protein digestion, and intestinal barrier function</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude de l’action d’un acide aminé protégé sur la morphologie des parties distales de l’appareil digestif de porcelets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurane Grondin</w:t>
+                <w:t xml:space="preserve">Toma Friboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Messan Kokouvi Djakpa</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Le Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jas/skaf344⟩</w:t>
+              <w:t xml:space="preserve">Revue Française d'Histotechnologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (1), pp.33-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25830/afh.rfh.2025.37.1.33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05353972v1</w:t>
+                <w:t xml:space="preserve">hal-05158495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro evaluation of intestinal barrier function after exposure to digested pea ingredients -food matrix effect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comprehensive evaluation of a pea co-product for piglet nutrition: fibre content, protein digestion, and intestinal barrier function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurane Grondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Perruchot</w:t>
+                <w:t xml:space="preserve">Messan Kokouvi Djakpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Mayeur-Nickel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Boudry</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+                <w:t xml:space="preserve">Lucie Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.4c09963⟩</w:t>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 103, pp.skaf344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jas/skaf344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04838897v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pea cell wall polysaccharides and their structural integrity influence protein bioaccessibility and hydrolysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vitro evaluation of intestinal barrier function after exposure to digested pea ingredients -food matrix effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Perruchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxence Noel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Mayeur-Nickel</w:t>
+                <w:t xml:space="preserve">Gaëlle Boudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Mayeur-Nickel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurane Grondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Functional Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 112, pp.105986. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 73 (1), pp.584-594. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jff.2023.105986⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.4c09963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04364631v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04838897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibiting prolactin by cabergoline accelerates mammary gland remodeling during the early dry period in dairy cows</w:t>
+                <w:t xml:space="preserve">Pea cell wall polysaccharides and their structural integrity influence protein bioaccessibility and hydrolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+                <w:t xml:space="preserve">Maxence Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Mayeur-Nickel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Isaka</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Myriam M.-L. Grundy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2017-12783⟩</w:t>
+              <w:t xml:space="preserve">Journal of Functional Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 112, pp.105986. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jff.2023.105986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01613619v1</w:t>
+                <w:t xml:space="preserve">hal-04364631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo inhibition followed by exogenous supplementation demonstrates galactopoietic effects of prolactin on mammary tissue and milk production in dairy cows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inhibiting prolactin by cabergoline accelerates mammary gland remodeling during the early dry period in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Isaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Gandemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 98 (12), pp.8775-8787. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2015-9853⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 100 (12), pp.9787-9798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2017-12783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635957v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unilateral once daily milking locally induces differential gene expression in both mammary tissue and milk epithelial cells revealing mammary remodeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+                <w:t xml:space="preserve">In vivo inhibition followed by exogenous supplementation demonstrates galactopoietic effects of prolactin on mammary tissue and milk production in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Galio</w:t>
+                <w:t xml:space="preserve">Pierre Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Angulo Arizala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sandra Wiart-Letort Wiart</w:t>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.00059.2013⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 98 (12), pp.8775-8787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2015-9853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004555v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in mammary secretory tissue during lactation in ovariectomized dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Yart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Yart</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Steroids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 78 (10), pp.973-981. </w:t>
@@ -1396,1671 +1366,1930 @@
                 <w:t xml:space="preserve">⟨10.1016/j.steroids.2013.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, comme indicateur de la production de lait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française d'Histotechnologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 26 (1), pp.31-41</w:t>
+              <w:t xml:space="preserve">, 2013, Revue francaise d'histo technologie 2013 Vol 26, 26 (1), pp.31-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210606v1</w:t>
+                <w:t xml:space="preserve">hal-05158522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of ovariectomy in prebubertal goats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unilateral once daily milking locally induces differential gene expression in both mammary tissue and milk epithelial cells revealing mammary remodeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Dessauge</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Laurent Galio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physiology and Pharmacology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiological Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45 (20), pp.973-985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.00059.2013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02662849v1</w:t>
+                <w:t xml:space="preserve">hal-01004555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell junction disruption after 36h milk accumulation was associated with changes in mammary secretory tissue activity and dynamics in lactating dairy goats</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of ovariectomy in prebubertal goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.E. Ellis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physiology and Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 60, pp.127-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cell junction disruption after 36h milk accumulation was associated with changes in mammary secretory tissue activity and dynamics in lactating dairy goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physiology and Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2009, 60 (Supplement 3), pp.105-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hormonal and nutritional regulations of lactation persistency in dairy ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of Lactation in Farm Animals (BOLFA) &amp; International Congress on Farm Animal Endocrinology (ICFAE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP; University of Bern, Aug 2024, Bern, Switzerland. pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'action d'un acide aminé protégé sur la morphologie des parties distales de l'appareil digestif de porcelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Friboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Le Floc'H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37ème Congrès de l'Association Française d'Histotechnologie (AFH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFH, Jun 2024, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05125531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methionine supplementation impacts casein gene expression and cell death in the mammary tissue of lactating dairy goats fed low and adequate net energy supplies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Régulations nutritionnelles de la persistance de la lactation chez les ruminants laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Perrine Poton</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. pp.22</w:t>
+              <w:t xml:space="preserve">Réunion "Glande mammaire, lait" Galactinnov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE Op+lait, Oct 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02969329v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feed restriction increases mammary epithelial cell exfoliation rate in dairy cows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucile Herve</w:t>
+                <w:t xml:space="preserve">Methionine supplementation impacts casein gene expression and cell death in the mammary tissue of lactating dairy goats fed low and adequate net energy supplies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Véron</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Eric Chanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 ASAS-CSAS Annual Meeting and Trade Show</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2020 American Dairy Science Association (ADSA) Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Virtual Meeting, United States. pp.22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607817v1</w:t>
+                <w:t xml:space="preserve">hal-02969329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myoepithelial cell contraction participates in mammary epithelial cell exfoliation in cow milk</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Feed restriction increases mammary epithelial cell exfoliation rate in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Colette Mustiere</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 ASAS-CSAS Annual Meeting and Trade Show</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Baltimore, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/asasann.2017.345⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455916v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, comme indicateur de la production de lait</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Myoepithelial cell contraction participates in mammary epithelial cell exfoliation in cow milk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Quesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Mustiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIème Congrès de l'Association Française d'Histotechnologie (AFH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Rennes, France</w:t>
+              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210607v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, indicateur de la production de lait</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, comme indicateur de la production de lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIeme Congrès de l'association francaise d'histotechnologie (AFH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Francaise Histotechnologie, Jun 2013, Rennes, France</w:t>
+              <w:t xml:space="preserve">XXVIème Congrès de l'Association Française d'Histotechnologie (AFH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05158541v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tight junction opening after 36h milk accumulation was associated to a change in mammary secretory tissue activity and dynamics in lactating dairy goats</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le turnover des cellules dans la glande mammaire évalué par immunohistochimie, indicateur de la production de lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium for Young Scientist (ISYS)"Human and Animal Development: regulatory mechanisms"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Lublin, Poland</w:t>
+              <w:t xml:space="preserve">XXVIeme Congrès de l'association francaise d'histotechnologie (AFH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francaise Histotechnologie, Jun 2013, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758399v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of ovariectomy in prepubertal goats</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Tight junction opening after 36h milk accumulation was associated to a change in mammary secretory tissue activity and dynamics in lactating dairy goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Ben Chedly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lacasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium for Young Scientists (ISYS) "Human and Animal Development: Regulatory Mechanisms</w:t>
+              <w:t xml:space="preserve">6. International Symposium for Young Scientist (ISYS)"Human and Animal Development: regulatory mechanisms"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Lublin, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754048v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic inhibition of prolactin discharge at milking affects mammary cell activity and turnover in dairy cows</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Effects of ovariectomy in prepubertal goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium for Young Scientist (ISYS) "Human and Animal Development: Regulatory Mechanisms"</w:t>
+              <w:t xml:space="preserve">6. International Symposium for Young Scientists (ISYS) "Human and Animal Development: Regulatory Mechanisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Lublin, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755950v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chronic inhibition of prolactin discharge at milking affects mammary cell activity and turnover in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Péchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart-Letort Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rupert Bruckmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. International Symposium for Young Scientist (ISYS) "Human and Animal Development: Regulatory Mechanisms"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Lublin, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La cholecystokinine intestinale ne semble pas responsable de la stimulation de la secretion pancreatique externe produite par la capsaicine chez le rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Nagain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Corring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rozé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Reunion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1992, Ile de Bendor, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02776612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3070,1371 +3299,1371 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implémentation des anticorps recombinants en France : immunodétection de la kératine 14 et de l’occludine dans les épithéliums des animaux d’élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38eme congrès de l'AFH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Grasse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05124281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of once daily milking on mammary transcriptome and cell turnover in dairy goat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Dris-Kerdreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 ASAS-CSAS Annual Meeting and Trade Show</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Baltimore, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 95 (Suppl. 4), 2017, Journal of Animal Science. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2527/asasann.2017.343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation du processus d’exfoliation des cellules épithéliales mammaires au cours de la traite chez la vache laitière</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucile Herve</w:t>
+                <w:t xml:space="preserve">Cabergoline hastened lactoferrin immunoprotection in the mammary tissue during drying-off in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomie Isaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Deflandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamberton</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Colette Mustiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Paris, France. Institut de l'Elevage, Rencontres autour des Recherches sur les Ruminants, 369 p., 2016, Rencontres autour des Recherches sur les Ruminants</w:t>
+              <w:t xml:space="preserve">6. IDF international mastitis conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Nantes, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455917v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cabergoline hastened lactoferrin immunoprotection in the mammary tissue during drying-off in dairy cows</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Caractérisation du processus d’exfoliation des cellules épithéliales mammaires au cours de la traite chez la vache laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Herve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Mustiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. IDF international mastitis conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Nantes, France. 2016</w:t>
+              <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. Institut de l'Elevage, Rencontres autour des Recherches sur les Ruminants, 369 p., 2016, Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02795397v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing the mammary epithelial cell exfoliation process during milking in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Lollivier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamberton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Philau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Belfast, Ireland. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 22, 2016, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01455914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dry-off facilitator cabergoline hastened the GLUT-1 decrease and lactoferrin increase in the mammary tissue during drying-off in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomie Isaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Deflandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lamberton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Orlando, United States. ADSA - ASAS, Journal of Dairy Science, 98. Suppl. 2, 2015, Journal of dairy science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01211051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cellules épithéliales du lait, une alternative aux biopsies mammaires chez les ruminants laitiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Herve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Poton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Lollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Opal et Francopa : place des méthodes de remplacement en expérimentation biologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Paris, France. , 2015, Place des méthodes de remplacement en expérimentation biologique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exfoliation of mammary epithelial cells in milk is linked with lactation persistency in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Yart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Poton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 64, 2013, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of high feeding level on caprine mammary gland development and milk yield potential</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Effect of ovariectomy on milk yield and mammary gland activity in lactating cow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Yart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Dessauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Siroux</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Mottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA/ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Phoenix, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 90 (Suppl. 3), 2012, Journal of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210627v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of ovariectomy on milk yield and mammary gland activity in lactating cow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of high feeding level on caprine mammary gland development and milk yield potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurence Finot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Wiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lucile Yart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Mottin</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Siroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA/ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Phoenix, United States. ASAS - American Society of Animal Science, Journal of Animal Science, 90 (Suppl. 3), 2012, Journal of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210626v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two recombinant antibodies recognize (cyto)keratin 14 by immunofluorescence in farm animals (cow, goat and swine)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Wiart-Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Finot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, n.p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.60675/yfh3-8k03/sn20250923-8/short-notes⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05285752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId118"/>
+      <w:footerReference w:type="default" r:id="rId122"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4581,51 +4810,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487060v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dessauge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Vincent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Trefeu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mayeur-Nickel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-32027-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05527184v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Anger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Loncke" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bidaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dieho" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05307663v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurabelle Gautier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mass&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Xavier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Novais-Gameiro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi16091015" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05353972v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurane Grondin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messan Kokouvi Djakpa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Bot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skaf344" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04838897v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Perruchot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Mayeur-Nickel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c09963" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364631v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Noel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam M.-L. Grundy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2023.105986" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613619v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Isaka" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Gandemer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamberton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-12783" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635957v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lollivier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lacasse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Angulo Arizala" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9853" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004555v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Finot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort Wiart" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00059.2013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129764v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Yart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2013.06.003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6CS3W3H-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210606v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Ben Chedly" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662849v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Aubry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Ellis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660783v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696111v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Herve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quesnel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125531v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Friboulet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Floc'H" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969329v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chanat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leduc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Poton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607817v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux V&#233;ron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.345" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455916v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Mustiere" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210607v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158541v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758399v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754048v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755950v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Bruckmaier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776612v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nagain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levenez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Letort" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Corring" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Roz&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05124281v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602584v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Dris-Kerdreux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.343" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455917v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795397v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomie Isaka" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deflandre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455914v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Philau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211051v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742083v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210534v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210627v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Siroux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210626v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mottin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285752v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60675/yfh3-8k03/sn20250923-8/short-notes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05527184v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Anger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Loncke" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bidaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dieho" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487060v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dessauge" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Vincent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Trefeu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mayeur-Nickel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-32027-5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05307663v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurabelle Gautier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mass&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Xavier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Novais-Gameiro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi16091015" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158495v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toma Friboulet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Floc'H" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25830/afh.rfh.2025.37.1.33" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05353972v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurane Grondin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messan Kokouvi Djakpa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Bot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skaf344" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04838897v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Perruchot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Mayeur-Nickel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c09963" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364631v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Noel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam M.-L. Grundy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2023.105986" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613619v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Isaka" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Gandemer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamberton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-12783" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635957v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lollivier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lacasse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Angulo Arizala" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9853" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129764v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Yart" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Finot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2013.06.003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6CS3W3H-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158522v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Ben Chedly" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004555v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort Wiart" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00059.2013" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662849v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Aubry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Ellis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660783v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696111v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Herve" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quesnel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125531v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Friboulet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559391v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969329v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chanat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leduc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Poton" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607817v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux V&#233;ron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.345" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455916v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Mustiere" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210607v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158541v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758399v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754048v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755950v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Bruckmaier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776612v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nagain" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levenez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Letort" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Corring" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Roz&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05124281v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602584v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Dris-Kerdreux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/asasann.2017.343" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795397v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomie Isaka" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deflandre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455917v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455914v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Philau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211051v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742083v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210534v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210626v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mottin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210627v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Siroux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285752v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60675/yfh3-8k03/sn20250923-8/short-notes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>