--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -589,533 +589,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of First-in-Class Inhibitors of Kallikrein-Related Peptidase 6 That Promote Oligodendrocyte Differentiation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disrupting D1-NMDA or D2-NMDA receptor heteromerization prevents cocaine's rewarding effects but preserves natural reward processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andry Andrianarivelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estefani Saint-Jour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Aït Amiri</w:t>
+                <w:t xml:space="preserve">Paula Pousinha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Deboux</w:t>
+                <w:t xml:space="preserve">Sebastian P Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feryel Soualmia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maxime Louet</w:t>
+                <w:t xml:space="preserve">Anna Petitbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.0c02175⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abg5970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03281511v1</w:t>
+                <w:t xml:space="preserve">hal-03389497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disrupting D1-NMDA or D2-NMDA receptor heteromerization prevents cocaine's rewarding effects but preserves natural reward processing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Estefani Saint-Jour</w:t>
+                <w:t xml:space="preserve">Identification of First-in-Class Inhibitors of Kallikrein-Related Peptidase 6 That Promote Oligodendrocyte Differentiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Aït Amiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Deboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Pousinha</w:t>
+                <w:t xml:space="preserve">Feryel Soualmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian P Fernandez</w:t>
+                <w:t xml:space="preserve">Nancy Chaaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Petitbon</w:t>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 7, pp.1-17. </w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 64 (9), pp. 5667-5688. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abg5970⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.0c02175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03389497v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03281511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rétablir le métabolisme cérébral du cholestérol est neuro-protecteur dans la maladie de Huntington</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The cholesterol 24-hydroxylase activates autophagy and decreases mutant huntingtin build-up in a neuroblastoma culture model of Huntington’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clévio Nóbrega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Conceição</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael G Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebekah Koppenol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel L Sequeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/2019253⟩</w:t>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13, pp.210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13104-020-05053-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03053633v1</w:t>
+                <w:t xml:space="preserve">hal-03053649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cholesterol 24-hydroxylase activates autophagy and decreases mutant huntingtin build-up in a neuroblastoma culture model of Huntington’s disease</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rétablir le métabolisme cérébral du cholestérol est neuro-protecteur dans la maladie de Huntington</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Caboche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radhia Kacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Betuing</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Research Notes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13, pp.210. </w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36, pp.12 - 15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13104-020-05053-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2019253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03053649v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CYP46A1 gene therapy deciphers the role of brain cholesterol metabolism in Huntington’s disease</w:t>
               </w:r>
@@ -2292,295 +2292,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B16 Mitogen And Stress-activated Kinase-1 Deficiency And Transcriptional Dysregulation In Huntington’s Disease</w:t>
+                <w:t xml:space="preserve">BENEFICIAL EFFECTS OF STRIATAL RESTORATION OF CYP46A1 EXPRESSION ON CHOLESTEROL METABOLISM AND NEURODEGENERATION IN HUNTINGTON'S DISEASE MOUSE MODEL (R6/2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S. Betuing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Planques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L. Moumne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Le Crom</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Girault</w:t>
+                <w:t xml:space="preserve">A. Lamazieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Boussicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 85 (1), pp.A14. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jnnp-2014-309032.44⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 85 (1), pp.A17-A18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jnnp-2014-309032.53⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01541325v1</w:t>
+                <w:t xml:space="preserve">hal-01541327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BENEFICIAL EFFECTS OF STRIATAL RESTORATION OF CYP46A1 EXPRESSION ON CHOLESTEROL METABOLISM AND NEURODEGENERATION IN HUNTINGTON'S DISEASE MOUSE MODEL (R6/2)</w:t>
+                <w:t xml:space="preserve">B16 Mitogen And Stress-activated Kinase-1 Deficiency And Transcriptional Dysregulation In Huntington’s Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L. Moumne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Brami-Cherrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">S. Betuing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Planques</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Moumne</w:t>
+                <w:t xml:space="preserve">S. Le Crom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lamazieres</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Boussicault</w:t>
+                <w:t xml:space="preserve">J. Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 85 (1), pp.A17-A18. </w:t>
+              <w:t xml:space="preserve">, 2014, 85 (1), pp.A14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/jnnp-2014-309032.53⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/jnnp-2014-309032.44⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01541327v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01541325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple aspects of gene dysregulation Huntington's disease</w:t>
               </w:r>
@@ -2664,535 +2664,535 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01541330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A deconvolution method to improve automated 3D-analysis of dendritic spines: application to a mouse model of Huntington’s disease</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Beneficial effects of striatal restoration of CYP46A1 expression using AAVrh10 serotype in Huntington's disease mice model (R6/2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anabelle Planques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Piguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Moumne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fathia Djelti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Structure and Function</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Human Gene Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (10), pp.A73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02372594v1</w:t>
+                <w:t xml:space="preserve">hal-01541336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A deconvolution method to improve automated 3D-analysis of dendritic spines: application to a mouse model of Huntington's disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Heck</w:t>
+                <w:t xml:space="preserve">Mitogen and Stress-activated Kinase-1 deficiency and transcriptional dysregulation in Huntington's Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Moumne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Brami-Cherrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Betuing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Le Crom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Structure and Function</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Human Gene Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (10), pp.A72-A73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01541333v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01541335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beneficial effects of striatal restoration of CYP46A1 expression using AAVrh10 serotype in Huntington's disease mice model (R6/2)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A deconvolution method to improve automated 3D-analysis of dendritic spines: application to a mouse model of Huntington's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Heck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Betuing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vanhoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Caboche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Gene Therapy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Brain Structure and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 217 (2), pp.421-434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00429-011-0340-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01541336v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01541333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitogen and Stress-activated Kinase-1 deficiency and transcriptional dysregulation in Huntington's Disease</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karen Brami-Cherrier</w:t>
+                <w:t xml:space="preserve">A deconvolution method to improve automated 3D-analysis of dendritic spines: application to a mouse model of Huntington’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Heck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Betuing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Vanhoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Caboche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Gene Therapy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Brain Structure and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 217 (2), pp.421-434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00429-011-0340-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01541335v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02372594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axon diodes for the reconstruction of oriented neuronal networks in microfluidic chambers</w:t>
               </w:r>
@@ -3312,51 +3312,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the ERK/MSK1 signalling pathway in chromatin remodelling and brain responses to drugs of abuse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Brami-Cherrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3455,51 +3455,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Pathophysiology of Huntington's disease: an update]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Betuing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Deyts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3624,51 +3624,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deyts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Brami-Cherrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FASEB Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 22 (4), pp.1083-1093. </w:t>
@@ -4246,51 +4246,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of Fat-Cell Function by α2-Adrenergic Receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lafontan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Betuing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-S. Saulnier-Blache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5108,51 +5108,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Boussicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Betuing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of basal ganglia Structure and function</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.889-906, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5355,51 +5355,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361412v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefani Saint-Jour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Allichon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andrianarivelo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Montalban" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2025.01.013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177288v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katleen Pinchaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Masson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dayre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Mounier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gilles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241311001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941798v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Betuing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina A Pikuleva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M Castellano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2022.948153" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818923v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhia Kacher" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caboche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2022.797220" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03281511v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina A&#239;t Amiri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Deboux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feryel Soualmia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Chaaya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Louet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.0c02175" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389497v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Pousinha" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian P Fernandez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Petitbon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg5970" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053633v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2019253" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053649v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;vio N&#243;brega" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Concei&#231;&#227;o" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael G Costa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekah Koppenol" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L Sequeira" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-020-05053-x" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429397v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lamazi&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heck" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Kappes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz174" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350678v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Boussicault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lamaziere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vanhoutte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2018.07.019" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01500913v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc dos Santos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Salery" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Forget" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alexandra Garcia Perez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2017.03.014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365856v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dos Santos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alexandra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429384v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365878v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galan-Rodriguez Beatriz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Elodie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel ; D&#233;glon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betuing Sandrine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.13415" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01299208v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Alves" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Planques" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv384" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01396567v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Galan-Rodriguez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brouillet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole D&#233;glon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536676v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cartier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boussicault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kacher" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamaziere" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541325v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moumne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Brami-Cherrier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Betuing" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Crom" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Girault" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2014-309032.44" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541327v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Planques" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamazieres" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2014-309032.53" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541330v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Moumne" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2013.00127" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372594v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-011-0340-y" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K3H98JNF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541333v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541336v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Hu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Piguet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Djelti" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541335v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Brami-Cherrier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Crom" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372610v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Peyrin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Deleglise" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saias" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Vignes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gougis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1lc20014c" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407701v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roze" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Antoine Girault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2009.05879.x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407690v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roze" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deyts" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vidailhet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caboche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2008.03.006" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258860v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deyts" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Marcon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.07-9814" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181915v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charvin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Perrin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2007.07.028" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079650v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charvin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cifuentes-Diaz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fonknechten" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Joshi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hazan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddg004" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941833v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darrell Belke" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Tuttle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Graveleau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Young" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI13946" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00110175v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine B&#233;tuing" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Daviaud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pag&#232;s" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bonnard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Valet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941816v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lafontan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-S. Saulnier-Blache" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Valet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouloumi&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1054-3589(08)60797-8" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941822v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lapalu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Peyroulan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hickson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1997.6887" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G0HD6LLL-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941827v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S B&#233;tuing" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Daviaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Valet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bouloumi&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lafontan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/endo.137.12.8940338" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299227v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299188v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299193v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299209v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299199v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372748v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vanhoutte" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-802206-1.00045-3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361412v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefani Saint-Jour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Allichon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andrianarivelo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Montalban" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2025.01.013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177288v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katleen Pinchaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Masson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dayre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Mounier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gilles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241311001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941798v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Betuing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina A Pikuleva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph M Castellano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2022.948153" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818923v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhia Kacher" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caboche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2022.797220" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389497v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Pousinha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian P Fernandez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Petitbon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg5970" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03281511v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina A&#239;t Amiri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Deboux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feryel Soualmia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Chaaya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Louet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.0c02175" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053649v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;vio N&#243;brega" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Concei&#231;&#227;o" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael G Costa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekah Koppenol" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L Sequeira" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-020-05053-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053633v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2019253" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429397v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lamazi&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heck" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Kappes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz174" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350678v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Boussicault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lamaziere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vanhoutte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2018.07.019" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01500913v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc dos Santos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Salery" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Forget" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alexandra Garcia Perez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2017.03.014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365856v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dos Santos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alexandra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429384v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365878v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galan-Rodriguez Beatriz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Elodie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel ; D&#233;glon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betuing Sandrine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.13415" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01299208v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Alves" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Planques" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv384" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01396567v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Galan-Rodriguez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brouillet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole D&#233;glon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536676v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cartier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boussicault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kacher" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamaziere" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541327v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Betuing" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Planques" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moumne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamazieres" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2014-309032.53" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541325v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Brami-Cherrier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Crom" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Girault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2014-309032.44" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541330v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Moumne" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2013.00127" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541336v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Hu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Piguet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Djelti" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541335v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Brami-Cherrier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Crom" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541333v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-011-0340-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K3H98JNF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372594v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372610v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Peyrin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Deleglise" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saias" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Vignes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gougis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1lc20014c" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407701v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roze" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Antoine Girault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2009.05879.x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407690v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roze" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deyts" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vidailhet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caboche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2008.03.006" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258860v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deyts" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Marcon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.07-9814" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181915v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charvin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Perrin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2007.07.028" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079650v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charvin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cifuentes-Diaz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fonknechten" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Joshi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hazan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddg004" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941833v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darrell Belke" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Tuttle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Graveleau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Young" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI13946" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00110175v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine B&#233;tuing" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Daviaud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pag&#232;s" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bonnard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Valet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941816v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lafontan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-S. Saulnier-Blache" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Valet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouloumi&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1054-3589(08)60797-8" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941822v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lapalu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Peyroulan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hickson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1997.6887" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G0HD6LLL-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941827v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S B&#233;tuing" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Daviaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Valet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bouloumi&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lafontan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/endo.137.12.8940338" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299227v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299188v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299193v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299209v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299199v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372748v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vanhoutte" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-802206-1.00045-3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>