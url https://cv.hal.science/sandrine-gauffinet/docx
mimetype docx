--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1930,462 +1930,462 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00705595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of alite containing aluminium hydration</w:t>
+                <w:t xml:space="preserve">Influence of orthophosphate ions on the dissolution of tricalcium silicate.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farid Begarin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Garrault</w:t>
+                <w:t xml:space="preserve">P. Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Nicoleau</w:t>
+                <w:t xml:space="preserve">S. Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cau-Dit-Coumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 38, pp.1137-1141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2008.03.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00452127v1</w:t>
+                <w:t xml:space="preserve">hal-00418730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimensional stability under wet curing of mortars containing high amounts of nitrates and phosphates.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of alite containing aluminium hydration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Courtois</w:t>
+                <w:t xml:space="preserve">Farid Begarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Garrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Nicoleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 33, pp.251</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00418718v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of orthophosphate ions on the dissolution of tricalcium silicate.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Dimensional stability under wet curing of mortars containing high amounts of nitrates and phosphates.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cau Dit Coumes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">André Nonat</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Cau-Dit-Coumes</w:t>
+                <w:t xml:space="preserve">S. Courtois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 38, pp.1137-1141. </w:t>
+              <w:t xml:space="preserve">, 2008, 38, pp.1181-1189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2008.03.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2008.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00418730v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the hydration temperature on mechanical resistance of Portland cement mortar and paste.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zajac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement Wapno Beton</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 21, pp.68-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2404,363 +2404,363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00418703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms and parameters controlling the tricalcium aluminate reactivity in the presence of gypsum.</w:t>
+                <w:t xml:space="preserve">La saga des matériaux: classes et mise en forme des céramiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Minard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Garrault</w:t>
+                <w:t xml:space="preserve">Didier Bernache-Assollant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Regnaud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Paul Carry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Industrie céramique et verrière (L’)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1011, pp.40-74</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00418705v1</w:t>
+                <w:t xml:space="preserve">hal-00293788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La saga des matériaux: classes et mise en forme des céramiques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanisms and parameters controlling the tricalcium aluminate reactivity in the presence of gypsum.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
+                <w:t xml:space="preserve">H. Minard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Paul Carry</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laure Regnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nonat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrie céramique et verrière (L’)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 37, pp.1418-1426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2007.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00293788v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raw materials dossier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bernache-Assollant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Carry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chaput.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Industrie céramique et verrière (L’)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 1012, pp.40-73</w:t>
@@ -2815,51 +2815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lagosz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Malolepszy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Garrault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 36, pp.1016-1022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3013,51 +3013,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00017465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3272,1343 +3272,1468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04229925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of boric acid on the hydration of magnesium phosphate cement at an early age</w:t>
+                <w:t xml:space="preserve">Investigation of the pozzolanic potential of calcined kaolinitic clays: influence of calcination process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Lahalle</w:t>
+                <w:t xml:space="preserve">Julia Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Izoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Cauditcoumes</w:t>
+                <w:t xml:space="preserve">Laurence Galoisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sandrine Gauffinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Lambertin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Delpech</w:t>
+                <w:t xml:space="preserve">C. Lanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCC-2015 - 14th International Congress on the Chemistry of Cement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Beijin, China</w:t>
+              <w:t xml:space="preserve">International Conference on Calcined Clays for Sustainable Concrete 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lausanne ( CH), Switzerland. pp.189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02509270v1</w:t>
+                <w:t xml:space="preserve">hal-05568279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'hydratation du ciment phospho-magnésien au jeune age influence de l'acide borique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Influence of boric acid on the hydration of magnesium phosphate cement at an early age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lahalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cauditcoumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lambertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GFC Journees Annuelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t>
+              <w:t xml:space="preserve">ICCC-2015 - 14th International Congress on the Chemistry of Cement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Beijin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02489476v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02509270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tricalcium silicate modeling and numerical simulations</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Etude de l'hydratation du ciment phospho-magnésien au jeune age influence de l'acide borique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Lahalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cauditcoumes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lambertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cannes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CONMOD 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">GFC Journees Annuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452363v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02489476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retardation mechanisms of sodium gluconate for hydration of pure tricalcium silicate and alite in cement</w:t>
+                <w:t xml:space="preserve">Tricalcium silicate modeling and numerical simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Nonat</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Nicoleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29 th Cement and Concrete Science Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Leeds, United Kingdom</w:t>
+              <w:t xml:space="preserve">CONMOD 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452420v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydration of alite containing alumimium</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Retardation mechanisms of sodium gluconate for hydration of pure tricalcium silicate and alite in cement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luc Nicoleau</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Sallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Michaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29 th Cement and Concrete Science Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2009, Leeds, United Kingdom. pp.9-12</w:t>
+              <w:t xml:space="preserve">, 2009, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452386v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydration of Ferrite Phase</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydration of alite containing alumimium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Begarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Garrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nonat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Nicoleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transfer of knowledge Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">29 th Cement and Concrete Science Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Leeds, United Kingdom. pp.9-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452388v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alite hydration modelling and numerical simulations</w:t>
+                <w:t xml:space="preserve">Hydration of Ferrite Phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Garrault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workhop on hydration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Morges, Switzerland</w:t>
+              <w:t xml:space="preserve">Transfer of knowledge Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452407v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of high nitrate salts concentration on dimensional variations of mortars under wet curing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alite hydration modelling and numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Garrault</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on waste cement hydration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Nantes, France</w:t>
+              <w:t xml:space="preserve">Workhop on hydration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Morges, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452394v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports de la rhéométrie dynamique et du couplage rhéométrie-microcalorimétrie pour l'étude de la cohésion des pâtes de ciment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of high nitrate salts concentration on dimensional variations of mortars under wet curing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Benard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">H. Minard</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cau Dit Coumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43 eme colloque Annuel du Groupe Francais de Rhéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Palaiseau, France. pp.119-122</w:t>
+              <w:t xml:space="preserve">Workshop on waste cement hydration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452423v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UNDERSTANDING OF REACTIONAL SEQUENCES AND LIMITING STAGES DURING TRICALCIUM ALUMINATE HYDRATION WITH AND WITHOUT GYPSUM.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Apports de la rhéométrie dynamique et du couplage rhéométrie-microcalorimétrie pour l'étude de la cohésion des pâtes de ciment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Garrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Zacak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Minard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12 th International Congress on the Chemistry of Cement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Montreal, Canada. pp.M1-01.1</w:t>
+              <w:t xml:space="preserve">43 eme colloque Annuel du Groupe Francais de Rhéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Palaiseau, France. pp.119-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452356v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of &amp;quot;alite-tricalcium silicate-gypsum&amp;quot;complex system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">UNDERSTANDING OF REACTIONAL SEQUENCES AND LIMITING STAGES DURING TRICALCIUM ALUMINATE HYDRATION WITH AND WITHOUT GYPSUM.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Minard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Nonat</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27 th Cement and Concrete Science Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">12 th International Congress on the Chemistry of Cement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Montreal, Canada. pp.M1-01.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452411v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydration of silicate phase and mechanical evolution in 'alite-tricalcium aluminate-gypsum' complex system</w:t>
+                <w:t xml:space="preserve">Study of &amp;quot;alite-tricalcium silicate-gypsum&amp;quot;complex system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Minard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">André Nonat</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12 th International Congress on the Chemistry of Cement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Montreal, Canada. pp.TH6-08.1</w:t>
+              <w:t xml:space="preserve">27 th Cement and Concrete Science Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00452352v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of temperature on the development of C-S-H during early hydration of C3S</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydration of silicate phase and mechanical evolution in 'alite-tricalcium aluminate-gypsum' complex system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Garrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.P. Korb</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Minard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Nonat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12 th International Congress on the Chemistry of Cement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Montreal, Canada. pp.TH6-08.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00452352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of temperature on the development of C-S-H during early hydration of C3S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Zacak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Garrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Korb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Nonat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12 th International Congress on the Chemistry of Cement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Montreal, Canada. pp.W1-06.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00452150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId156"/>
+      <w:footerReference w:type="default" r:id="rId160"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4676,51 +4801,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="51A53725"/>
+    <w:nsid w:val="483DB2DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4907,51 +5032,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandrine-gauffinet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3704-6654" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076325172" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04988364v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis M&#233;riot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Izoret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;no&#235;lle de Noirfontaine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Courtial" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.20461" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571877v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=sandrine Gauffinet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle de Noirfontaine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Alloncle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2024.107518" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03814313v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Tusseau-Nenez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.18764" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411813v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#233;riot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. de Noirfontaine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Izoret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courtial" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tusseau-Nenez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273322092105" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280341v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rousselet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biwan Xu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Albert-Mercier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106608" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008865v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lahalle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Mercier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lambertin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cannes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.04.010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716467v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pochard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turesson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.6b00445" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02380884v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lafond" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gauffinet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chartier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stefan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.11.003" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998990v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delpech" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Barr&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Thuan Tran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0211713jes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446094v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brunel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pochard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turesson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b04047" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045485v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2016.04.010" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XN06MP37-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327498v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Foumentin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faure" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Peter" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lesueur" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.06.009" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8PFDMJ4X-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705595v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roussel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ovarlez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Garrault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brumaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.09.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B858W5B7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452127v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Begarin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Nicoleau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nonat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418718v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. B&#233;nard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garrault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nonat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courtois" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2008.04.001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QF23NRK8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418730v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau-Dit-Coumes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2008.03.019" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64DMGZ3B-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418703v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zajac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418705v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Minard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Regnaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2007.06.001" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QHSFDQ4H-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293788v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bernache-Assollant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Paul Carry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chaput" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293786v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chaput." TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077821v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lagosz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Malolepszy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2006.01.006" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0T8BXBS9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017465v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Behr" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0547212" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-WXS3LCX4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715011v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadin Guillaume" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Serbource" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14359/51742009" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229925v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Demeusy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509270v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lahalle" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cauditcoumes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lambertin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cannes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpech" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489476v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452363v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452420v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sallier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Michaux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452386v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452388v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452407v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452394v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Benard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452423v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Zacak" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452356v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452411v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452352v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452150v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Korb" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandrine-gauffinet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3704-6654" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076325172" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04988364v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis M&#233;riot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Izoret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;no&#235;lle de Noirfontaine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Courtial" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.20461" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571877v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=sandrine Gauffinet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle de Noirfontaine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Alloncle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2024.107518" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03814313v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Tusseau-Nenez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.18764" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411813v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#233;riot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. de Noirfontaine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Izoret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courtial" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tusseau-Nenez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273322092105" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280341v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rousselet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biwan Xu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Albert-Mercier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2021.106608" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008865v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lahalle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Mercier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lambertin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cannes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.04.010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716467v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pochard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Turesson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.6b00445" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02380884v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lafond" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gauffinet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chartier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stefan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.11.003" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998990v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delpech" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Barr&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Thuan Tran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0211713jes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446094v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brunel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pochard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turesson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.6b04047" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045485v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2016.04.010" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XN06MP37-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327498v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Foumentin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faure" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Peter" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lesueur" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.06.009" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8PFDMJ4X-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705595v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roussel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ovarlez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Garrault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brumaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.09.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B858W5B7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418730v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. B&#233;nard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garrault" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nonat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau-Dit-Coumes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2008.03.019" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64DMGZ3B-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452127v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Begarin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Nicoleau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418718v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nonat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courtois" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2008.04.001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QF23NRK8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418703v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zajac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293788v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bernache-Assollant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Paul Carry" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chaput" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418705v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Minard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Regnaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2007.06.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QHSFDQ4H-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293786v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chaput." TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077821v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lagosz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Malolepszy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2006.01.006" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0T8BXBS9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017465v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Behr" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0547212" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-WXS3LCX4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715011v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadin Guillaume" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Serbource" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14359/51742009" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229925v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Demeusy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568279v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Jourdan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Galoisy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lanos" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509270v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lahalle" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cauditcoumes" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lambertin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cannes" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpech" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489476v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452363v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452420v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sallier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Michaux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452386v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452388v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452407v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452394v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Benard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452423v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Zacak" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452356v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452411v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452352v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452150v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Korb" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>