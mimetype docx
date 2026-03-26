--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -537,256 +537,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05308890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activités physiques des femmes âgées : assignations sexuées et inégalités</w:t>
+                <w:t xml:space="preserve">ACTIVITÉS PHYSIQUES DES FEMMES AGÉES : ASSIGNATIONS SEXUÉES ET INÉGALITÉS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérontologie et Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, vol. 47/n° 177 (3), pp.33-53. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05250613v1</w:t>
+                <w:t xml:space="preserve">hal-04876008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ACTIVITÉS PHYSIQUES DES FEMMES AGÉES : ASSIGNATIONS SEXUÉES ET INÉGALITÉS</w:t>
+                <w:t xml:space="preserve">Activités physiques des femmes âgées : assignations sexuées et inégalités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alban Lebecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérontologie et Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, A paraître</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, vol. 47/n° 177 (3), pp.33-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gs1.177.0033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04876008v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05250613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participer à un programme de prévention de l’obésité : rapports aux normes et appropriations différenciées</w:t>
               </w:r>
@@ -844,295 +844,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04398937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du gestionnaire à l’entrepreneur : rôles et figures différenciés du responsable de diplôme dans l’enseignement supérieur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Benoit</w:t>
+                <w:t xml:space="preserve">Editorial - &amp;quot;Le développement de l'activité physique à des fins de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2021/3 (98), pp.33-46</w:t>
+              <w:t xml:space="preserve">Management &amp; Avenir Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Management Prospective Editions, 1 (10), pp.7-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04265516v1</w:t>
+                <w:t xml:space="preserve">hal-04594054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouveaux formats de course, nouveaux engagements ? L’exemple des courses de type « Backyard »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Lancelevé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 122, pp.19-30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/sm/2023004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04276770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial - &amp;quot;Le développement de l'activité physique à des fins de santé</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manuela Bardet</w:t>
+                <w:t xml:space="preserve">Du gestionnaire à l’entrepreneur : rôles et figures différenciés du responsable de diplôme dans l’enseignement supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management &amp; Avenir Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Management Prospective Editions, 1 (10), pp.7-11</w:t>
+              <w:t xml:space="preserve">Recherche et formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2021/3 (98), pp.33-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04594054v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04265516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paysage associatif du cancer : quelles spécificités pour les associations de parents ?</w:t>
               </w:r>
@@ -1315,919 +1315,919 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03108079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’insertion professionnelle au prisme des relations entre parcours de formation et emploi. Le cas des diplômé·e·s de la faculté des sciences du sport de Strasbourg (2010-2014)</w:t>
+                <w:t xml:space="preserve">Des formes différenciées de réception d’actions de prévention de l’obésité. L’exemple d’un programme de sport-santé à destination d’étudiants obèses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Orientation scolaire et professionnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 49/4, pp.559-674. </w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3, pp.51-67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/osp.13333⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfas.203.0051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03080886v1</w:t>
+                <w:t xml:space="preserve">hal-03083282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des formes différenciées de réception d’actions de prévention de l’obésité. L’exemple d’un programme de sport-santé à destination d’étudiants obèses</w:t>
+                <w:t xml:space="preserve">L’insertion professionnelle au prisme des relations entre parcours de formation et emploi. Le cas des diplômé·e·s de la faculté des sciences du sport de Strasbourg (2010-2014)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3, pp.51-67. </w:t>
+              <w:t xml:space="preserve">L'Orientation scolaire et professionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49/4, pp.559-674. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfas.203.0051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/osp.13333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03083282v1</w:t>
+                <w:t xml:space="preserve">hal-03080886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages du vélo et rapports aux espaces publics des enfants : permanence de la division par sexe dans un dispositif d’apprentissage dans un quartier populaire à Strasbourg</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Vieille Marchiset</w:t>
+                <w:t xml:space="preserve">Les parcours de prévention par le sport de l’obésité chez les enfants d’un quartier populaire strasbourgeois : transmissions familiales et rapports à l’activité physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Grassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Enaux</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enfances, Familles, Générations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 103, pp.75-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2019002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02490159v1</w:t>
+                <w:t xml:space="preserve">hal-03013426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prescription médicale d’activité physique et perspectives socio-écologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 31 (6), pp.827. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/spub.196.0827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03080874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle du poids des enfants et activité physique dans un quartier populaire strasbourgeois : modèles familiaux et recommandations de santé publique Children’s weight control and physical activity in a popular neighborhood of Strasbourg : family models and public health recommendations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Usages du vélo et rapports aux espaces publics des enfants : permanence de la division par sexe dans un dispositif d’apprentissage dans un quartier populaire à Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vieille Marchiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enno Edzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Grassler</w:t>
+                <w:t xml:space="preserve">Arnaud Piombini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Knobe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+                <w:t xml:space="preserve">Christophe Enaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enfances, Familles, Générations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 33</w:t>
+              <w:t xml:space="preserve">, 2019, 30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429909v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02490159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des patient·e·s face aux actions de promotion de la santé par les activités physiques : pluralité des formes de réception</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+                <w:t xml:space="preserve">Contrôle du poids des enfants et activité physique dans un quartier populaire strasbourgeois : modèles familiaux et recommandations de santé publique Children’s weight control and physical activity in a popular neighborhood of Strasbourg : family models and public health recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Grassler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Enfances, Familles, Générations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02987534v1</w:t>
+                <w:t xml:space="preserve">hal-02429909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les parcours de prévention par le sport de l’obésité chez les enfants d’un quartier populaire strasbourgeois : transmissions familiales et rapports à l’activité physique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des patient·e·s face aux actions de promotion de la santé par les activités physiques : pluralité des formes de réception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 103, pp.75-88. </w:t>
+              <w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, N°17 (1), pp.91-101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/sm/2019002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/corp1.017.0091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03013426v1</w:t>
+                <w:t xml:space="preserve">hal-02987534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health concepts among socially disadvantaged children in France, Germany and Switzerland</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discours de santé publique et activité physique dans les populations socialement défavorisées. Une analyse comparative des accommodations populaires dans quatre pays européens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vieille-Marchiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Aceti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elke Grimminger-Seidensticker</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilles Vieille Marchiset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Promotion International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33, pp.S12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/heapro/day099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02486400v1</w:t>
+                <w:t xml:space="preserve">hal-02429898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discours de santé publique et activité physique dans les populations socialement défavorisées. Une analyse comparative des accommodations populaires dans quatre pays européens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Vieille-Marchiset</w:t>
+                <w:t xml:space="preserve">Health concepts among socially disadvantaged children in France, Germany and Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elke Grimminger-Seidensticker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Aceti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elke Grimminger-Seidensticker</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vieille Marchiset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 33, pp.S12. </w:t>
+              <w:t xml:space="preserve">Health Promotion International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/heapro/day099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429898v1</w:t>
+                <w:t xml:space="preserve">hal-02486400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports graduate capabilities and competencies: a comparison of graduate and employer perceptions in six EU countries</w:t>
               </w:r>
@@ -3032,152 +3032,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03659844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corps en mouvement, corps en santé. Regards socio-anthropologiques sur des enfants de quartiers pauvres en Europe</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Georges Weisz, Chronic disease in the twentieth century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Observatoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 80, pp.9-13</w:t>
+              <w:t xml:space="preserve">Lectures [En ligne], Les comptes rendus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05258219v1</w:t>
+                <w:t xml:space="preserve">hal-05276578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport sur ordonnance : enquête sur un dispositif local de santé</w:t>
               </w:r>
@@ -3239,100 +3187,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05256603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Weisz, Chronic disease in the twentieth century</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Corps en mouvement, corps en santé. Regards socio-anthropologiques sur des enfants de quartiers pauvres en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vieille Marchiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Aceti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romaine Didierjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Digennaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lectures [En ligne], Les comptes rendus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">L'Observatoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80, pp.9-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05276578v1</w:t>
+                <w:t xml:space="preserve">hal-05258219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La juste mesure. Une sociologie historique des normes alimentaires</w:t>
               </w:r>
@@ -3761,243 +3761,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05254443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personnification et individualisation des corps malades : enjeu politique ou gestion individuelle dans la lutte contre le cancer du sein</w:t>
+                <w:t xml:space="preserve">La performance au regard de l’effort sportif : quelques réflexions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lien social et Politiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 7, pp.60-75</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02542894v1</w:t>
+                <w:t xml:space="preserve">hal-03186263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les associations de lutte contre le cancer face aux inégalités sociales de santé</w:t>
+                <w:t xml:space="preserve">Personnification et individualisation des corps malades : enjeu politique ou gestion individuelle dans la lutte contre le cancer du sein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Sociologie Santé - RSS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lien social et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 59, pp.93-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/018816ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02542890v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02542894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La performance au regard de l’effort sportif : quelques réflexions</w:t>
+                <w:t xml:space="preserve">Les associations de lutte contre le cancer face aux inégalités sociales de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 7, pp.60-75</w:t>
+              <w:t xml:space="preserve">Revue Sociologie Santé - RSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03186263v1</w:t>
+                <w:t xml:space="preserve">hal-02542890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépassement et transformation de soi. Comment devenir pratiquant d'ultrafond ?</w:t>
               </w:r>
@@ -4417,64 +4417,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les diplômés en STAPS au regard des autres diplômés de l’enseignement supérieur : quelques singularités remarquables, des études à l’emploi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parcours et expériences en formation initiale : quel(s) impact(s) sur l’insertion ? - Tome 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 26, Céreq, pp.49-65, 2024, Céreq Echanges, </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4502,518 +4502,518 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sport-santé sur ordonnance à Strasbourg : socialisations et appropriations différenciées d’un dispositif innovant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The mobility of workers in sport: issues and tensions between trade unions and sports institutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Claire Perrin; Clément Perrier; Damien Issanchou. </w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hélène Michel; Mélanie Schmitt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bouge pour ta santé ! Analyse des dynamiques contemporaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Grenoble, 2023, 978-2-7061-4355-7</w:t>
+              <w:t xml:space="preserve">The EU’s Government of Worker Mobility. An Interdisciplinary Discussion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp.99-126, 2023, 9781032288147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04007284v1</w:t>
+                <w:t xml:space="preserve">hal-04007274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mobility of workers in sport: issues and tensions between trade unions and sports institutions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sport-santé sur ordonnance à Strasbourg : socialisations et appropriations différenciées d’un dispositif innovant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Schmitt</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">Hélène Michel; Mélanie Schmitt. </w:t>
+                <w:t xml:space="preserve">Floriane Lutrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claire Perrin; Clément Perrier; Damien Issanchou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The EU’s Government of Worker Mobility. An Interdisciplinary Discussion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, , pp.99-126, 2023, 9781032288147</w:t>
+              <w:t xml:space="preserve">Bouge pour ta santé ! Analyse des dynamiques contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Grenoble, 2023, 978-2-7061-4355-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04007274v1</w:t>
+                <w:t xml:space="preserve">hal-04007284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mobility of professional athletes in Europe: status, perspectives, and issues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The challenges to labour mobility at the European level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco de Palma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hélène Michel; Mélanie Schmitt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The EU’s Government of Worker Mobility. An Interdisciplinary Discussion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , pp.127-142, 2023, 9781032288147</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-20, 2023, 9781032288147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003298649-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04007275v1</w:t>
+                <w:t xml:space="preserve">hal-04007298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The challenges to labour mobility at the European level</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">The mobility of professional athletes in Europe: status, perspectives, and issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hélène Michel; Mélanie Schmitt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The EU’s Government of Worker Mobility. An Interdisciplinary Discussion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1, </w:t>
-[...13 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">, , pp.127-142, 2023, 9781032288147</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4324/9781003298649-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04007298v1</w:t>
+                <w:t xml:space="preserve">hal-04007275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les catégories de jugement à l’œuvre à l’entrée en formation en STAPS et sur le marché́ du travail sportif : tensions entre propriétés sportives, connaissances académiques et savoir-être, savoirs d’expériences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5245,77 +5245,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Types de qualification et parcours professionnels des diplômé∙e∙s en sciences du sport. L’exemple des diplômé∙e∙s (2010‐2014) de la faculté des sciences du sport de Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEREQ Echanges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5526,51 +5526,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une Europe par le football : réalité ou illusion ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6242,156 +6242,274 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05275437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'Eurométropole de Strasbourg : un terrain d'inspiration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Glatron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Enaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adine Hector</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Jagou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des espaces verts et des pratiques : l’exemple des quartiers Gare et Esplanade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Enaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Jagou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04007297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6401,284 +6519,267 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation et parcours professionnels des femmes occupant des postes de « top managers » dans les organisations sportives en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Mischler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès international de la Société de Sociologie du Sport de Langue Française (3SLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des inégalités sociales et épistémiques sur l’engagement contrasté des femmes et des hommes de 60 ans et plus dans une activité physique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
+                <w:t xml:space="preserve">Les femmes « top managers » dans les organisations sportives en France : caractérisation des séquences professionnelles (en regard de celles des hommes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Mischler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Colloque international du REIACTIS : Trajectoires de vieillissements Considérer la pluralité des contextes et des temps</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RÉIACTIS, Jun 2024, Montréal (Québec), Canada</w:t>
+              <w:t xml:space="preserve">3ème congrès de la Société Savante de Management du Sport : La recherche en management du sport peut-elle être durable, responsable, éthique ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609141v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05157481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’engagement contrasté des hommes et des femmes de plus de 60 ans dans une activité physique : effets des inégalités sociales et épistémiques sur la variation des trajectoires sportives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6687,245 +6788,262 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Saint-martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Mischler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour que vieillir soit une chance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSERM, Apr 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04609052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les femmes « top managers » dans les organisations sportives en France : caractérisation des séquences professionnelles (en regard de celles des hommes)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Effets des inégalités sociales et épistémiques sur l’engagement contrasté des femmes et des hommes de 60 ans et plus dans une activité physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème congrès de la Société Savante de Management du Sport : La recherche en management du sport peut-elle être durable, responsable, éthique ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">7e Colloque international du REIACTIS : Trajectoires de vieillissements Considérer la pluralité des contextes et des temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RÉIACTIS, Jun 2024, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05157481v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'engagement des femmes de plus de 60 ans dans une activité physique : effets des inégalités sociales et épistémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yes Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Stéphanie Abouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6940,513 +7058,513 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème congrès international de l’Institut du genre, « No(s) Futur(s). Genre : bouleversements, utopies, impatiences », Université Toulouse - Jean Jaurès, du 4 au 7 juillet 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04398943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment appréhender les variations intra-individuelles ? L’exemple d’une étude qualitative longitudinale auprès de participants à un programme de sport-santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIe congrès international de la Société de Sociologie du Sport de Langue Française : "Penser le changement. La sociologie face aux « innovations » sportives" (3SLF), Lyon, France, 07-09 juin 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04127568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cadres dirigeants dans les organisations sportives au prisme de leur parcours de formation et de leur trajectoire professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Mischler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIe congrès international de la Société de Sociologie du Sport de Langue Française : "Penser le changement. La sociologie face aux « innovations » sportives" (3SLF), Lyon, France, 07-09 juin 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04127566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les seniors Actifs GV : L'engagement des femmes de plus de 60 ans dans une activité physique. Effets des inégalités sociales et épistémiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Stéphanie Abouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Mischler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3e Congrès Genre : No(s) Futur(s) Genre : bouleversements, utopies, impatiences.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04312646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques physiques et confinement(s) : rupture ou continuité chez les bénéficiaires d’un programme de sport-santé ? Effets des socialisations, des conditions de vie et des situations personnelles</w:t>
+                <w:t xml:space="preserve">Recomposition des pratiques physiques en confinement : effets des socialisations, des conditions de vie et des situations personnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international 3SLF, Rennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">Congrès "Les enjeux des jeux. Contribution de la recherche en sciences humaines et sociales du sport aux Jeux Olympiques et Paralympiques de Paris 2024", Montpellier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04007281v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04007279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport-santé en Europe : circulation de modèles et traductions locales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Universités Sportives d’Été (USE), Clermont-Ferrand</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04007282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’inégale distribution des ressources et les formes d’engagement des bénéficiaires du dispositif Mulhouse Sport-Santé (MSS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Orival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7462,2157 +7580,2157 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès "Les enjeux des jeux. Contribution de la recherche en sciences humaines et sociales du sport aux Jeux Olympiques et Paralympiques de Paris 2024", Montpellier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04007276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sport-santé et inégalités sociales : mieux comprendre les formes d'engagement des bénéficiaires de prescription médicale d'activité physique</w:t>
+                <w:t xml:space="preserve">Pratiques physiques et confinement(s) : rupture ou continuité chez les bénéficiaires d’un programme de sport-santé ? Effets des socialisations, des conditions de vie et des situations personnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">École d’été – ESS, ESS, bien vivre et Santé globale : Recherche partenariale et innovation pédagogique, Mulhouse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">Congrès international 3SLF, Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04007280v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04007281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dispositifs sport-santé sur ordonnance et leurs publics : les exemples de Strasbourg et de Mulhouse</w:t>
+                <w:t xml:space="preserve">Sport-santé et inégalités sociales : mieux comprendre les formes d'engagement des bénéficiaires de prescription médicale d'activité physique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christelle Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Assises Européennes du sport-santé sur ordonnance, Strasbourg</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">École d’été – ESS, ESS, bien vivre et Santé globale : Recherche partenariale et innovation pédagogique, Mulhouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04007278v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04007280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire parler des enfants sur la santé et les activités physiques : retour méthodologique sur une enquête dans des quartiers pauvres en Europe</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les dispositifs sport-santé sur ordonnance et leurs publics : les exemples de Strasbourg et de Mulhouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elke Grimminger-Seidensticker</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Marsault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence LASALE, HEP Lausanne, 2 juin 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">5èmes Assises Européennes du sport-santé sur ordonnance, Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04500354v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04007278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les programmes Erasmus + Sport : avancées et limites d’un dispositif de recherche européenne. Expériences vécues à partir de recherches sur l’employabilité des diplômés en sciences du sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Mischler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès "Les enjeux des jeux. Contribution de la recherche en sciences humaines et sociales du sport aux Jeux Olympiques et Paralympiques de Paris 2024", Montpellier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04007277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recomposition des pratiques physiques en confinement : effets des socialisations, des conditions de vie et des situations personnelles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Faire parler des enfants sur la santé et les activités physiques : retour méthodologique sur une enquête dans des quartiers pauvres en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vieille-Marchiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Aceti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elke Grimminger-Seidensticker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès "Les enjeux des jeux. Contribution de la recherche en sciences humaines et sociales du sport aux Jeux Olympiques et Paralympiques de Paris 2024", Montpellier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Conférence LASALE, HEP Lausanne, 2 juin 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04007279v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temps du cancer et engagement associatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop sur le thème de l’après-cancer, Cancéropôle Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03289429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les actions de &amp;quot;sport-santé&amp;quot; à l’épreuve des histoires individuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du projet PrescAPP (La PRESCription d’Activité Physique dans les Parcours de prise en charge des personnes vieillissantes à l’aune des inégalités de santé : une comparaison entre territoires français)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03188368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels changements en confinement ? Recomposition des pratiques physiques d’étudiants bénéficiaires d’un programme de sport-santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Congrès de l’Association Française de Sociologie, 06-09/07/2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03289428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se (re)mettre à l’activité physique : logiques sociales et engagement pluriel dans des actions de &amp;quot;sport-santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Suisse de Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Neuchâtel, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dimensions territoriales du sport sur ordonnance : revue de littérature en sciences sociales et santé publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international de la Société de sociologie du sport de langue française (3SLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La promotion de la santé par les activités physiques. Des exemples en quartiers populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de l’Atelier Sherpas de l’Unité de Recherche Pluridisciplinaire Sport, Santé, Société (URePSSS–EA 7369)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Liévin, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des patient·e·s face aux prescriptions de l’activité physique dans le dispositif sport-santé sur ordonnance de Strasbourg</w:t>
+                <w:t xml:space="preserve">Les associations de lutte contre le cancer en France : sociogenèse de l’engagement des patient·e·s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque intermédiaire du CR 35 « Sociologie du sport » de l’AISLF, « Activité physique, santé et innovations : questions scientifiques – questions sociales »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude en sociologie sur « les mobilisations associatives et les cancers pédiatriques », Aix-Marseille Université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04841937v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pluralité des trajectoires de patient·e·s face aux actions de promotion de la santé par les activités physiques</w:t>
+                <w:t xml:space="preserve">Des patient·e·s face aux prescriptions de l’activité physique dans le dispositif sport-santé sur ordonnance de Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude « sport et santé », Body-week 2018, Université Paris Descartes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque intermédiaire du CR 35 « Sociologie du sport » de l’AISLF, « Activité physique, santé et innovations : questions scientifiques – questions sociales »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04847244v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04841937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La voix des patients-partenaires. Co-construire un projet d’information et de formation sur le poids et le surpoids en QPV - Journée d'étude Programme de recherche Université - Eurométropole - ARS Grand Est</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bonah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lea Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études Programme de recherche Eurométropole-ARS Grabd Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les associations de lutte contre le cancer en France : sociogenèse de l’engagement des patient·e·s</w:t>
+                <w:t xml:space="preserve">Pluralité des trajectoires de patient·e·s face aux actions de promotion de la santé par les activités physiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude en sociologie sur « les mobilisations associatives et les cancers pédiatriques », Aix-Marseille Université</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude « sport et santé », Body-week 2018, Université Paris Descartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04847247v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Health discourses and role of physical activity in socially disadvantaged families: A comparative analysis in four European Countries.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Aceti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elke Grimminger-Seidensticker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vieille-Marchiset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Word congress of sociology of sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02486403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical activity for health promotion: examples of research projects conducted in Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de l’E3S, « Santé et sport-santé : patients, acteurs et dispositifs. Approche comparative franco-italienne en sociologie et en anthropologie »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical activity programs for health promotion: examples of sociological studies commissioned by local organizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’International Sociology of Sport Association (ISSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interroger l’insertion professionnelle des diplômés en sciences du sport : apports, limites et effets d’une comparaison des points de vue des diplômés et des employeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’ISSA (International Sociology of Sport Association), Lausanne, Suisse, 05 mai 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05287539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surpoids et activité physique dans les quartiers populaires : le poids des inégalités sociales de santé - Journée d'études Université de Strasbourg-Eurmétropole-ARS Grand Est</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études - Contrat de ville Eurométropole/ A RS Grand Est 2016-2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questionner la transmission intergénérationnelle : vers la construction d’un nouveau protocole de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Grassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire franco-allemand « Sport, enfants réfugiés et intégration socio-spatiales des familles d’origine syrienne »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appropriation, accommodation ou résistance : essai de typologie des rapports sociaux aux dispositifs de promotion de la santé par les activités physiques. Des exemples à Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Monde du sport, monde de la santé : quelles relations, quels croisements ? », Université Paris Decartes, Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il faut capitaliser de la santé ! Des normes de promotion de l’activité physique saisies par des familles de quartiers pauvres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Aceti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elke Grimminger-Seidensticker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vieille-Marchiset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEG Jahrestagung/ Colloque Annuel de la SSE/ Annual Meeting of the SAA Neuchâtel, 9 11.11.2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Neuchâtel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02490165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Questions méthodologiques : comment reconstruire les parcours et les processus de socialisation ?</w:t>
+                <w:t xml:space="preserve">Comment encourager la pratique d’activités physiques ? Quelques éléments de réflexion autour de dispositifs publics de promotion de la santé par les activités physiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire franco-allemand « L’enjeu de la socialisation corporelle et sportive des jeunes réfugié.e.s en Allemagne et en France », Technische Universität Dortmund</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Dortmund, Allemagne</w:t>
+              <w:t xml:space="preserve">Université européenne du sport, UFOLEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04847249v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment encourager la pratique d’activités physiques ? Quelques éléments de réflexion autour de dispositifs publics de promotion de la santé par les activités physiques</w:t>
+                <w:t xml:space="preserve">Questions méthodologiques : comment reconstruire les parcours et les processus de socialisation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Université européenne du sport, UFOLEP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Séminaire franco-allemand « L’enjeu de la socialisation corporelle et sportive des jeunes réfugié.e.s en Allemagne et en France », Technische Universität Dortmund</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Dortmund, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04847251v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La promotion de la santé par les activités physiques à l’épreuve des contraintes et ressources des milieux populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Promotion de la santé par les activités physiques et inégalités sociales et territoriales. Une enquête comparative européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation initiale et insertions professionnelles. À propos des étudiants en échec au Capeps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9628,73 +9746,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Congrès international de la Société de sociologie du sport de langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04841935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À l’épreuve de la causalité du probable : devenir professionnel d’une génération de malchanceux au concours de recrutement des professeurs d’éducation physique et sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9710,51 +9828,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Bourdieu et le travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04841934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9764,169 +9882,169 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« seniorsActifsGV » : Les ressorts de l’engagement des publics de plus de 60 ans dans une activité physique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Saint-martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Financement FFEPGV. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prescription médicale d’activité physique : quels effets sur la santé des Strasbourgeois ? Analyse qualitative du rapport à la pratique des patients dans le cadre du dispositif Sport-santé sur ordonnance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9935,65 +10053,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Agence Régionale de Santé d’Alsace. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId194"/>
+      <w:footerReference w:type="default" r:id="rId198"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10061,51 +10179,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B5A67F01"/>
+    <w:nsid w:val="A22ACABC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10292,51 +10410,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandrine-knobe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8875-3415" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069391319" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406495v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knob&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pus.unistra.fr/fr/livre/?gcoi=28682100818220" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04771093v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Bardet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mavs.010.0008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308890v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lef&#232;vre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Orival" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vieille Marchiset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.255.0043" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250613v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morales" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul G&#233;nolini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alban Lebecq" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.177.0033" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876008v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398937v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.045.04" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265516v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Pichot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276770v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lancelev&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023004" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594054v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404977v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gabarro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Schultz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108079v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Aceti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Grimminger-Seidensticker" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vieille-Marchiset" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080886v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.13333" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083282v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.203.0051" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490159v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enno Edzard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Piombini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Enaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080874v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.196.0827" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429909v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grassler" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knobe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987534v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.017.0091" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013426v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486400v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/day099" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429898v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.008" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486418v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Baker" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A. Loughren" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabitha Dickson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Goudas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Crone" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2017.1318105" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05257857v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Grimminger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05256848v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947150v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.187.0047" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632925v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaine Didierjean" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0017896914558644" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946938v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276479v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659844v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Digennaro" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258219v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05256603v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276578v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276512v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258144v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schorl&#233;-Stefan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258398v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542896v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975910375176" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256940v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254443v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2009.0854" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542894v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/018816ar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542890v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186263v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536179v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.012.0011" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542897v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2006.10707725" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311991v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knobe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536183v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534335v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Schorl&#233;-Stefan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515606v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12u2w" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007284v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Lutrat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007274v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Schmitt" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007275v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007298v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Palma" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-EUs-Government-of-Worker-Mobility-An-Interdisciplinary-Discussion/Michel-Schmitt/p/book/9781032288147" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003298649-3" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287874v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192354v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994879v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486409v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274453v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003492v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.meida.2019.01.0235" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486426v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koebel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05279733v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275592v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.meida.2015.01.0069" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275494v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275508v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926417v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marsault" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274447v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briatte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511368v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275437v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007297v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Merlet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Jagou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05157498v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mischler" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609141v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609052v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-martin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05157481v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398943v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yes Morales" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127568v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127566v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312646v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-Martin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007281v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007282v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007276v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007280v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007278v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500354v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007277v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007279v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289429v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188368v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289428v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847242v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847260v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847250v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841937v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847244v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429912v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jung" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonah" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Charton" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Barnier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847247v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486403v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847248v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847243v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287539v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429913v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05322921v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05288031v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490165v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847249v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847251v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847246v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841935v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841934v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984888v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291172v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandrine-knobe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8875-3415" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069391319" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406495v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knob&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pus.unistra.fr/fr/livre/?gcoi=28682100818220" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04771093v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Bardet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mavs.010.0008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308890v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lef&#232;vre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Orival" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vieille Marchiset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.255.0043" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876008v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morales" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250613v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul G&#233;nolini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alban Lebecq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.177.0033" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398937v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.045.04" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594054v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276770v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lancelev&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023004" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265516v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Pichot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404977v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gabarro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Schultz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108079v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Aceti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Grimminger-Seidensticker" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vieille-Marchiset" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083282v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.203.0051" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080886v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.13333" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013426v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grassler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019002" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080874v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.196.0827" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490159v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enno Edzard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Piombini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Enaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429909v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knobe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987534v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.017.0091" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429898v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.008" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486400v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/heapro/day099" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486418v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Baker" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A. Loughren" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabitha Dickson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Goudas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Crone" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2017.1318105" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05257857v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Grimminger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05256848v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947150v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.187.0047" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632925v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaine Didierjean" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0017896914558644" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946938v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276479v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659844v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Digennaro" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276578v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05256603v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258219v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05276512v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258144v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schorl&#233;-Stefan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258398v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542896v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975910375176" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256940v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254443v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2009.0854" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186263v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542894v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/018816ar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542890v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536179v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.012.0011" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542897v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2006.10707725" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311991v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knobe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536183v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534335v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Schorl&#233;-Stefan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515606v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12u2w" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007274v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Schmitt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007284v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Lutrat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007298v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Palma" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-EUs-Government-of-Worker-Mobility-An-Interdisciplinary-Discussion/Michel-Schmitt/p/book/9781032288147" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003298649-3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007275v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287874v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192354v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994879v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486409v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274453v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003492v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.meida.2019.01.0235" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486426v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koebel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05279733v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275592v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.meida.2015.01.0069" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275494v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275508v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926417v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marsault" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274447v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briatte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511368v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275437v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544125v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Blond" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adine Hector" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Jagou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007297v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Merlet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05157498v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mischler" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05157481v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609052v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-martin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609141v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398943v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yes Morales" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127568v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127566v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312646v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-Martin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007279v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007282v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007276v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007281v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007280v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007278v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007277v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500354v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289429v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188368v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289428v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847242v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847260v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847250v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847247v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841937v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429912v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jung" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonah" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Charton" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Barnier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847244v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486403v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847248v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847243v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05287539v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429913v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05322921v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05288031v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490165v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847251v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847249v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847246v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841935v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841934v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984888v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291172v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>