--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -166,295 +166,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding and Predicting Population Response to Anthropogenic Disturbance: Current Approaches and Novel Opportunities</w:t>
+                <w:t xml:space="preserve">Impacts sur la santé publique de la dynamique des populations de renards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassie Speakman</w:t>
+                <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Bull</w:t>
+                <w:t xml:space="preserve">Isabelle Villena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Cubaynes</w:t>
+                <w:t xml:space="preserve">Elsa Bonnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katrina Davis</w:t>
+                <w:t xml:space="preserve">Claude Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Devillard</w:t>
+                <w:t xml:space="preserve">Etienne Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 28 (8), pp.e70198. </w:t>
+              <w:t xml:space="preserve">Food Risk Assess Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 200 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.70198⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2903/fr.efsa.2025.FR-0062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05224159v1</w:t>
+                <w:t xml:space="preserve">hal-05124696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts sur la santé publique de la dynamique des populations de renards</w:t>
+                <w:t xml:space="preserve">Understanding and predicting population response to anthropogenic disturbance: current approaches and novel opportunities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
+                <w:t xml:space="preserve">Cassie Speakman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Villena</w:t>
+                <w:t xml:space="preserve">Sarah Bull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Bonnaud</w:t>
+                <w:t xml:space="preserve">Sarah Cubaynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Fischer</w:t>
+                <w:t xml:space="preserve">Katrina Davis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Giraud</w:t>
+                <w:t xml:space="preserve">Sébastien Devillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Risk Assess Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 200 p. </w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (8), pp.e70198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2903/fr.efsa.2025.FR-0062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ele.70198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05124696v1</w:t>
+                <w:t xml:space="preserve">hal-05224159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microsatellites and mitochondrial evidence of multiple introductions of the invasive raccoon Procyon lotor in France</w:t>
               </w:r>
@@ -568,291 +568,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-04003808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The DeepFaune initiative: a collaborative effort towards the automatic identification of European fauna in camera trap images</w:t>
+                <w:t xml:space="preserve">Using pedigree relations to inform capture‐recapture data for the estimation of census population size</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noa Rigoudy</w:t>
+                <w:t xml:space="preserve">Jeremy Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaspard Dussert</w:t>
+                <w:t xml:space="preserve">Elizabeth Kennedy-Overton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelbaki Benyoub</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean‐michel Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ruette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10344-023-01742-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Wildlife Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 87 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jwmg.22481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278674v2</w:t>
+                <w:t xml:space="preserve">hal-04273755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using pedigree relations to inform capture‐recapture data for the estimation of census population size</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The DeepFaune initiative: a collaborative effort towards the automatic identification of European fauna in camera trap images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noa Rigoudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaspard Dussert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Larroque</w:t>
+                <w:t xml:space="preserve">Abdelbaki Benyoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizabeth Kennedy-Overton</w:t>
+                <w:t xml:space="preserve">Aurélien Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐michel Vandel</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carole Birck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Wildlife Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 87 (8), </w:t>
+              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 69 (6), pp.113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jwmg.22481⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10344-023-01742-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273755v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278674v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of a multi-type resurgence of Mycobacterium bovis in cattle and badgers in Southwest France, 2007-2019</w:t>
               </w:r>
@@ -1234,619 +1234,619 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03918300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape genetic connectivity in European wildcat (Felis silvestris silvestris): a matter of food, shelters and demographic status of populations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic integrity of European wildcats: Variation across biomes mandates geographically tailored conservation strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Léger</w:t>
+                <w:t xml:space="preserve">Gonçalo Matias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Henry</w:t>
+                <w:t xml:space="preserve">Luís Miguel Rosalino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Gayet</w:t>
+                <w:t xml:space="preserve">Paulo Célio Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Queney</w:t>
+                <w:t xml:space="preserve">Annika Tiesmeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10592-022-01443-9⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 268, pp.109518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2022.109518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03998437v1</w:t>
+                <w:t xml:space="preserve">hal-04324415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of Bait Uptake by Badgers, Using Non-invasive Methods, in the Perspective of Oral Vaccination Against Bovine Tuberculosis in a French Infected Area</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Genetic variability and population size covary positively across nine badgers (Meles meles) populations in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Lesellier</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Duhayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fvets.2022.787932⟩</w:t>
+              <w:t xml:space="preserve">Mammal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 67 (2), pp.239-244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13364-021-00614-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03627099v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04789940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic variability and population size covary positively across nine badgers (Meles meles) populations in France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Jacquier</w:t>
+                <w:t xml:space="preserve">Landscape genetic connectivity in European wildcat (Felis silvestris silvestris): a matter of food, shelters and demographic status of populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Portanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Vandel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Duhayer</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Gayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Queney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mammal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13364-021-00614-2⟩</w:t>
+              <w:t xml:space="preserve">Conservation Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (3), pp.653-668. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10592-022-01443-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04789940v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03998437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic integrity of European wildcats: Variation across biomes mandates geographically tailored conservation strategies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carsten Nowak</w:t>
+                <w:t xml:space="preserve">Estimation of Bait Uptake by Badgers, Using Non-invasive Methods, in the Perspective of Oral Vaccination Against Bovine Tuberculosis in a French Infected Area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Payne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ruette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jacquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lesellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 268, pp.109518. </w:t>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.787932. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2022.109518⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2022.787932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04324415v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03627099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breaking down population density into different components to better understand its spatial variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Duhayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1904,623 +1904,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03234643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic evidence of individual specialization toward free-ranging chickens in a rural population of red foxes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’apport de la génétique dans la compréhension de l’évolution des populations de ratons laveurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Simon</w:t>
+                <w:t xml:space="preserve">Jean-François Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale C Chevret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arzhela Hemery</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Adriaens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Faune Sauvage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02492651v1</w:t>
+                <w:t xml:space="preserve">hal-02924490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population genetic structures at multiple spatial scales: importance of social groups in European badgers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvia Pardonnet</w:t>
+                <w:t xml:space="preserve">Detection of DNA from the zoonotic raccoon roundworm Baylisascaris procyonis in a French wolf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ruette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Boué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mammalogy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jmammal/gyaa090⟩</w:t>
+              <w:t xml:space="preserve">Parasitology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 78, pp.102155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.parint.2020.102155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03256002v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03294554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apport de la génétique dans la compréhension de l’évolution des populations de ratons laveurs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tim Adriaens</w:t>
+                <w:t xml:space="preserve">Population genetic structures at multiple spatial scales: importance of social groups in European badgers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jacquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Duhayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Pardonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faune Sauvage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Mammalogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (5), pp.1380-1391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jmammal/gyaa090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924490v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03256002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of DNA from the zoonotic raccoon roundworm Baylisascaris procyonis in a French wolf</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Duchamp</w:t>
+                <w:t xml:space="preserve">Isotopic evidence of individual specialization toward free-ranging chickens in a rural population of red foxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Boucher</w:t>
+                <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Boué</w:t>
+                <w:t xml:space="preserve">Arzhela Hemery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 78, pp.102155. </w:t>
+              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 66 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.parint.2020.102155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10344-019-1352-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03294554v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02492651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altitude shapes the environmental drivers of large‐scale variation in abundance of a widespread mammal species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Say</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Devillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2561,347 +2561,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03256004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Home-range size and fidelity of two sympatric Martes species</w:t>
+                <w:t xml:space="preserve">A review of the status of the Western polecat Mustela putorius : a neglected and declining species?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Larroque</w:t>
+                <w:t xml:space="preserve">Elizabeth Croose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.W. Duckworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Devillard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dmitry Skumatov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vyacheslav Kolesnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Zoology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/cjz-2017-0290⟩</w:t>
+              <w:t xml:space="preserve">Mammalia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 82 (6), pp.550-564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/mammalia-2017-0092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04945633v1</w:t>
+                <w:t xml:space="preserve">hal-04945634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review of the status of the Western polecat Mustela putorius : a neglected and declining species?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Home-range size and fidelity of two sympatric Martes species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.W. Duckworth</w:t>
+                <w:t xml:space="preserve">J. Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Skumatov</w:t>
+                <w:t xml:space="preserve">J.M. Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vyacheslav Kolesnikov</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mammalia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 82 (6), pp.550-564. </w:t>
+              <w:t xml:space="preserve">Canadian Journal of Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 96 (11), pp.1272-1277. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/mammalia-2017-0092⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1139/cjz-2017-0290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04945634v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Level- and scale-dependent habitat selection for resting sites by 2 syntopic Martes species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Devillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mammalogy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 98 (6), pp.1709-1720. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2974,51 +2974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Drouet-Hoguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Devillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Albaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3108,51 +3108,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Albaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel J. Chadoeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3188,368 +3188,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02636479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin and introduction history of the least weasel (Mustela nivalis) on Mediterranean and Atlantic islands inferred from genetic data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les prélèvements de renards limitent-ils leur densité? La compensation par immigration, un concept clé pour comprendre l'impact des prélèvements sur les populations de renards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lieury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mónica Rodrigues</w:t>
+                <w:t xml:space="preserve">S. Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Bos</w:t>
+                <w:t xml:space="preserve">M. Albaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Schembri</w:t>
+                <w:t xml:space="preserve">Franck Drouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo de Lima</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Petros Lymberakis</w:t>
+                <w:t xml:space="preserve">B. Baudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Invasions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Faune Sauvage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 310, pp.10-16</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04945637v1</w:t>
+                <w:t xml:space="preserve">hal-03532764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les prélèvements de renards limitent-ils leur densité? La compensation par immigration, un concept clé pour comprendre l'impact des prélèvements sur les populations de renards</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lieury</w:t>
+                <w:t xml:space="preserve">Origin and introduction history of the least weasel (Mustela nivalis) on Mediterranean and Atlantic islands inferred from genetic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ruette</w:t>
+                <w:t xml:space="preserve">Patrick Schembri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Albaret</w:t>
+                <w:t xml:space="preserve">Ricardo de Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Drouyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Baudoux</w:t>
+                <w:t xml:space="preserve">Petros Lymberakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faune Sauvage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19 (1), pp.399-421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10530-016-1287-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03532764v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age and sex-dependent effects of landscape cover and trapping on the spatial genetic structure of the stone marten (Martes foina)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Queney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Devillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conservation Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 17, pp.1293-1306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3577,938 +3577,938 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02053612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divergent landscape effects on genetic differentiation in two populations of the European pine marten (Martes martes)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Ruette</w:t>
+                <w:t xml:space="preserve">Compensatory immigration challenges predator control: An experimental evidence-based approach improves management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lieury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jm. Vandel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sebastien Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Albaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Drouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Wildlife Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 79 (3), pp.425 - 434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jwmg.850⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02025588v1</w:t>
+                <w:t xml:space="preserve">hal-03559057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying the age- and sex-dependent morphological variation in two syntopic mustelids: Martes martes and Martes foina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Albaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Devillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mammalian Biology: Zeitschrift für Säugetierkunde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 80, pp.414-423. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mambio.2015.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02018969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative survival pattern of the syntopic pine and stone martens in a trapped rural area in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">Divergent landscape effects on genetic differentiation in two populations of the European pine marten (Martes martes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Devillard</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jm. Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Devillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of zoology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Landscape Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 31, pp.517-531</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jzo.12201⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02018968v1</w:t>
+                <w:t xml:space="preserve">hal-02025588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“False heat,” big testes, and the onset of natal dispersal in European pine Martens (Martes martes)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Devillard</w:t>
+                <w:t xml:space="preserve">Comparative survival pattern of the syntopic pine and stone martens in a trapped rural area in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ruette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Albaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Devillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 61 (2), pp.333-337. </w:t>
+              <w:t xml:space="preserve">Journal of zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 295, pp.214-222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10344-014-0889-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jzo.12201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02025587v1</w:t>
+                <w:t xml:space="preserve">hal-02018968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The spatial distribution of [i]Mustelidae[/i] in France.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">“False heat,” big testes, and the onset of natal dispersal in European pine Martens (Martes martes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ruette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0121689⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 61 (2), pp.333-337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10344-014-0889-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01139313v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02025587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where to sleep in a rural landscape? A comparative study of resting sites pattern in two syntopic &amp;lt;i&amp;gt;Martes&amp;lt;/i&amp;gt; species</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The spatial distribution of [i]Mustelidae[/i] in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Chadoeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ecog.01133⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (3), pp.e0121689. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0121689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02025589v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01139313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compensatory immigration challenges predator control: An experimental evidence-based approach improves management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lieury</w:t>
+                <w:t xml:space="preserve">Where to sleep in a rural landscape? A comparative study of resting sites pattern in two syntopic &amp;lt;i&amp;gt;Martes&amp;lt;/i&amp;gt; species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Wildlife Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38 (11), pp.1129-1140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ecog.01133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jwmg.850⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03559057v1</w:t>
+                <w:t xml:space="preserve">hal-02025589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How reliable are morphological and anatomical characters to distinguish European wildcats, domestic cats and their hybrids in France?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Devillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Jombart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4662,51 +4662,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Lazarine Poulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Devillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Parasitology: Parasites and Wildlife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 2, pp.278-85. </w:t>
@@ -4757,77 +4757,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking habitat characteristics with genetic diversity of the European pine marten (Martes martes) in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mergey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jm. Vandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Helder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4903,90 +4903,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution and spatial genetic structure of European wildcat in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Say</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Devillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pontier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 15, pp.18-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5230,51 +5230,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preserving genetic integrity in a hybridising world: are European Wildcats (Felis silvestris silvestris) in eastern France distinct from sympatric feral domestic cats?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Devillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Say</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5807,77 +5807,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Present status of Raccoon, Raccoon dog and American mink in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ruette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Léger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neobiota</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Dublin (Ireland), Ireland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5934,103 +5934,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation des impacts sur la santé publique de la dynamique des populations de renards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Villena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Bonnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2022-SA-0049, Anses. 2023, 200 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6095,64 +6095,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Laura Boschiroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Durand Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Saisine n° 2018-SA-0179, Anses. 2021, 91 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6268,51 +6268,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2A9B32C0"/>
+    <w:nsid w:val="90036E70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6499,51 +6499,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandrine-ruette" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7355-3592" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224159v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassie Speakman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bull" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cubaynes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Davis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Devillard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70198" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124696v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Giraud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0062" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04003808v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Larroque" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chevret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Berger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ruette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Adriaens" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-023-03018-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278674v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Rigoudy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Dussert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbaki Benyoub" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Birck" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-023-01742-7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04273755v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Larroque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kennedy-Overton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Vandel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jwmg.22481" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04127004v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Bouchez-Zacria" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lesellier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Payne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01168-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515234v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Portanier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benedetti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sanchis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne R&#233;gis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16856" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918300v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bernard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rossi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2022.105817" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03998437v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois L&#233;ger" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Henry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gayet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Queney" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-022-01443-9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03627099v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jacquier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2022.787932" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04789940v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Vandel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Duhayer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13364-021-00614-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324415v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Matias" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Miguel Rosalino" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C&#233;lio Alves" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Tiesmeyer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Nowak" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109518" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234643v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Pardonnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-021-01809-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02492651v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arzhela Hemery" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-019-1352-9" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256002v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyaa090" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924490v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Maillard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale C Chevret" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03294554v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Umhang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duchamp" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucher" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bou&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parint.2020.102155" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256004v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Say" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5851" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945633v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Larroque" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vandel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devillard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjz-2017-0290" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945634v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Croose" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Duckworth" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Skumatov" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyacheslav Kolesnikov" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mammalia-2017-0092" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945640v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyx120" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766430v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lieury" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Drouet-Hoguet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Albaret" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mambio.2017.08.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636479v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leger" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel J. Chadoeuf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945637v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Rodrigues" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bos" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schembri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo de Lima" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petros Lymberakis" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-016-1287-y" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532764v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruette" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albaret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Drouyer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baudoux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02053612v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Queney" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-016-0862-1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025588v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Vandel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018969v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Vandel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mambio.2015.06.001" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018968v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzo.12201" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DC2A854B79C6866E71B802E6ED6DF8D2F0E64701/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025587v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-014-0889-x" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139313v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chadoeuf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giraud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0121689" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025589v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.01133" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XXNJ8XC5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03559057v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Devillard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jwmg.850" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071548v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jombart" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. L&#233;ger" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pontier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzs.12049" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8W2JM3XZ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00972560v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Afonso" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Germain" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lazarine Poulle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2013.09.006" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289817v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mergey" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Helder" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-012-0634-2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SQ8HTPS6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698211v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Say" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pontier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640443v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-010-0465-y" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BC2CFD2AF8469BF28EEEC8BCB1E147A0E8B0EB47/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05093634v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539370v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. O'Brien" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vanthomme" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945654v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stahl" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2981/wlb.2003.003" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945657v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2664.2003.00776.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093602v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stahl" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gros" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2907.2002.00110.x" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05093761v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Souchay" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hol&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mauvy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marchandeau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780067v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171242v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03667813v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Benoit" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandrine-ruette" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7355-3592" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124696v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fischer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Giraud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0062" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224159v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassie Speakman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bull" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cubaynes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Davis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Devillard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70198" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04003808v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Larroque" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chevret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Berger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ruette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Adriaens" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-023-03018-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04273755v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Larroque" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kennedy-Overton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Vandel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jwmg.22481" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278674v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noa Rigoudy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Dussert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbaki Benyoub" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Birck" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-023-01742-7" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04127004v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Bouchez-Zacria" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lesellier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Payne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01168-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515234v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Portanier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benedetti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sanchis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne R&#233;gis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16856" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918300v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bernard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rossi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2022.105817" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324415v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;alo Matias" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Miguel Rosalino" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C&#233;lio Alves" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Tiesmeyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Nowak" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109518" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04789940v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jacquier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Vandel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois L&#233;ger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Duhayer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13364-021-00614-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03998437v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Henry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gayet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Queney" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-022-01443-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03627099v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2022.787932" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234643v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Pardonnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-021-01809-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924490v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Maillard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale C Chevret" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03294554v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Umhang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duchamp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucher" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bou&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parint.2020.102155" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256002v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyaa090" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02492651v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arzhela Hemery" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-019-1352-9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256004v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Say" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5851" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945634v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Croose" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Duckworth" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Skumatov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyacheslav Kolesnikov" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/mammalia-2017-0092" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945633v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Larroque" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vandel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devillard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjz-2017-0290" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945640v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyx120" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766430v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lieury" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Drouet-Hoguet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Albaret" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mambio.2017.08.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636479v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leger" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel J. Chadoeuf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532764v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruette" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albaret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Drouyer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baudoux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945637v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Rodrigues" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bos" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schembri" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo de Lima" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petros Lymberakis" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-016-1287-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02053612v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Queney" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-016-0862-1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03559057v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Devillard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jwmg.850" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018969v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Vandel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mambio.2015.06.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025588v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm. Vandel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018968v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzo.12201" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DC2A854B79C6866E71B802E6ED6DF8D2F0E64701/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025587v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-014-0889-x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139313v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chadoeuf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giraud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Julliard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0121689" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025589v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.01133" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XXNJ8XC5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071548v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jombart" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. L&#233;ger" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pontier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzs.12049" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8W2JM3XZ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00972560v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Afonso" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Germain" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lazarine Poulle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2013.09.006" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289817v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mergey" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Helder" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-012-0634-2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SQ8HTPS6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698211v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Say" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pontier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640443v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-010-0465-y" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BC2CFD2AF8469BF28EEEC8BCB1E147A0E8B0EB47/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05093634v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539370v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. O'Brien" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vanthomme" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945654v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stahl" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2981/wlb.2003.003" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04945657v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2664.2003.00776.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093602v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stahl" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gros" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2907.2002.00110.x" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05093761v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Souchay" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hol&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mauvy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marchandeau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780067v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171242v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03667813v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Durand Benoit" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>