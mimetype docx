--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:92.708333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sandrine VATON </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sandrine-vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8940-6004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">057691444</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using CVSS scores can make more informed and more adapted Intrusion Detection Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Universal Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (9), pp.1244-1264. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/jucs.131659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Practical Approach to Novel Class Discovery in Tabular Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, ECML PKDD 2024, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10618-024-01025-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283853v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated slow-start detection for anomaly root cause analysis and BBR identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziad Tlaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hamchaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-023-00982-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486479v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Infinite Mixture Models for Fault Discovery in GPON-FTTH Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, pp.90488 - 90499. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/access.2021.3091328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03394392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BALAdIN: truthfulness in collaborative access networks with distributed ledgers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Messié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Fromentoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Labidurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Radier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-021-00855-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03268595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-Scale Characterization and Segmentation of Internet Path Delays with Infinite HMMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emile Aben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasper den Hertog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.16771-16784. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2020.2968380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02326926v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web View: A Measurement Platform for Depicting Web Browsing Performance and Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 58 (3), pp.33-39. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.001.1900178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 6-month Analysis of Factors Impacting Web Browsing Quality for QoE Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2019.106905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Minimization of Monitoring Cost and Delay in Overlay Networks: Optimal Policies with a Markovian Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (1), pp.188-232. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-018-9464-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-based probabilistic reasoning for self-diagnosis of telecommunication networks: application to a GPON-FTTH access network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beuvelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (3), pp.558 - 590. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-016-9401-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egalité Femmes-Hommes & « numérique » : le point de vue de Sandrine Vaton, référente égalité à Télécom Bretagne (propos recueillis par Florence Sédès)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Hors Série numéro 2: Femmes &amp; Informatique (2), pp.83 - 88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revenue Sharing in Network Utility Maximization Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Netnomics: Economic Research and Electronic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17 (3), pp.255 - 284. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11066-016-9112-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes et numérique : des opportunités formidables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01258446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stretching the edges of SVM traffic classification with FPGA acceleration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (3), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2014.2346075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Speed Flow-Based Classification on FPGA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (4), pp.253-271. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nem.1863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pricing Scheme for QoS in Overlay Networks Based on First-Price Auctions and Reimbursement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Netnomics: Economic Research and Electronic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (1-2), pp.69-93. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11066-013-9078-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum delay computation for interdomain path selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (2), pp.162-179. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nem.799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A scalable, efficient and informative approach for anomaly-based intrusion detection systems: theory and practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taming traffic dynamics : analysis and improvements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new statistical method for detecting network anomalies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Callegari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Pagano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Transactions on Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 21 (7), pp.575-588</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal volume anomaly detection and isolation in large-scale IP networks using coarse-grained measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2010.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00724659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive robust routing: anomaly localization and routing reconfiguration for dynamic networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (1), pp.58-83. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-010-9182-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach for anomaly detection over high-speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 30, pp.49 - 68. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-0-387-85555-4_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (104)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélange de ports et d’IP par processus de décision markoviens min-max</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2024 : 26èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Saint-Briac-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04564677v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minmax Restless Bandits for Efficient Moving Target Defense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESSI 2024 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Eppe-Sauvage, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04564665v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Identification of BBR Traffic based on Packet Inter-Arrival Times Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziad Tlaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hamchaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITC-35: 35th International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Torino, Italy. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITC-3560063.2023.10555831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SECL: A Zero-Day Attack Detector and Classifier based on Contrastive Learning and Strong Regularization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARES 2024: The 19th International Conference on Availability, Reliability and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Vienna, Austria. pp.1-12, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3664476.3664505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segmentation à faible coût des délais réseau basée sur le regroupement hiérarchique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ghandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2023 : XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyber Informedness: A New Metric using CVSS to Increase Trust in Intrusion Detection Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EICC 2023: European Interdisciplinary Cybersecurity Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Stavanger, Norway. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3590777.3590786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method for Discovering Novel Classes in Tabular Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICKG 2022: IEEE International Conference on Knowledge Graph</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Orlando, United States. pp.265-274, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICKG55886.2022.00041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03768013v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découvrir de nouvelles classes dans des données tabulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2023: Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Lyon, France. pp.467-474</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explainability-based Metrics to Help Cyber Operators Find and Correct Misclassified Cyberattacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoNEXT 2023: The 19th International Conference on emerging Networking EXperiments and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3630050.3630079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lightweight Network Delay Segmentation Based on Smoothed Hierarchical Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ghandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP Networking 2023: IFIP Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Barcelone, Spain. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/IFIPNetworking57963.2023.10186416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubleshooting Enhancement with Automated Slow-Start Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziad Tlaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hamchaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2023: 26th Conference on Innovation in Clouds, Internet and Networks and Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Paris, France. pp.129-136, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN56760.2023.10073485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Interactive Interface for Novel Class Discovery in Tabular Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECML PKDD 2023: European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Turin, Italy. pp.295-299, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-43430-3_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural collaborative filtering for network delay matrix completion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ghandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Thessalonique, Greece. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM55787.2022.9964607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-negative Matrix Factorization For Network Delay Matrix Completion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ghandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2022: IEEE/IFIP Network Operations and Management Symposium - 7th IFIP/IEEE International Workshop on Analytics for Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS54207.2022.9789871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decentralised data layer for collaborative End-to-End service assurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Messié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Radier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Quintuna Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Fromentoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2022: 25th Conference on Innovation in Clouds, Internet and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Paris (virtual conference), France. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN53892.2022.9758094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning and Visualization tools for Cyberattack Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESSI 2022 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Chambon-sur-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Backpropagation through Fourier Transforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Dublin ( virtual ), Ireland. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO54536.2021.9616294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Variational Posterior of Dirichlet Process Deep Latent Gaussian Mixture Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICML Workshop on Invertible Neural Networks, Normalizing Flows, and Explicit Likelihood Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02864385v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Monitoring Heuristics for Improving Network Latency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Randall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Ségneré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2020 : IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS47738.2020.9110341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02413636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Infinite Multivariate Categorical Mixture Model for Self-Diagnosis of Telecommunication Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2020 : 23rd Conference on Innovation in Clouds, Internet and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN48450.2020.9059491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431732v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster Abstract: A flexible infinite HMM model for accurate characterization and segmentation of RTT timeseries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE INFOCOM 2019 - IEEE Conference on Computer Communications Workshops (INFOCOM WKSHPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Paris, France. pp.1055-1056, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INFCOMW.2019.8845296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web View: Measuring & Monitoring Representative Information on Websites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2019 - QOE-MANAGEMENT 2019 : 22nd Conference on Innovation in Clouds, Internet and Networks and Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Paris, France. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN.2019.8685876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02072471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical Characterization of Round-Trip Times with Nonparametric Hidden Markov Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP/IEEE IM 2019 Workshop: 4th International Workshop on Analytics for Network and Service Management (AnNet 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Internet Protocols and CDN on Web Browsing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTMS 2019 : 10th IFIP International Conference on New Technologies, Mobility and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Canary Islands, Spain. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2019.8763827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation conjointe de la métrologie active et du routage : une approche markovienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Francophones sur la Conception de Protocoles, l’Évaluation de Performance et l’Expérimentation des Réseaux de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning network states from RTT measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIPE 77</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIPE NCC, Oct 2018, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web Browsing Measurements: An Above-The-Fold Browser-Based Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDCS 2018 : 38th International Conference on Distributed Computing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS.2018.00184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02072483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of probabilistic modeling and machine learning to the diagnosis of FTTH GPON networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ONDM 2017 : 21st Conference on Optical Network Design and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Budapest, Hungary. pp.1 - 3, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ONDM.2017.7958529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Software-based Approach to Generate and Detect Flooding Attacks against DNS Infrastructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Ruano Rincon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bortzmeyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OARC 26 2016 : workshop DSN-OARC - Domain Name System Operations Analysis ane Research Center</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A software-based approach to reproduce and detect flooding attacks against DNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Ruano Rincon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bortzmeyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIPE 74 2017 : RIPE NCC meeting - Réseaux IP Européens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Budapest, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which Secure Transport Protocol for a Reliable HTTP/2-based Web Service : TLS or QUIC ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCC 2017 : 22nd IEEE symposium on International Symposium on Computers and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Heraklion, Greece. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCC.2017.8024637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A highly adaptable probabilistic model for self-diagnosis of GPON-FTTH access network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftCOM 2016 : 24th International Conference on Software, Telecommunications and Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Split, Croatia. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SOFTCOM.2016.7772106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01424652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoreloc: Automated Design Flow for Bitstream Relocation on Xilinx FPGAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lalevee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Horrein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Hübner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSD 2016 : Eu­ro­micro Con­fe­rence on Di­gi­tal Sys­tem De­sign</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Limassol, Cyprus. pp.14 - 21, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DSD.2016.92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproducing DNS 10Gbps flooding attacks with commodity-hardware</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Ruano Rincon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bortzmeyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2016 : 12th International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Paphos, Cyprus. pp.510 - 515, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC.2016.7577110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01394336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SDN-based Overlay Networks for QoS-aware Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGCOMM 2016 : annual conference of the ACM Special Interest Group on Data Communication, LANCOMM 2016 : Workshop on Fostering Latin-American Research in Data Communication Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Florianopolis, Brazil. pp.19 - 21, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2940116.2940121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tutorial on the EM algorithm for Bayesian networks: application to self-diagnosis of GPON-FTTH networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2016 : 12th International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Paphos, Cyprus. pp.369 - 376, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC.2016.7577086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01394337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 3-layered self-reconfigurable generic model for self-diagnosis of telecommunication networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IntelliSys 2015 : SAI Intelligent Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, London, United Kingdom. pp.25 - 34, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IntelliSys.2015.7361080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantics based analysis of botnet activity from heterogeneous data sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Ruano Rincon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beugnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Garlatti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2015 : 11th International Wireless Communications &amp; Mobile Computing Conference - TRAC Workshop : Traffic Analysis and Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First-price auctions with reimbursement in NSP alliances with asymmetric buyers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LANC 2014 : 8th Latin America Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Montevideo, Uruguay. pp.Art. n°1 -, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2684083.2684084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Efficient FPGA Implementation for Binomial Option Pricing Using OpenCL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Mena Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Horrein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amer Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hochapfel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DATE 2014 : Design, Automation and Test in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accélération matérielle pour le traitement de trafic sur FPGA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Pornic, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00817038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Composable Network Traffic Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Di Pietro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Huici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Bonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Trammell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Kastovsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFOCOM 2013 : 32nd IEEE Conference on Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00830003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible, extensible, open-source and affordable FPGA-based traffic generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Bourge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Le Balch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HPDC 2013 : 22nd International ACM Symposium on High Performance Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardware Acceleration of SVM-Based Traffic Classification on FPGA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC TRAC: International Wireless Communications and Mobile Computing Conference, International Workshop on TRaffic Analysis and Classification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the problem of revenue sharing in multi-domain federations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Networking Conference (NETWORKING)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Prague, Czech Republic. pp.252-264, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-30054-7_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring output as feedback to the business plane: a first-price auctions with reimbursement pricing scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Guelton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ETICS Industrial Workshop : Economics and Technologies Inter-Carrier Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Nozay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum delay computation under traffic matrix uncertainty and its application to interdomain path selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INOC 2011: Intermational Network Optimization Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Hamburg, Germany. pp.182-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00626509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network bandwidth allocation with end-to-end QoS constraints and revenue sharing in multi-domain federations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICQT'11: 7th International ICQT Workshop on Advanced Internet Charging and QoS Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Paris, France. pp.50-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of random neural networks for traffic matrix estimation in large-scale IP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Traffic Analysis and Classification (TRAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of random neural networks for traffic matrix estimation in large-scale IP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Traffic Analysis and Classification (TRAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETICS: QoS-enabled interconnection for Future Internet services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Sauze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agostino Chiosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Douville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélia Pouyllau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Häkon Lonsethagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Network and Mobile Summit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Florence, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00836641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flooding attacks detection and victim identification over high speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mehaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIIS'2009 : IEEE Global Information Infrastructure Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust routing versus dynamic load balancing : a comprehensive study and new directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DRCN'09 : 7th International Workshop on the Design of Reliable Communication Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volume anomaly detection in data networks : an optimal detection algorithm vs the PCA approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FITraMEn 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Porto, Portugal. pp.113, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-04576-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00486765v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust routing versus dynamic load balancing : a comprehensive study and new directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DRCN'09 : 7th International Workshop on the Design of Reliable Communication Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust routing mechanisms for intradomain traffic engineering in dynamic networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LANOMS'09 : 6th Latin-American Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Punta Del Este, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00527610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient methods for traffic matrix modeling and on-line estimation in large-scale IP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITC'21 : 21st conference on International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Paris, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00527606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flooding attacks detection and victim identification over high speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mehaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIIS'2009 : IEEE Global Information Infrastructure Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust and reactive traffic engineering for dynamic traffic demands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NGI 2008: 4th EuroNGI Conference on Next Generation Internet Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Krakow, Poland. pp.69-76, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NGI.2008.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-2-end End-2-end evaluation of IP multimedia services, a user-perceived QoS approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th ITC Specialist Seminar on Quality of Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Karlskrona, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast estimation of the frame error rate for error-correcting codes by the generalized error impulse method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Saouter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Turbo Coding 2008: 5th International Symposium on turbo codes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Lausanne, Switzerland. pp.305 - 309, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TURBOCODING.2008.4658716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi hour robust routing and fast load change detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2008 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Beijing, China. pp.5777-5782, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2008.1081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential non Bayesian network traffic flows anomaly detection and isolation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWAP 2008: International Workshop on Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new statistical approach to network anomaly detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Callegari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Pagano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECTS'08 : International Symposium on Performance Evaluation of Computer and Telecommunication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Edinburgh, United Kingdom. pp.441-447</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal volume anomaly detection in network traffic flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO'08 : 16th European Signal Processing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An adaptive multi-temporal approach for robust routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroFGI Workshop on IP QoS and Traffic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential Non-Bayesian Change Detection-Isolation and Its Application to the Network Traffic Flows Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Session of the ISI, INTERNATIONAL STATISTICAL INSTITUTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach for anomaly detection over high-speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EC2ND : European Conference on Computer Network Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient online anomalies detection mechanism for high-speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MonAM 2007 : Second IEEE Workshop on Monitoring, Attack Detection and Mitigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Toulouse, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient online anomalies detection mechanism for high-speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MonAM 2007 : Second IEEE Workshop on Monitoring, Attack Detection and Mitigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Toulouse, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A markovian signature-based approach to IP traffic classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rossé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MineNet 2007 : ACM Sigmetrics Workshop on Mining Network Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, San Diego, United States. pp.29-34, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1269880.1269889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection-localisation séquentielle d'anomalies volumiques dans un réseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2007 : 21ème collloque sur le traitement du signal et des images, 11-14 septembre, Troyes, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for optimality in traffic matrix estimation : a rational approach by Cramer-Rao lower bounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bermolen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NGI'06 : 2nd Conference on Next Generation Internet Design and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Valencia, Espagne. pp.224-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quick traffic matrix estimation based on link count covariances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virtamo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2006 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Istanbul, Turquie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quick traffic matrix estimation based on link count covariances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virtamo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2006 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Istanbul, Turquie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for optimality in traffic matrix estimation : a rational approach by Cramer-Rao lower bounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bermolen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NGI'06 : 2nd Conference on Next Generation Internet Design and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Valencia, Espagne. pp.224-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance modelling of GSM/GPRS cells with different radio ressource allocation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2005 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical model for performance evaluation of GPRS/EDGE multiservice networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MWCN 2005: 7th IFIP International Conference on Mobile and Wireless Communications Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of data traffic composition on GPRS performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance modelling of GSM/GPRS cells with different radio ressource allocation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2005 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical model for performance evaluation of GPRS/EDGE multiservice networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MWCN 2005: 7th IFIP International Conference on Mobile and Wireless Communications Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quick traffic matrix estimation based on link counts covariances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virtamo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd EuroNGI Workshop On Traffic Engineering, Protection and Restoration for Next Generation Internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quick traffic matrix estimation based on link counts covariances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virtamo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd EuroNGI Workshop On Traffic Engineering, Protection and Restoration for Next Generation Internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Least square and bayesian deconvolution in the presence of side effects and correlated noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'04 : 2nd International Symposium on Image/Video Communications over fixed and mobile networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France. pp.355-358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de matrices de trafic : bilan des techniques existantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées MAS (Modélisation Aléatoire et Statistique) de la SMAI ( Société de Mathématiques Appliquées &amp; Industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Traffic Matrix: how can one learn the prior distributions from the link counts only?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.S Bedo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experience in Traffic Matrix Estimation: comparison and benchmarking of existing techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Marakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Image/Video Communications over fixed and mobile networks (ISIVC'04)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical Inference of the Origin Destination Traffic Matrix: existing techniques and our Bayesian method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IX Congreso Latino Americano de Probabilidad y Estadistica Matematica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Punta Del Este, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de matrices de trafic : bilan des techniques existantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées MAS (Modélisation Aléatoire et Statistique) de la SMAI ( Société de Mathématiques Appliquées &amp; Industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network tomography: an iterative bayesian analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITC 2003 : 18th International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.261-270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network tomography: an iterative bayesian analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITC 2003 : 18th International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Berlin, Allemagne. pp.261 - 270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing the minimum distance of linear codes by the error impulse method.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIT'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2002, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative multi-user detection and decoding for turbo-coded DS-CDMA systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eusipco 2002 (XI European signal processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing the minimum distance of linear codes by the error impulse method.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jezequel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Douillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM '02 : IEEE GLOBECOM 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Taipei, Taiwan. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2002.1188348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative bayesian estimation of network traffic matrices in the case of bursty flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet Measurement Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate and exact ML detectors for CDMA and MIMO systems: a tree detection approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiaccess, Mobility and Teletraffic for Wireless Communications (MMT'02)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hidden Markov modelling for network communication channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Salamatian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Sigmetrics 2001 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Cambridge, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractal' versus 'Markov' models of traffic (conférence invitée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth IFIP Workshop on Performance Modelling and Evaluation of ATM and IP Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Bradford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near completely decomposable Markov models of traffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth IFIP Workshop on Performance Modelling and Evaluation of ATM and IP Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Bradford, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the offset parameters of a mixture in the Fourier domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP'99 (IEEE international conference on acoustics, speech and signal processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Phoenix, États-Unis. pp.1553 - 1556, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.1999.756282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new test for stationarity and its application to teletraffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP'98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Seattle, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A locally stationnary semi-markovian representation of LAN traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Moulines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Broadband Communications, Stuggart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Stuggart, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation d'un mélange de lois décalées dans le domaine de fourier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXèmes journées de la statistique, ENSAI, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical identification of LAN traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Korezlioglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Kofman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fith IFIP Workshop on Performance Modelling and Evaluation in ATM Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1997, Ilkley, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICQT 2013 Welcome Message of the 8th International Workshop on Internet Charging and QoS Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuan Anh Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IEEE, pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channel coding in communication networks : from theory to turbocodes. Edited by Alain Glavieux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Glavieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Battail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Biglieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Ltd, pp.418, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codage de canal - des bases théoriques aux turbocodes (sous la direction de Alain GLAVIEUX)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Glavieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Battail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Biglieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermès Science / Lavoisier, pp.453, 2005, Traité IC2 : Traitement du signal et de l'image, Traité IC2 : Traitement du signal et de l'image, 2-7462-0953-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced methods for the estimation of the origin destination traffic matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.S Bedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Performance Evaluation and Planning Methods for the Next Generation Internet (25 th du GERARD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A. Girard, B. Sanso, F. Vazquez-Abad, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the apparent self-similarity of the broadband traffic due to non stationarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayri Korezlioglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATM Networks : Performance Modelling and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minmax Restless Bandits for Efficient Moving Target Defense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESSI 2024 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Eppe-Sauvage, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05374954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Stochastic Backpropagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Backpropagation: Novel Ideas for Training Neural Architectures, Workshop at NeurIPS 2020 (2020 Conference on Neural Information Processing Systems)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Virtual Conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968975v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Class Discovery: an Introduction and Key Concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Mixture Models For Semi-Supervised Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure et Analyse du Trafic de Réseaux : Théorie et Pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux et télécommunications [cs.NI]. Université de Rennes 1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02885405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId304"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:92.708333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sandrine VATON </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sandrine-vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8940-6004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">057691444</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using CVSS scores can make more informed and more adapted Intrusion Detection Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Universal Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (9), pp.1244-1264. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/jucs.131659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Practical Approach to Novel Class Discovery in Tabular Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, ECML PKDD 2024, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10618-024-01025-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283853v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated slow-start detection for anomaly root cause analysis and BBR identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziad Tlaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hamchaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-023-00982-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486479v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BALAdIN: truthfulness in collaborative access networks with distributed ledgers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Messié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Fromentoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Labidurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Radier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-021-00855-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03268595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Infinite Mixture Models for Fault Discovery in GPON-FTTH Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, pp.90488 - 90499. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/access.2021.3091328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03394392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web View: A Measurement Platform for Depicting Web Browsing Performance and Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Communications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 58 (3), pp.33-39. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCOM.001.1900178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02894784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-Scale Characterization and Segmentation of Internet Path Delays with Infinite HMMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emile Aben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasper den Hertog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.16771-16784. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2020.2968380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02326926v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 6-month Analysis of Factors Impacting Web Browsing Quality for QoE Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2019.106905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Minimization of Monitoring Cost and Delay in Overlay Networks: Optimal Policies with a Markovian Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (1), pp.188-232. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-018-9464-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-based probabilistic reasoning for self-diagnosis of telecommunication networks: application to a GPON-FTTH access network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beuvelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (3), pp.558 - 590. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-016-9401-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01533710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egalité Femmes-Hommes & « numérique » : le point de vue de Sandrine Vaton, référente égalité à Télécom Bretagne (propos recueillis par Florence Sédès)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Hors Série numéro 2: Femmes &amp; Informatique (2), pp.83 - 88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revenue Sharing in Network Utility Maximization Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Netnomics: Economic Research and Electronic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17 (3), pp.255 - 284. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11066-016-9112-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes et numérique : des opportunités formidables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01258446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stretching the edges of SVM traffic classification with FPGA acceleration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (3), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2014.2346075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Speed Flow-Based Classification on FPGA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (4), pp.253-271. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nem.1863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pricing Scheme for QoS in Overlay Networks Based on First-Price Auctions and Reimbursement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Netnomics: Economic Research and Electronic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (1-2), pp.69-93. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11066-013-9078-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum delay computation for interdomain path selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (2), pp.162-179. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nem.799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00668157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taming traffic dynamics : analysis and improvements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new statistical method for detecting network anomalies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Callegari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Pagano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Transactions on Telecommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 21 (7), pp.575-588</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal volume anomaly detection and isolation in large-scale IP networks using coarse-grained measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.comnet.2010.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00724659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive robust routing: anomaly localization and routing reconfiguration for dynamic networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Network and Systems Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (1), pp.58-83. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10922-010-9182-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A scalable, efficient and informative approach for anomaly-based intrusion detection systems: theory and practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach for anomaly detection over high-speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 30, pp.49 - 68. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-0-387-85555-4_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (104)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Identification of BBR Traffic based on Packet Inter-Arrival Times Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziad Tlaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hamchaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITC-35: 35th International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Torino, Italy. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITC-3560063.2023.10555831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SECL: A Zero-Day Attack Detector and Classifier based on Contrastive Learning and Strong Regularization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ARES 2024: The 19th International Conference on Availability, Reliability and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Vienna, Austria. pp.1-12, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3664476.3664505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minmax Restless Bandits for Efficient Moving Target Defense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESSI 2024 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Eppe-Sauvage, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04564665v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélange de ports et d’IP par processus de décision markoviens min-max</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AlgoTel 2024 : 26èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Saint-Briac-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04564677v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method for Discovering Novel Classes in Tabular Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICKG 2022: IEEE International Conference on Knowledge Graph</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Orlando, United States. pp.265-274, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICKG55886.2022.00041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03768013v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découvrir de nouvelles classes dans des données tabulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGC 2023: Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Lyon, France. pp.467-474</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lightweight Network Delay Segmentation Based on Smoothed Hierarchical Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ghandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP Networking 2023: IFIP Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Barcelone, Spain. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/IFIPNetworking57963.2023.10186416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explainability-based Metrics to Help Cyber Operators Find and Correct Misclassified Cyberattacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoNEXT 2023: The 19th International Conference on emerging Networking EXperiments and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Paris, France. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3630050.3630079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubleshooting Enhancement with Automated Slow-Start Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziad Tlaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hamchaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2023: 26th Conference on Innovation in Clouds, Internet and Networks and Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Paris, France. pp.129-136, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN56760.2023.10073485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Interactive Interface for Novel Class Discovery in Tabular Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECML PKDD 2023: European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Turin, Italy. pp.295-299, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-43430-3_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segmentation à faible coût des délais réseau basée sur le regroupement hiérarchique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ghandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2023 : XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyber Informedness: A New Metric using CVSS to Increase Trust in Intrusion Detection Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EICC 2023: European Interdisciplinary Cybersecurity Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Stavanger, Norway. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3590777.3590786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural collaborative filtering for network delay matrix completion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ghandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Thessalonique, Greece. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/CNSM55787.2022.9964607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-negative Matrix Factorization For Network Delay Matrix Completion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ghandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2022: IEEE/IFIP Network Operations and Management Symposium - 7th IFIP/IEEE International Workshop on Analytics for Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS54207.2022.9789871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decentralised data layer for collaborative End-to-End service assurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Messié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Radier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Quintuna Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Fromentoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2022: 25th Conference on Innovation in Clouds, Internet and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Paris (virtual conference), France. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN53892.2022.9758094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning and Visualization tools for Cyberattack Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Duraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Espes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Francq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESSI 2022 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Chambon-sur-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Backpropagation through Fourier Transforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Dublin ( virtual ), Ireland. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO54536.2021.9616294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Infinite Multivariate Categorical Mixture Model for Self-Diagnosis of Telecommunication Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2020 : 23rd Conference on Innovation in Clouds, Internet and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN48450.2020.9059491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431732v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable Monitoring Heuristics for Improving Network Latency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Randall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Ségneré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2020 : IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS47738.2020.9110341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02413636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Variational Posterior of Dirichlet Process Deep Latent Gaussian Mixture Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICML Workshop on Invertible Neural Networks, Normalizing Flows, and Explicit Likelihood Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02864385v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poster Abstract: A flexible infinite HMM model for accurate characterization and segmentation of RTT timeseries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE INFOCOM 2019 - IEEE Conference on Computer Communications Workshops (INFOCOM WKSHPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Paris, France. pp.1055-1056, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/INFCOMW.2019.8845296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web View: Measuring & Monitoring Representative Information on Websites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICIN 2019 - QOE-MANAGEMENT 2019 : 22nd Conference on Innovation in Clouds, Internet and Networks and Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Paris, France. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIN.2019.8685876⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02072471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical Characterization of Round-Trip Times with Nonparametric Hidden Markov Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFIP/IEEE IM 2019 Workshop: 4th International Workshop on Analytics for Network and Service Management (AnNet 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Internet Protocols and CDN on Web Browsing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTMS 2019 : 10th IFIP International Conference on New Technologies, Mobility and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Canary Islands, Spain. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2019.8763827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02136202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation conjointe de la métrologie active et du routage : une approche markovienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Francophones sur la Conception de Protocoles, l’Évaluation de Performance et l’Expérimentation des Réseaux de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Roscoff, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning network states from RTT measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIPE 77</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIPE NCC, Oct 2018, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web Browsing Measurements: An Above-The-Fold Browser-Based Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDCS 2018 : 38th International Conference on Distributed Computing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCS.2018.00184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02072483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A software-based approach to reproduce and detect flooding attacks against DNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Ruano Rincon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bortzmeyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIPE 74 2017 : RIPE NCC meeting - Réseaux IP Européens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Budapest, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which Secure Transport Protocol for a Reliable HTTP/2-based Web Service : TLS or QUIC ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Saverimoutou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCC 2017 : 22nd IEEE symposium on International Symposium on Computers and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Heraklion, Greece. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCC.2017.8024637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of probabilistic modeling and machine learning to the diagnosis of FTTH GPON networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ONDM 2017 : 21st Conference on Optical Network Design and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Budapest, Hungary. pp.1 - 3, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ONDM.2017.7958529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01573963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Software-based Approach to Generate and Detect Flooding Attacks against DNS Infrastructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Ruano Rincon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bortzmeyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OARC 26 2016 : workshop DSN-OARC - Domain Name System Operations Analysis ane Research Center</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A highly adaptable probabilistic model for self-diagnosis of GPON-FTTH access network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftCOM 2016 : 24th International Conference on Software, Telecommunications and Computer Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Split, Croatia. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SOFTCOM.2016.7772106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01424652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoreloc: Automated Design Flow for Bitstream Relocation on Xilinx FPGAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lalevee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Horrein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Hübner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DSD 2016 : Eu­ro­micro Con­fe­rence on Di­gi­tal Sys­tem De­sign</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Limassol, Cyprus. pp.14 - 21, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DSD.2016.92⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reproducing DNS 10Gbps flooding attacks with commodity-hardware</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Ruano Rincon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bortzmeyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2016 : 12th International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Paphos, Cyprus. pp.510 - 515, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC.2016.7577110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01394336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SDN-based Overlay Networks for QoS-aware Routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIGCOMM 2016 : annual conference of the ACM Special Interest Group on Data Communication, LANCOMM 2016 : Workshop on Fostering Latin-American Research in Data Communication Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Florianopolis, Brazil. pp.19 - 21, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2940116.2940121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tutorial on the EM algorithm for Bayesian networks: application to self-diagnosis of GPON-FTTH networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Gosselin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2016 : 12th International Wireless Communications &amp; Mobile Computing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Paphos, Cyprus. pp.369 - 376, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IWCMC.2016.7577086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01394337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 3-layered self-reconfigurable generic model for self-diagnosis of telecommunication networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Romaric Tembo Mouafo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Courant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IntelliSys 2015 : SAI Intelligent Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, London, United Kingdom. pp.25 - 34, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IntelliSys.2015.7361080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantics based analysis of botnet activity from heterogeneous data sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Ruano Rincon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Beugnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Garlatti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC 2015 : 11th International Wireless Communications &amp; Mobile Computing Conference - TRAC Workshop : Traffic Analysis and Characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First-price auctions with reimbursement in NSP alliances with asymmetric buyers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LANC 2014 : 8th Latin America Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Montevideo, Uruguay. pp.Art. n°1 -, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2684083.2684084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Efficient FPGA Implementation for Binomial Option Pricing Using OpenCL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Mena Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Horrein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amer Baghdadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hochapfel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DATE 2014 : Design, Automation and Test in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accélération matérielle pour le traitement de trafic sur FPGA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Pornic, France. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00817038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Composable Network Traffic Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Di Pietro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Huici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Bonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Trammell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Kastovsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFOCOM 2013 : 32nd IEEE Conference on Computer Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00830003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible, extensible, open-source and affordable FPGA-based traffic generator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Bourge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Le Balch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HPDC 2013 : 22nd International ACM Symposium on High Performance Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardware Acceleration of SVM-Based Traffic Classification on FPGA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Groleat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Arzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCMC TRAC: International Wireless Communications and Mobile Computing Conference, International Workshop on TRaffic Analysis and Classification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the problem of revenue sharing in multi-domain federations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Networking Conference (NETWORKING)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Prague, Czech Republic. pp.252-264, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-30054-7_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring output as feedback to the business plane: a first-price auctions with reimbursement pricing scheme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Guelton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ETICS Industrial Workshop : Economics and Technologies Inter-Carrier Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Nozay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum delay computation under traffic matrix uncertainty and its application to interdomain path selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INOC 2011: Intermational Network Optimization Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Hamburg, Germany. pp.182-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00626509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network bandwidth allocation with end-to-end QoS constraints and revenue sharing in multi-domain federations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Amigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICQT'11: 7th International ICQT Workshop on Advanced Internet Charging and QoS Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Paris, France. pp.50-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of random neural networks for traffic matrix estimation in large-scale IP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Traffic Analysis and Classification (TRAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the use of random neural networks for traffic matrix estimation in large-scale IP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Traffic Analysis and Classification (TRAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETICS: QoS-enabled interconnection for Future Internet services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Le Sauze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agostino Chiosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Douville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélia Pouyllau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Häkon Lonsethagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Network and Mobile Summit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Florence, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00836641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flooding attacks detection and victim identification over high speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mehaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIIS'2009 : IEEE Global Information Infrastructure Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust routing versus dynamic load balancing : a comprehensive study and new directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DRCN'09 : 7th International Workshop on the Design of Reliable Communication Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volume anomaly detection in data networks : an optimal detection algorithm vs the PCA approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FITraMEn 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Porto, Portugal. pp.113, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-04576-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00486765v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust routing versus dynamic load balancing : a comprehensive study and new directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Rougier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DRCN'09 : 7th International Workshop on the Design of Reliable Communication Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust routing mechanisms for intradomain traffic engineering in dynamic networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Larroca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LANOMS'09 : 6th Latin-American Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Punta Del Este, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00527610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flooding attacks detection and victim identification over high speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mehaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIIS'2009 : IEEE Global Information Infrastructure Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient methods for traffic matrix modeling and on-line estimation in large-scale IP networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITC'21 : 21st conference on International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Paris, France. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00527606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-2-end End-2-end evaluation of IP multimedia services, a user-perceived QoS approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Belzarena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th ITC Specialist Seminar on Quality of Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Karlskrona, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast estimation of the frame error rate for error-correcting codes by the generalized error impulse method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Saouter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Turbo Coding 2008: 5th International Symposium on turbo codes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Lausanne, Switzerland. pp.305 - 309, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TURBOCODING.2008.4658716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi hour robust routing and fast load change detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2008 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Beijing, China. pp.5777-5782, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICC.2008.1081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential non Bayesian network traffic flows anomaly detection and isolation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWAP 2008: International Workshop on Applied Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new statistical approach to network anomaly detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Callegari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Pagano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECTS'08 : International Symposium on Performance Evaluation of Computer and Telecommunication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Edinburgh, United Kingdom. pp.441-447</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal volume anomaly detection in network traffic flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO'08 : 16th European Signal Processing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust and reactive traffic engineering for dynamic traffic demands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NGI 2008: 4th EuroNGI Conference on Next Generation Internet Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Krakow, Poland. pp.69-76, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NGI.2008.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00540898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A markovian signature-based approach to IP traffic classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rossé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MineNet 2007 : ACM Sigmetrics Workshop on Mining Network Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, San Diego, United States. pp.29-34, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1269880.1269889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection-localisation séquentielle d'anomalies volumiques dans un réseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRETSI 2007 : 21ème collloque sur le traitement du signal et des images, 11-14 septembre, Troyes, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential Non-Bayesian Change Detection-Isolation and Its Application to the Network Traffic Flows Anomaly Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Fillatre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor V. Nikiforov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Session of the ISI, INTERNATIONAL STATISTICAL INSTITUTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An adaptive multi-temporal approach for robust routing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Casas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuroFGI Workshop on IP QoS and Traffic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00565957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient online anomalies detection mechanism for high-speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MonAM 2007 : Second IEEE Workshop on Monitoring, Attack Detection and Mitigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Toulouse, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient online anomalies detection mechanism for high-speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MonAM 2007 : Second IEEE Workshop on Monitoring, Attack Detection and Mitigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Toulouse, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach for anomaly detection over high-speed networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osman Salem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EC2ND : European Conference on Computer Network Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for optimality in traffic matrix estimation : a rational approach by Cramer-Rao lower bounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bermolen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NGI'06 : 2nd Conference on Next Generation Internet Design and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Valencia, Espagne. pp.224-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quick traffic matrix estimation based on link count covariances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virtamo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2006 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Istanbul, Turquie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quick traffic matrix estimation based on link count covariances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virtamo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2006 : IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Istanbul, Turquie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for optimality in traffic matrix estimation : a rational approach by Cramer-Rao lower bounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bermolen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NGI'06 : 2nd Conference on Next Generation Internet Design and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Valencia, Espagne. pp.224-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance modelling of GSM/GPRS cells with different radio ressource allocation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2005 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical model for performance evaluation of GPRS/EDGE multiservice networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MWCN 2005: 7th IFIP International Conference on Mobile and Wireless Communications Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of data traffic composition on GPRS performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance modelling of GSM/GPRS cells with different radio ressource allocation strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCNC 2005 : IEEE Wireless Communications and Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical model for performance evaluation of GPRS/EDGE multiservice networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Dahmouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MWCN 2005: 7th IFIP International Conference on Mobile and Wireless Communications Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quick traffic matrix estimation based on link counts covariances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virtamo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd EuroNGI Workshop On Traffic Engineering, Protection and Restoration for Next Generation Internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quick traffic matrix estimation based on link counts covariances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Juva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Virtamo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd EuroNGI Workshop On Traffic Engineering, Protection and Restoration for Next Generation Internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de matrices de trafic : bilan des techniques existantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées MAS (Modélisation Aléatoire et Statistique) de la SMAI ( Société de Mathématiques Appliquées &amp; Industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network Traffic Matrix: how can one learn the prior distributions from the link counts only?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.S Bedo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICC 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experience in Traffic Matrix Estimation: comparison and benchmarking of existing techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Marakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Image/Video Communications over fixed and mobile networks (ISIVC'04)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical Inference of the Origin Destination Traffic Matrix: existing techniques and our Bayesian method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IX Congreso Latino Americano de Probabilidad y Estadistica Matematica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Punta Del Este, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de matrices de trafic : bilan des techniques existantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées MAS (Modélisation Aléatoire et Statistique) de la SMAI ( Société de Mathématiques Appliquées &amp; Industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Least square and bayesian deconvolution in the presence of side effects and correlated noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC'04 : 2nd International Symposium on Image/Video Communications over fixed and mobile networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Brest, France. pp.355-358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network tomography: an iterative bayesian analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITC 2003 : 18th International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.261-270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network tomography: an iterative bayesian analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ITC 2003 : 18th International Teletraffic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Berlin, Allemagne. pp.261 - 270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing the minimum distance of linear codes by the error impulse method.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIT'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2002, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative multi-user detection and decoding for turbo-coded DS-CDMA systems.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eusipco 2002 (XI European signal processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01862124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing the minimum distance of linear codes by the error impulse method.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Jezequel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Douillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOBECOM '02 : IEEE GLOBECOM 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Taipei, Taiwan. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GLOCOM.2002.1188348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative bayesian estimation of network traffic matrices in the case of bursty flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet Measurement Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximate and exact ML detectors for CDMA and MIMO systems: a tree detection approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Saoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiaccess, Mobility and Teletraffic for Wireless Communications (MMT'02)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hidden Markov modelling for network communication channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Salamatian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Sigmetrics 2001 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Cambridge, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near completely decomposable Markov models of traffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth IFIP Workshop on Performance Modelling and Evaluation of ATM and IP Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Bradford, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fractal' versus 'Markov' models of traffic (conférence invitée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth IFIP Workshop on Performance Modelling and Evaluation of ATM and IP Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Bradford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the offset parameters of a mixture in the Fourier domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP'99 (IEEE international conference on acoustics, speech and signal processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Phoenix, États-Unis. pp.1553 - 1556, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.1999.756282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new test for stationarity and its application to teletraffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP'98</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Seattle, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A locally stationnary semi-markovian representation of LAN traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Moulines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Broadband Communications, Stuggart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Stuggart, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation d'un mélange de lois décalées dans le domaine de fourier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXèmes journées de la statistique, ENSAI, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1998, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical identification of LAN traffic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Moulines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Korezlioglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Kofman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fith IFIP Workshop on Performance Modelling and Evaluation in ATM Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1997, Ilkley, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICQT 2013 Welcome Message of the 8th International Workshop on Internet Charging and QoS Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuan Anh Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IEEE, pp.1, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channel coding in communication networks : from theory to turbocodes. Edited by Alain Glavieux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Glavieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Battail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Biglieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Douillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Ltd, pp.418, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codage de canal - des bases théoriques aux turbocodes (sous la direction de Alain GLAVIEUX)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Glavieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Adde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Battail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Berrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezio Biglieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermès Science / Lavoisier, pp.453, 2005, Traité IC2 : Traitement du signal et de l'image, Traité IC2 : Traitement du signal et de l'image, 2-7462-0953-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced methods for the estimation of the origin destination traffic matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.S Bedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Gravey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Performance Evaluation and Planning Methods for the Next Generation Internet (25 th du GERARD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A. Girard, B. Sanso, F. Vazquez-Abad, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00504053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the apparent self-similarity of the broadband traffic due to non stationarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayri Korezlioglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ATM Networks : Performance Modelling and Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minmax Restless Bandits for Efficient Moving Target Defense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Charreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Sailhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESSI 2024 : Rendez-vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Eppe-Sauvage, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05374954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Stochastic Backpropagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Backpropagation: Novel Ideas for Training Neural Architectures, Workshop at NeurIPS 2020 (2020 Conference on Neural Information Processing Systems)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Virtual Conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968975v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Class Discovery: an Introduction and Key Concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Troisemaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Reiffers-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Mixture Models For Semi-Supervised Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Echraibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Flocon-Cholet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure et Analyse du Trafic de Réseaux : Théorie et Pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux et télécommunications [cs.NI]. Université de Rennes 1, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02885405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId304"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="807122D6"/>
+    <w:nsid w:val="A0F29F4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandrine-vaton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8940-6004" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057691444" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04792945v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Duraz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Espes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Francq" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/jucs.131659" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283853v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Troisemaine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Reiffers-Masson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gosselin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-024-01025-y" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04486479v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Tlaiss" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ferrieux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Amigo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hamchaoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-023-00982-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394392v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Echraibi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Flocon-Cholet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gosselin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2021.3091328" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03268595v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Messi&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Fromentoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Labidurie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Radier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-021-00855-x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326926v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mouchet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Aben" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper den Hertog" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.2968380" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02894784v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Saverimoutou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mathieu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.001.1900178" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291088v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2019.106905" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857738v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brun" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Belzarena" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-018-9464-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533710v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Romaric Tembo Mouafo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Courant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beuvelot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-016-9401-0" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511374v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S&#232;des" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400498v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11066-016-9112-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258446v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058332v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Groleat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Arzel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2014.2346075" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058333v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nem.1863" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RT35PRQQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952304v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11066-013-9078-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P97TWGTD-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668157v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Larroca" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nem.799" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V5PC1VHW-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565751v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman Salem" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gravey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565750v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Casas Hernandez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Rougier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565947v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Callegari" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Pagano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724659v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fillatre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Nikiforov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2010.01.013" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RNDC8DH-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565752v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-010-9182-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4JL366PR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282371v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-85555-4_4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92516D43240807F3072B1A273AADBF8638621598/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564677v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charreaux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Sailhan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564665v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04486482v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITC-3560063.2023.10555831" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04792982v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3664476.3664505" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04154351v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Ghandi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159578v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3590777.3590786" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768013v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Flocon Cholet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICKG55886.2022.00041" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978502v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04484785v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3630050.3630079" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04154314v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking57963.2023.10186416" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167112v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN56760.2023.10073485" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158855v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43430-3_18" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775558v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM55787.2022.9964607" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03647577v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS54207.2022.9789871" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03647594v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Quintuna Rodriguez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN53892.2022.9758094" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03647627v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04165289v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO54536.2021.9616294" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864385v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02413636v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Randall" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine S&#233;gner&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS47738.2020.9110341" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431732v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN48450.2020.9059491" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300968v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFCOMW.2019.8845296" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072471v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2019.8685876" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010099v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02136202v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2019.8763827" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785870v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04166199v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072483v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2018.00184" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573963v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ONDM.2017.7958529" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581496v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Ruano Rincon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bortzmeyer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581498v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565795v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC.2017.8024637" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424652v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SOFTCOM.2016.7772106" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393973v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lalevee" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Horrein" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H&#252;bner" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD.2016.92" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394336v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2016.7577110" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400512v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gomez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2940116.2940121" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394337v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2016.7577086" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250445v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IntelliSys.2015.7361080" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162734v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beugnard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Garlatti" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167135v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2684083.2684084" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979390v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mena Morales" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Baghdadi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hochapfel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817038v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830003v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Pietro" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Huici" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Bonelli" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Trammell" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Kastovsky" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859291v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bourge" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Balch" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797503v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725646v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30054-7_20" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859323v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guelton" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626509v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725661v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504342v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504343v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836641v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Sauze" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Chiosi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Douville" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lia Pouyllau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#228;kon Lonsethagen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504329v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mehaoua" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504331v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486765v2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-04576-9" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504332v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527610v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527606v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504328v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540898v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2008.16" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725675v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504316v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Saouter" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TURBOCODING.2008.4658716" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540896v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2008.1081" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540885v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540882v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540901v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565957v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02883377v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504310v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504314v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504313v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504337v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Dahmouni" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ross&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1269880.1269889" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504290v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504295v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bermolen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Juva" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504287v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Virtamo" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504288v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504294v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504336v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Morin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504280v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504286v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504335v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504279v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504278v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504277v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504195v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504274v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338802v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S Bedo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338796v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Marakov" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348897v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504275v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848251v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141670v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348820v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berrou" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862124v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Saoudi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810157v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jezequel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Douillard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2002.1188348" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848252v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129821v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348796v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Salamatian" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338788v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348779v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146172v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.1999.756282" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338785v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348742v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moulines" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179692v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338761v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Korezlioglu" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kofman" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002722v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Anh Trinh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504305v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Glavieux" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Adde" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Battail" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezio Biglieri" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504285v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504053v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115135v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayri Korezlioglu" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374954v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968975v3" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158805v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372337v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02885405v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sandrine-vaton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8940-6004" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057691444" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04792945v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Duraz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Espes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Francq" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/jucs.131659" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283853v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Troisemaine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Reiffers-Masson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gosselin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-024-01025-y" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04486479v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Tlaiss" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ferrieux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Amigo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hamchaoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-023-00982-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03268595v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Messi&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Fromentoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Labidurie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Radier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-021-00855-x" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394392v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Echraibi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Flocon-Cholet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gosselin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2021.3091328" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02894784v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Saverimoutou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mathieu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCOM.001.1900178" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326926v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mouchet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Aben" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper den Hertog" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.2968380" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291088v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2019.106905" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857738v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brun" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Belzarena" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-018-9464-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533710v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Romaric Tembo Mouafo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Courant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beuvelot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-016-9401-0" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511374v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S&#232;des" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400498v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11066-016-9112-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258446v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058332v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Groleat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Arzel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2014.2346075" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058333v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nem.1863" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RT35PRQQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952304v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11066-013-9078-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-P97TWGTD-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668157v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Larroca" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nem.799" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V5PC1VHW-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565750v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Casas Hernandez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Rougier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565947v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Callegari" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Pagano" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724659v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fillatre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Nikiforov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2010.01.013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RNDC8DH-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565752v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10922-010-9182-9" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4JL366PR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565751v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman Salem" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gravey" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282371v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-387-85555-4_4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92516D43240807F3072B1A273AADBF8638621598/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04486482v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITC-3560063.2023.10555831" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04792982v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3664476.3664505" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564665v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charreaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Sailhan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564677v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768013v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Flocon Cholet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICKG55886.2022.00041" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978502v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04154314v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Ghandi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/IFIPNetworking57963.2023.10186416" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04484785v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3630050.3630079" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167112v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN56760.2023.10073485" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158855v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43430-3_18" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04154351v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159578v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3590777.3590786" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775558v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM55787.2022.9964607" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03647577v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS54207.2022.9789871" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03647594v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Quintuna Rodriguez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN53892.2022.9758094" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03647627v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04165289v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO54536.2021.9616294" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431732v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN48450.2020.9059491" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02413636v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Randall" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine S&#233;gner&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS47738.2020.9110341" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864385v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300968v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFCOMW.2019.8845296" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072471v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2019.8685876" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010099v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02136202v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2019.8763827" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785870v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04166199v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072483v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCS.2018.00184" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581498v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Ruano Rincon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bortzmeyer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565795v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCC.2017.8024637" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573963v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ONDM.2017.7958529" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581496v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424652v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SOFTCOM.2016.7772106" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393973v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lalevee" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Horrein" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H&#252;bner" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD.2016.92" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394336v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2016.7577110" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400512v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gomez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2940116.2940121" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394337v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IWCMC.2016.7577086" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250445v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IntelliSys.2015.7361080" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162734v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beugnard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Garlatti" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167135v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2684083.2684084" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979390v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mena Morales" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Baghdadi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hochapfel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817038v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830003v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Pietro" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Huici" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Bonelli" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Trammell" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Kastovsky" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859291v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Bourge" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Balch" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797503v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725646v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30054-7_20" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859323v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Guelton" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626509v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725661v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504342v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504343v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836641v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Sauze" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostino Chiosi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Douville" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lia Pouyllau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#228;kon Lonsethagen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504329v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mehaoua" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504331v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486765v2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-04576-9" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504332v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527610v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504328v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527606v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725675v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504316v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Saouter" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TURBOCODING.2008.4658716" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540896v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2008.1081" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540885v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540882v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540901v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540898v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2008.16" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504337v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Dahmouni" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ross&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1269880.1269889" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504290v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02883377v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565957v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504314v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504313v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504310v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504295v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bermolen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Juva" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504287v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Virtamo" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504288v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504294v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504336v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Morin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504280v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504286v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504335v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504279v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504278v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504277v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504274v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338802v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S Bedo" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338796v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Marakov" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348897v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504275v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504195v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848251v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141670v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348820v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berrou" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862124v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Saoudi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810157v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jezequel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Douillard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2002.1188348" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848252v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129821v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348796v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Salamatian" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348779v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338788v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146172v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.1999.756282" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338785v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348742v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moulines" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179692v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338761v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Korezlioglu" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kofman" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002722v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Anh Trinh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504305v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Glavieux" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Adde" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Battail" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezio Biglieri" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504285v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504053v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115135v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayri Korezlioglu" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374954v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968975v3" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158805v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372337v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02885405v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>