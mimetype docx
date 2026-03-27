--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1626,295 +1626,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03810569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doxorubicin‐sensitized Luminescence of NIR‐emitting Ytterbium Liposomes: Towards Direct Monitoring of Drug Release</w:t>
+                <w:t xml:space="preserve">Concentration‐dependent interactions of amphiphilic PiB‐ derivative metal complexes with amyloid peptides Aβ and amylin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lacerda</w:t>
+                <w:t xml:space="preserve">Saida Majdoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Delalande</w:t>
+                <w:t xml:space="preserve">Zoltán Garda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svetlana V. Eliseeva</w:t>
+                <w:t xml:space="preserve">Alexandre Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Inga Relich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Agnes A. Pallier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Celia ́ Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 60 (44), pp.23574-23577. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27, pp.2009-2020. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.202109408⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202004000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03349106v1</w:t>
+                <w:t xml:space="preserve">hal-03011656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concentration‐dependent interactions of amphiphilic PiB‐ derivative metal complexes with amyloid peptides Aβ and amylin</w:t>
+                <w:t xml:space="preserve">Doxorubicin‐sensitized Luminescence of NIR‐emitting Ytterbium Liposomes: Towards Direct Monitoring of Drug Release</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saida Majdoub</w:t>
+                <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoltán Garda</w:t>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Oliveira</w:t>
+                <w:t xml:space="preserve">Svetlana V. Eliseeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes A. Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inga Relich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnes A. Pallier</w:t>
+                <w:t xml:space="preserve">Celia ́ Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 27, pp.2009-2020. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (44), pp.23574-23577. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202004000⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202109408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03011656v1</w:t>
+                <w:t xml:space="preserve">hal-03349106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging of Dysfunctional Elastogenesis in Atherosclerosis Using an Improved Gadolinium-Based Tetrameric MRI Probe Targeted to Tropoelastin</w:t>
               </w:r>
@@ -2315,51 +2315,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tropoelastin: an in vivo imaging marker of dysfunctional matrix turnover during abdominal aortic dilation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Begoña Lavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Andia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2430,200 +2430,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02307969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted Contrast Agents for Molecular MRI</w:t>
+                <w:t xml:space="preserve">Theranostics and Image Guided Drug Delivery. Edited by Maya Thanou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éva Tóth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (4), pp.129. </w:t>
+              <w:t xml:space="preserve">ChemMedChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (17), pp.1851-1852. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/inorganics6040129⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cmdc.201800464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02068580v1</w:t>
+                <w:t xml:space="preserve">hal-01966410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theranostics and Image Guided Drug Delivery. Edited by Maya Thanou</w:t>
+                <w:t xml:space="preserve">Targeted Contrast Agents for Molecular MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Éva Tóth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemMedChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 13 (17), pp.1851-1852. </w:t>
+              <w:t xml:space="preserve">Inorganics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (4), pp.129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cmdc.201800464⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/inorganics6040129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01966410v1</w:t>
+                <w:t xml:space="preserve">hal-02068580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cocktail of 165 Er( iii ) and Gd( iii ) complexes for quantitative detection of zinc using SPECT and MRI</w:t>
               </w:r>
@@ -2968,51 +2968,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal complexes for multimodal imaging of misfolded protein-related diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3245,51 +3245,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiefang He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia S. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana V. Eliseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4041,319 +4041,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02079495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanide(III) complexes of 4,10-bis(phosphonomethyl)-1,4,7,10-tetraazacyclododecane-1,7-diacetic acid (trans-H6do2a2p) in solution and in the solid state: structural studies along the series</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chemical, radiochemical and biological studies of Sm and Ho complexes of H4dota analogues containing one methylphosphonic/phosphinic acid pendant arm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Lacerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula c. M. Campello</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sara Lacerda</w:t>
+                <w:t xml:space="preserve">Fernanda Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel c. Santos</w:t>
+                <w:t xml:space="preserve">Paula Campello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovannia a. Pereira</w:t>
+                <w:t xml:space="preserve">Lurdes Gano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos F. G. C. Geraldes</w:t>
+                <w:t xml:space="preserve">Vojtěch Kubíček</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 16 (28), pp.8446-8465. </w:t>
+              <w:t xml:space="preserve">Journal of Labelled Compounds and Radiopharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 53 (1), pp.36-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201000320⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jlcr.1697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00529313v1</w:t>
+                <w:t xml:space="preserve">hal-02079486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical, radiochemical and biological studies of Sm and Ho complexes of H4dota analogues containing one methylphosphonic/phosphinic acid pendant arm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lanthanide(III) complexes of 4,10-bis(phosphonomethyl)-1,4,7,10-tetraazacyclododecane-1,7-diacetic acid (trans-H6do2a2p) in solution and in the solid state: structural studies along the series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula c. M. Campello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Campello</w:t>
+                <w:t xml:space="preserve">Isabel c. Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lurdes Gano</w:t>
+                <w:t xml:space="preserve">Giovannia a. Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vojtěch Kubíček</w:t>
+                <w:t xml:space="preserve">Carlos F. G. C. Geraldes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Labelled Compounds and Radiopharmaceuticals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 53 (1), pp.36-43. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 16 (28), pp.8446-8465. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jlcr.1697⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201000320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02079486v1</w:t>
+                <w:t xml:space="preserve">hal-00529313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel tetraazamacrocycle bearing a thiol pendant arm for labeling biomolecules with radiolanthanides</w:t>
               </w:r>
@@ -4365,51 +4365,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Paula Campello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lurdes Gano,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4479,493 +4479,493 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00525104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological evaluation of 153Sm and 166Ho complexes with tetraazamacrocycles containing methylcarboxylate and/or methylphosphonate pendant arms</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of the cyclen derivative 2-[1,4,7,10-tetraazacyclododecan-1-yl]-ethanethiol and its complexation behaviour towards d-transition metal ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maria Paula Campello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Isabel Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Delgado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1524/ract.2007.95.6.335⟩</w:t>
+              <w:t xml:space="preserve">Polyhedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (14), pp.3763-3773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.poly.2007.04.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02079460v1</w:t>
+                <w:t xml:space="preserve">hal-02079478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiolanthanide complexes with tetraazamacrocycles bearing methylphosphonate pendant arms as bone seeking agents.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Gano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Campello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Balbina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The quarterly journal of nuclear medicine and molecular imaging : official publication of the Italian Association of Nuclear Medicine (AIMN) [and] the International Association of Radiopharmacology (IAR), [and] Section of the Society of Radiopharmaceutic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 51 (1), pp.6-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02079469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the cyclen derivative 2-[1,4,7,10-tetraazacyclododecan-1-yl]-ethanethiol and its complexation behaviour towards d-transition metal ions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biological evaluation of 153Sm and 166Ho complexes with tetraazamacrocycles containing methylcarboxylate and/or methylphosphonate pendant arms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lurdes Gano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Paula Campello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Santos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rita Delgado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polyhedron</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Radiochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 95 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1524/ract.2007.95.6.335⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.poly.2007.04.037⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02079478v1</w:t>
+                <w:t xml:space="preserve">hal-02079460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiochemical and biological behaviour of 153Sm and 166Ho complexes anchored by a novel bis(methylphosphonate) tetraazamacrocycle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Paula Campello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lurdes Gano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Santos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 95 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4999,103 +4999,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">13- and 14-membered macrocyclic ligands containing methylcarboxylate or methylphosphonate pendant arms: Chemical and biological evaluation of their 153Sm and 166Ho complexes as potential agents for therapy or bone pain palliation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lurdes Gano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Paula Campello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Inorganic Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 100 (2), pp.270-280. </w:t>
@@ -5158,77 +5158,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A N,N′-diacetate benzodioxotetraazamacrocycle and its transition metal complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Paula Campello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Delgado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polyhedron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 24 (3), pp.451-461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5306,103 +5306,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Monitoring of Doxorubicin Release via sensitization of NIR-emitting Ytterbium Liposomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana V. Eliseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes A. Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia ́ Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du WP "Agents d'imagerie", WP1, de FLI et du GDR AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Grenoble, France</w:t>
@@ -5431,51 +5431,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Bispidine-based Mn(II) complexes for PET/MR Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daouda Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5556,51 +5556,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peptide-base targeted Contrast Agents: Novel probes for dysfunctional elastogenesis and metastasis imaging,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2es Journées Scientifiques GDR AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5625,51 +5625,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peptide-base targeted Contrast Agents: Novel probes for dysfunctional elastogenesis and metastasis imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Meeting of the LIA “Mir-TANGo”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5694,51 +5694,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational design of multimodal imaging and theranostic probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées thématiques « Matériaux et sciences du vivant »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5763,51 +5763,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séminaire invité : Small probes to lipoparticles: targeted multimodal imaging and theranostic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEMHTI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5832,51 +5832,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation de l’équipe « Complexes Métalliques et IRM »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14e Journée Scientifique du Réseau Vectorisation et Radiothérapies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5901,51 +5901,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séminaire invité : Small probes to lipoparticles: targeted multimodal imaging and theranostic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Servier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5996,51 +5996,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Alvarenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Avelar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ap Satie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6416,51 +6416,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Barantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6528,51 +6528,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Malikidogo K.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6627,90 +6627,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GRPr-Targeted Gold Nanoparticles for Multimodal Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes A. Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6752,51 +6752,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray-induced radiophotodynamic therapy (RPDT) using lanthanide micelles: Beyond depth limitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slávka Kaščáková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7015,64 +7015,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray-induced radiophotodynamic therapy (RPDT) using lanthanide micelles: Beyond depth limitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Kaščáková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes A. Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7140,51 +7140,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray-induced radiophotodynamic therapy (RPDT) using lanthanide micelles: Beyond depth limitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slávka Kaščáková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7278,51 +7278,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Alvarenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Avelar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ap Satie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7621,51 +7621,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition metal-based MRI relaxation agents (Mn and Fe)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daouda Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7716,51 +7716,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manganese Complexes as Contrast Agents for Magnetic Resonance Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daouda Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7824,90 +7824,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual Imaging Gold Nanoplatforms for Targeted Radiotheranostics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco J. Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Antonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes A. Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Même</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8362,51 +8362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Petoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 13305291.0. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8514,51 +8514,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8448F00F"/>
+    <w:nsid w:val="20F67511"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8745,51 +8745,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sara-lacerda" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3865-4379" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/258183306" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-3277-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184946v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Martinho Almeida Pinto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lacerda" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Morfin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Tiago Aroso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Sofia de Sousa Teixeira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.363" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184933v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin M de Kruijff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Djanashvili" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30061296" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630978v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vital Cruvinel Ferreira-Filho" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Morais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vieira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos Waerenborgh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jo&#227;o Carmezim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29081824" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708313v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Chaher" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Digilio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Padovan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Gao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44303-024-00037-z" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630981v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Moreau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Luka&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Pallier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sobilo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Aci-S&#232;che" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.3c00558" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise L&#233;ost" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barbet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Beyler" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ch&#233;rel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Delpon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2023.08.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254714v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyangwi Malikidogo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Isaac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Uguen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#234;me" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CC03137C" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124237v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Botnar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkystis Phinikaridou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/64720" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810610v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos F G C Geraldes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va T&#243;th" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sd00026a" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810630v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Lavin Plaza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anse.202200039" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810569v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuyuan Zhang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael T. M. de Rosales" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro da Silva" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c03841" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349106v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacerda" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Pallier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia &#769; Bonnet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202109408" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011656v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Majdoub" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Garda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Oliveira" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Relich" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202004000" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433450v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Capuana" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Stefania" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Lavin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.1c01286" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555574v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Ndiaye" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame Sy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro de Silva" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202003685" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472491v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Silva" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Paulo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M&#234;me" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13030513" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307969v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Andia" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Lorrio" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bakewell" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvz178" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068580v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics6040129" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966410v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201800464" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904447v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc03407a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079426v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Smith" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.117.007303" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618333v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201700210" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068723v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Morfin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F G C Geraldes" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. T&#243;th" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7DT02371E" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079515v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongguang Li" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Harriss" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ramniceanu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/ntno.18619" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407004v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiefang He" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia S. Bonnet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chauvin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b12084" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479428v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sl&#225;vka Ka&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Merc&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-015-0747-5" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171718v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; F. Martins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Dias" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas V. Laurents" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201406152" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-313HF95W-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079499v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Wiethoff" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ullrich Ebersberger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Blume" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.113.001131" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817465v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia S Bonnet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Villette" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Foucher" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201201923" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6GGN3G6D-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079495v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Makowski" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules181114042" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529313v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula&#8197;c. M. Campello" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel&#8197;c. Santos" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovannia&#8197;a. Pereira" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos F. G. C. Geraldes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201000320" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W5ZJX2SR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079486v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Marques" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Campello" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lurdes Gano" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch Kub&#237;&#269;ek" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jlcr.1697" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KJ0M37K7-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525104v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Paula Campello" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lurdes Gano," TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojtech Kubicek" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b820375j" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-30XKGZJL-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079460v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Santos" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2007.95.6.335" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079469v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Gano" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marques" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Campello" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Balbina" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079478v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paula Campello" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Delgado" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2007.04.037" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BHCB1J0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079464v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2007.95.6.329" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079453v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2005.11.011" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H5LWN3XS-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079449v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2004.12.008" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KBC93HBJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546197v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549786v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline M. Nonat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283148v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283037v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283211v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283000v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283157v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283027v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02435234v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alvarenga" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Avelar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ap Satie" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mah&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383408v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meudal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Madinier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Szeremeta" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863246v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Meudal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Szeremeta" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Bertrand" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292258v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. da Silva" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03296044v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Malikidogo K." TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294463v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Silva" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gano" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453469v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300611v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Campello M. P." TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paulo" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kannan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300671v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ka&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giuliani" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Merc&#232;re" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453468v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02441478v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mah&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811088v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bonnet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781782624028-00163" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812422v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.adioch.2021.06.001" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549862v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549867v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110685701-009" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549858v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Silva" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Antonio" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080780v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Lavin-Plaza" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Henningsson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8841-9_14" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080790v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos F.G.C. Geraldes" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-409547-2.13926-5" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081118v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soledade C. S. Santos" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Barbosa" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b11645" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081138v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petoud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sara-lacerda" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3865-4379" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/258183306" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-3277-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184946v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Martinho Almeida Pinto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lacerda" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Morfin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Tiago Aroso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Sofia de Sousa Teixeira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.363" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184933v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin M de Kruijff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Djanashvili" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30061296" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630978v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vital Cruvinel Ferreira-Filho" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Morais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vieira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carlos Waerenborgh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jo&#227;o Carmezim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29081824" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708313v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Chaher" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Digilio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Padovan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Gao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44303-024-00037-z" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630981v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Moreau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tea Luka&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Pallier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sobilo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Aci-S&#232;che" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.3c00558" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise L&#233;ost" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barbet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Beyler" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ch&#233;rel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Delpon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2023.08.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254714v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyangwi Malikidogo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Isaac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Uguen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#234;me" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CC03137C" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124237v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Botnar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkystis Phinikaridou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/64720" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810610v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos F G C Geraldes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va T&#243;th" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sd00026a" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810630v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Lavin Plaza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anse.202200039" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810569v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuyuan Zhang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael T. M. de Rosales" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro da Silva" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c03841" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011656v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Majdoub" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Garda" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Oliveira" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Relich" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Pallier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202004000" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349106v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacerda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia &#769; Bonnet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202109408" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433450v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Capuana" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachele Stefania" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Lavin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.1c01286" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555574v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Ndiaye" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryame Sy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidro de Silva" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202003685" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472491v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Silva" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Paulo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M&#234;me" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13030513" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307969v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Andia" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Lorrio" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bakewell" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvz178" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966410v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201800464" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068580v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics6040129" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904447v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc03407a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079426v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Smith" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.117.007303" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618333v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201700210" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068723v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Morfin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. F G C Geraldes" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. T&#243;th" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7DT02371E" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079515v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongguang Li" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Harriss" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ramniceanu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/ntno.18619" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407004v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiefang He" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia S. Bonnet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chauvin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b12084" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479428v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sl&#225;vka Ka&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Merc&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-015-0747-5" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171718v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; F. Martins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Dias" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas V. Laurents" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201406152" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-313HF95W-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079499v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Wiethoff" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ullrich Ebersberger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Blume" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCIMAGING.113.001131" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817465v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia S Bonnet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Villette" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Foucher" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201201923" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6GGN3G6D-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079495v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Makowski" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules181114042" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079486v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Marques" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Campello" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lurdes Gano" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch Kub&#237;&#269;ek" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jlcr.1697" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KJ0M37K7-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529313v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula&#8197;c. M. Campello" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel&#8197;c. Santos" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovannia&#8197;a. Pereira" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos F. G. C. Geraldes" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201000320" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W5ZJX2SR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525104v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Paula Campello" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lurdes Gano," TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojtech Kubicek" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b820375j" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-30XKGZJL-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079478v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paula Campello" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Santos" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Delgado" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2007.04.037" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BHCB1J0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079469v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Gano" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marques" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Campello" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Balbina" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079460v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2007.95.6.335" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079464v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.2007.95.6.329" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079453v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2005.11.011" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H5LWN3XS-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079449v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2004.12.008" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KBC93HBJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546197v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549786v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline M. Nonat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283148v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283037v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283211v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283000v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283157v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283027v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02435234v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alvarenga" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Avelar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ap Satie" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mah&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383408v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meudal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Madinier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Szeremeta" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863246v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Meudal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Szeremeta" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Bertrand" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292258v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. da Silva" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03296044v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Malikidogo K." TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294463v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Silva" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gano" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453469v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300611v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Campello M. P." TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paulo" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kannan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300671v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ka&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giuliani" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Merc&#232;re" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453468v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02441478v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mah&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811088v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bonnet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781782624028-00163" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812422v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.adioch.2021.06.001" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549862v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549867v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110685701-009" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549858v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Silva" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Antonio" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080780v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Lavin-Plaza" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Henningsson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8841-9_14" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080790v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos F.G.C. Geraldes" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-409547-2.13926-5" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081118v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soledade C. S. Santos" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Barbosa" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b11645" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081138v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petoud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>