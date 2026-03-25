--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,714 +66,714 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (75)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (76)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk factors for tick infestation and equine Piroplasmosis infection among draught horses in France</w:t>
+                <w:t xml:space="preserve">First detection of one of the tick-borne lymphadenopathy (TIBOLA) etiological agent in ticks from a highly frequented sub-urban forest near Paris, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Nadal</w:t>
+                <w:t xml:space="preserve">Eva A Krupa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Chanet</w:t>
+                <w:t xml:space="preserve">Laurine Levillayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Delaunay</w:t>
+                <w:t xml:space="preserve">Matthieu Prot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Hugues Pitel</w:t>
+                <w:t xml:space="preserve">Artem Baidaliuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Marsot</w:t>
+                <w:t xml:space="preserve">Richard E L Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (3), pp.102468. </w:t>
+              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2025.102468⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0005705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04994083v1</w:t>
+                <w:t xml:space="preserve">pasteur-05564940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Checklist and diversity of tick fauna associated with domestic animals in Cambodia</w:t>
+                <w:t xml:space="preserve">Risk factors for tick infestation and equine Piroplasmosis infection among draught horses in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sony Yean</w:t>
+                <w:t xml:space="preserve">Clémence Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didot Budi Prasetyo</w:t>
+                <w:t xml:space="preserve">Claire Chanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theary Ren</w:t>
+                <w:t xml:space="preserve">Clarisse Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davy Krib</w:t>
+                <w:t xml:space="preserve">Pierre-Hugues Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saoya Sen</w:t>
+                <w:t xml:space="preserve">M. Marsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 16 (6), pp.102570. </w:t>
+              <w:t xml:space="preserve">, 2025, 16 (3), pp.102468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2025.102570⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2025.102468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05424748v1</w:t>
+                <w:t xml:space="preserve">hal-04994083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick exposure biomarkers: A One Health approach to new tick surveillance tools</w:t>
+                <w:t xml:space="preserve">Checklist and diversity of tick fauna associated with domestic animals in Cambodia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Dziedziech</w:t>
+                <w:t xml:space="preserve">Sony Yean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Krupa</w:t>
+                <w:t xml:space="preserve">Didot Budi Prasetyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristina E.M. Persson</w:t>
+                <w:t xml:space="preserve">Theary Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard E. Paul</w:t>
+                <w:t xml:space="preserve">Davy Krib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Bonnet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Saoya Sen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Research in Parasitology &amp; Vector-Borne Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 6, pp.100212. </w:t>
+              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (6), pp.102570. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crpvbd.2024.100212⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2025.102570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04688901v1</w:t>
+                <w:t xml:space="preserve">hal-05424748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Update on tick-borne pathogens detection methods within ticks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Tick exposure biomarkers: A One Health approach to new tick surveillance tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Dziedziech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Krupa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina E.M. Persson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard E. Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Research in Parasitology &amp; Vector-Borne Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 6, pp.100199. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crpvbd.2024.100199⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 6, pp.100212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crpvbd.2024.100212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04638487v1</w:t>
+                <w:t xml:space="preserve">pasteur-04688901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First expert elicitation of knowledge on possible drivers of observed increasing human cases of Tick-Borne Encephalitis in Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Saegerman</w:t>
+                <w:t xml:space="preserve">Update on tick-borne pathogens detection methods within ticks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Krupa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Dziedziech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-France Humblet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (3), pp.791. </w:t>
+              <w:t xml:space="preserve">Current Research in Parasitology &amp; Vector-Borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6, pp.100199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/v15030791⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crpvbd.2024.100199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04037581v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04638487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frankenbacteriosis targeting interactions between pathogen and symbiont to control infection in the tick vector</w:t>
               </w:r>
@@ -887,8859 +887,8993 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04358345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The distribution, phenology, host range and pathogen prevalence of Ixodes ricinus in France: a systematic map and narrative review</w:t>
+                <w:t xml:space="preserve">First expert elicitation of knowledge on possible drivers of observed increasing human cases of Tick-Borne Encephalitis in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Perez</w:t>
+                <w:t xml:space="preserve">Claude Saegerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Bournez</w:t>
+                <w:t xml:space="preserve">Marie-France Humblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Boulanger</w:t>
+                <w:t xml:space="preserve">Marc Leandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Fite</w:t>
+                <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Livoreil</w:t>
+                <w:t xml:space="preserve">Paul Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 3, pp.e81. </w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (3), pp.791. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.291⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/v15030791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04203797v2</w:t>
+                <w:t xml:space="preserve">hal-04037581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dermacentor reticulatus – a tick on its way from glacial refugia to a panmictic Eurasian population</w:t>
+                <w:t xml:space="preserve">The distribution, phenology, host range and pathogen prevalence of Ixodes ricinus in France: a systematic map and narrative review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Branka Bilbija</w:t>
+                <w:t xml:space="preserve">Grégoire Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cäcilia Spitzweg</w:t>
+                <w:t xml:space="preserve">Laure Bournez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivo Papoušek</w:t>
+                <w:t xml:space="preserve">Nathalie Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uwe Fritz</w:t>
+                <w:t xml:space="preserve">Johanna Fite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gábor Földvári</w:t>
+                <w:t xml:space="preserve">Barbara Livoreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 53 (2), pp.91-101. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.e81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2022.11.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-03942971v1</w:t>
+                <w:t xml:space="preserve">hal-04203797v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New geographical records for tick‐borne pathogens in ticks collected from cattle in Benin and Togo</w:t>
+                <w:t xml:space="preserve">Dermacentor reticulatus – a tick on its way from glacial refugia to a panmictic Eurasian population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Eric Yessinou</w:t>
+                <w:t xml:space="preserve">Branka Bilbija</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Daniela Cazan</w:t>
+                <w:t xml:space="preserve">Cäcilia Spitzweg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luciana Cătălina Panait</w:t>
+                <w:t xml:space="preserve">Ivo Papoušek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eyabana Mollong</w:t>
+                <w:t xml:space="preserve">Uwe Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abel S Biguezoton</w:t>
+                <w:t xml:space="preserve">Gábor Földvári</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Medicine and Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 9 (1), pp.345 - 352. </w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 53 (2), pp.91-101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/vms3.1022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2022.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04008651v1</w:t>
+                <w:t xml:space="preserve">anses-03942971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survey of ticks and tick-borne pathogens in wild chimpanzee habitat in Western Uganda</w:t>
+                <w:t xml:space="preserve">New geographical records for tick‐borne pathogens in ticks collected from cattle in Benin and Togo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Lacroux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+                <w:t xml:space="preserve">Roland Eric Yessinou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Pouydebat</w:t>
+                <w:t xml:space="preserve">Cristina Daniela Cazan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Buysse</w:t>
+                <w:t xml:space="preserve">Luciana Cătălina Panait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nil Rahola</w:t>
+                <w:t xml:space="preserve">Eyabana Mollong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abel S Biguezoton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13071-022-05632-w⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Medicine and Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (1), pp.345 - 352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/vms3.1022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03964649v1</w:t>
+                <w:t xml:space="preserve">pasteur-04008651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An update of evidence for pathogen transmission by ticks of the genus &amp;lt;i&amp;gt;Hyalomma&amp;lt;/i&amp;gt;</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Survey of ticks and tick-borne pathogens in wild chimpanzee habitat in Western Uganda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lacroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Figoni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Johanna Fite</w:t>
+                <w:t xml:space="preserve">Emmanuelle Pouydebat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Buysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nil Rahola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens12040513⟩</w:t>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (1), pp.22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13071-022-05632-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04040763v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03964649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eco‐epidemiology of equine piroplasmosis and its associated tick vectors in Europe: A systematic literature review and a meta‐analysis of prevalence</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">An update of evidence for pathogen transmission by ticks of the genus &amp;lt;i&amp;gt;Hyalomma&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Falchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Figoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Fite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (4), pp.513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens12040513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tbed.14261⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03941519v1</w:t>
+                <w:t xml:space="preserve">hal-04040763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographical distribution of hard ticks (Acari:Ixodidae) and tick-host associations in Benin, Burkina-Faso, Ivory-Coast and Togo</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Andrei Daniel Mihalca</w:t>
+                <w:t xml:space="preserve">Eco‐epidemiology of equine piroplasmosis and its associated tick vectors in Europe: A systematic literature review and a meta‐analysis of prevalence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marsot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Tropica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 69 (5), pp.2474-2498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.14261⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actatropica.2022.106510⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04008657v1</w:t>
+                <w:t xml:space="preserve">hal-03941519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of two artificial infection methods of live ticks as tools for studying interactions between tick-borne viruses and their tick vectors</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Geographical distribution of hard ticks (Acari:Ixodidae) and tick-host associations in Benin, Burkina-Faso, Ivory-Coast and Togo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Eric Yessinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Daniela Cazan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Irène Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Rakotobe</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Souaïbou Farougou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Daniel Mihalca</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-04498-9⟩</w:t>
+              <w:t xml:space="preserve">Acta Tropica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 232, pp.106510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actatropica.2022.106510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04008666v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04008657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The control of &amp;lt;i&amp;gt;Hyalomma&amp;lt;/i&amp;gt; ticks, vectors of the Crimean–Congo hemorrhagic fever virus: Where are we now and where are we going?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of two artificial infection methods of live ticks as tools for studying interactions between tick-borne viruses and their tick vectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Raffetin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julie Figoni</w:t>
+                <w:t xml:space="preserve">Camille Victoire Migné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaclav Hönig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Irène Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Palus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Rakotobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0010846⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, pp.491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-04498-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03876119v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04008666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and Temporal Circulation of Babesia caballi and Theileria equi in France Based on Seven Years of Serological Data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jacques Guillot</w:t>
+                <w:t xml:space="preserve">The control of &amp;lt;i&amp;gt;Hyalomma&amp;lt;/i&amp;gt; ticks, vectors of the Crimean–Congo hemorrhagic fever virus: Where are we now and where are we going?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Raffetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Falchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Figoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens11020227⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (11), pp.e0010846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0010846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941513v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03876119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Update on the intricate tango between tick microbiomes and tick‐borne pathogens</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Spatial and Temporal Circulation of Babesia caballi and Theileria equi in France Based on Seven Years of Serological Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marsot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Le Metayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Boireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite Immunology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (2), pp.227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens11020227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/pim.12813⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03087759v1</w:t>
+                <w:t xml:space="preserve">hal-03941513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Of fungi and ticks: Morphological and molecular characterization of fungal contaminants of a laboratory-reared Ixodes ricinus colony</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jacques Guillot</w:t>
+                <w:t xml:space="preserve">Update on the intricate tango between tick microbiomes and tick‐borne pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Irène Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2021.101732⟩</w:t>
+              <w:t xml:space="preserve">Parasite Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pim.12813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03246357v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03087759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An expert opinion assessment of blood‐feeding arthropods based on their capacity to transmit African swine fever virus in Metropolitan France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Of fungi and ticks: Morphological and molecular characterization of fungal contaminants of a laboratory-reared Ixodes ricinus colony</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Blisnick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Al Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2021.101732⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tbed.13769⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02934678v1</w:t>
+                <w:t xml:space="preserve">hal-03246357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Infection of Ticks: An Essential Tool for the Analysis of Babesia Species Biology and Transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah I Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Nadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (11), pp.1403. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/pathogens10111403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical transmission of African swine fever virus by Stomoxys calcitrans : Insights from a mechanistic model</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">An expert opinion assessment of blood‐feeding arthropods based on their capacity to transmit African swine fever virus in Metropolitan France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Saegerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bouhsira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick de Regge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Desquesnes</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Fite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 68 (3), pp.1541-1549. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.13824⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 68 (3), pp.1190-1204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.13769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02958879v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Transovarial Transmission of Bartonella henselae in Rhipicephalus sanguineus sensu lato Ticks Using Artificial Feeding</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanical transmission of African swine fever virus by Stomoxys calcitrans : Insights from a mechanistic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi-Yang Lien</w:t>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shih-Te Chuang</w:t>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick de Regge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Desquesnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms9122501⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (3), pp.1541-1549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.13824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04012473v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02958879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Ixodes ricinus-Sheep Cycle of Anaplasma phagocytophilum NV2Os Propagated in Tick Cell Cultures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of Transovarial Transmission of Bartonella henselae in Rhipicephalus sanguineus sensu lato Ticks Using Artificial Feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Fourniol</w:t>
+                <w:t xml:space="preserve">Wittawat Wechtaisong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah I Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clotilde Rouxel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pilar Alberdi</w:t>
+                <w:t xml:space="preserve">Bruno B Chomel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Gandoin</w:t>
+                <w:t xml:space="preserve">Yi-Yang Lien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shih-Te Chuang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fvets.2020.00040⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (12), pp.2501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9122501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03313221v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04012473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Putative Role of Arthropod Vectors in African Swine Fever Virus Transmission in Relation to Their Bio-Ecological Properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Etore</w:t>
+                <w:t xml:space="preserve">Experimental Ixodes ricinus-Sheep Cycle of Anaplasma phagocytophilum NV2Os Propagated in Tick Cell Cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consuelo Almazán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Fourniol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Rouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pilar Alberdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gandoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v12070778⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (10), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2020.00040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">anses-02902933v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03313221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Failed Disruption of Tick Feeding, Viability, and Molting after Immunization of Mice and Sheep with Recombinant Ixodes ricinus Salivary Proteins IrSPI and IrLip1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consuelo Almazán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fourniol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Rakotobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ladislav Šimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bornères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaccines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/vaccines8030475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03316281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple Antigenic Peptide-Based Vaccines Targeting Ixodes ricinus Neuropeptides Induce a Specific Antibody Response but Do Not Impact Tick Infestation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Borneres</w:t>
+                <w:t xml:space="preserve">Putative Role of Arthropod Vectors in African Swine Fever Virus Transmission in Relation to Their Bio-Ecological Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bouhsira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick de Regge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Fite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Etore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens9110900⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (7), pp.778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v12070778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03316101v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-02902933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission of Bartonella henselae within Rhipicephalus sanguineus: Data on the Potential Vector Role of the Tick</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multiple Antigenic Peptide-Based Vaccines Targeting Ixodes ricinus Neuropeptides Induce a Specific Antibody Response but Do Not Impact Tick Infestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consuelo Almazán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladislav Šimo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Fourniol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Rakotobe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Borneres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0008664⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (11), pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens9110900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03313155v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Immunomodulatory Effect of IrSPI, a Tick Salivary Gland Serine Protease Inhibitor Involved in Ixodes ricinus Tick Feeding</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transmission of Bartonella henselae within Rhipicephalus sanguineus: Data on the Potential Vector Role of the Tick</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wittawat Wechtaisong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah I Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Yang Lien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shih-Te Chuang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi-Lun Tsai</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/vaccines7040148⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (10), pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0008664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02354425v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03313155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrastructural mapping of salivary gland innervation in the tick Ixodes ricinus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Immunomodulatory Effect of IrSPI, a Tick Salivary Gland Serine Protease Inhibitor Involved in Ixodes ricinus Tick Feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomas Bily</w:t>
+                <w:t xml:space="preserve">Adrien Blisnick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladislav Šimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jana Nebesářová</w:t>
+                <w:t xml:space="preserve">Catherine Grillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Libor Grubhoffer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+                <w:t xml:space="preserve">Fabienne Fasani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Brûlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-43284-6⟩</w:t>
+              <w:t xml:space="preserve">Vaccines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (4), pp.E148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/vaccines7040148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622771v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick-host-pathogen interactions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultrastructural mapping of salivary gland innervation in the tick Ixodes ricinus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ard M. Nijhof</w:t>
+                <w:t xml:space="preserve">Marie Vancova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose de La Fuente</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tomas Bily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Nebesářová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libor Grubhoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2018.00194⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (6860), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-43284-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620588v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vaccination anti-tiques comme outil de prévention contre les multiples agents qu’elles transmettent</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Richardson</w:t>
+                <w:t xml:space="preserve">Tick-host-pathogen interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah I. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ard M. Nijhof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose de La Fuente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2018.00194⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4267/2042/68002⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02278946v1</w:t>
+                <w:t xml:space="preserve">hal-02620588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A versatile model of hard tick infestation on laboratory rabbits</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">La vaccination anti-tiques comme outil de prévention contre les multiples agents qu’elles transmettent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3791/57994⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1, pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/68002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02627059v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The essential role of tick salivary glands and saliva in tick feeding and pathogen transmission</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A versatile model of hard tick infestation on laboratory rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Kazimirova</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Consuelo Almazan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirko Slovák</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoonseong Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2017.00281⟩</w:t>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 140, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3791/57994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608039v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First identification of Rickettsia helvetica in questing ticks from a French Northern Brittany Forest.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Le Naour</w:t>
+                <w:t xml:space="preserve">The essential role of tick salivary glands and saliva in tick feeding and pathogen transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladislav Simo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Kazimirova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0005416⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2017.00281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01570199v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tick Microbiome: Why Non-pathogenic Microorganisms Matter in Tick Biology and Pathogen Transmission</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Angelica M Hernández-Jarguín</w:t>
+                <w:t xml:space="preserve">First identification of Rickettsia helvetica in questing ticks from a French Northern Brittany Forest.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah I Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard E L Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Duron</w:t>
+                <w:t xml:space="preserve">Emmanuel Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Le Naour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2017.00236⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (3), pp.e0005416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0005416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005450v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01570199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick-pathogen interactions and vector competence: Identification of molecular drivers for Tick-borne diseases</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">The Tick Microbiome: Why Non-pathogenic Microorganisms Matter in Tick Biology and Pathogen Transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Cabezas Cruz</w:t>
+                <w:t xml:space="preserve">Florian Binetruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana G. Domingos</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Angelica M Hernández-Jarguín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Duron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 7, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2017.00114⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 7, pp.236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2017.00236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01607008v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population genetics, community of parasites, and resistance to rodenticides in an urban brown rat (&amp;lt;i&amp;gt;Rattus norvegicus&amp;lt;/i&amp;gt;) population</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Desvars-Larrive</w:t>
+                <w:t xml:space="preserve">Tick-pathogen interactions and vector competence: Identification of molecular drivers for Tick-borne diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose de La Fuente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Pascal</w:t>
+                <w:t xml:space="preserve">Sandra Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Gasqui</w:t>
+                <w:t xml:space="preserve">Alejandro Cabezas Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Cosson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Etienne Benoit</w:t>
+                <w:t xml:space="preserve">Ana G. Domingos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0184015⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2017.00114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01585048v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serine Protease Inhibitors in Ticks: An Overview of Their Role in Tick Biology and Tick-Borne Pathogen Transmission</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Population genetics, community of parasites, and resistance to rodenticides in an urban brown rat (&amp;lt;i&amp;gt;Rattus norvegicus&amp;lt;/i&amp;gt;) population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Desvars-Larrive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien A. Blisnick</w:t>
+                <w:t xml:space="preserve">Michel Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Foulon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Gasqui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2017.00199⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 79 (113), pp.e0184015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0184015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01536659v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01585048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tick species, tick-borne pathogens and symbionts in an insular environment off the coast of Western France</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Serine Protease Inhibitors in Ticks: An Overview of Their Role in Tick Biology and Tick-Borne Pathogen Transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Devillers</w:t>
+                <w:t xml:space="preserve">Adrien A. Blisnick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandra Torina</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Foulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah I. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2016.08.014⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2017.00199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-                <w:t xml:space="preserve">hal-01602342v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of molecular host-identification methods for ticks: an experimental in vitro study with Ixodes ricinus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tick species, tick-borne pathogens and symbionts in an insular environment off the coast of Western France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Michelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Joncour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Léger</w:t>
+                <w:t xml:space="preserve">Elodie Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiangye Liu</w:t>
+                <w:t xml:space="preserve">Alessandra Torina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Masseglia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
+                <w:t xml:space="preserve">Muriel Taussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (6), pp.1109-1115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2016.08.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13071-015-1043-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02004408v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental factors influencing tick densities over seven years in a French suburban forest</w:t>
+                <w:t xml:space="preserve">Reliability of molecular host-identification methods for ticks: an experimental in vitro study with Ixodes ricinus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard E. L. Paul</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elsa Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangye Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Masseglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 9 (1), pp.309. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13071-016-1591-5⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 8 (1), pp.433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13071-015-1043-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01370808v1</w:t>
+                <w:t xml:space="preserve">hal-02004408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infection of Siberian chipmunks (Tamias sibiricus barberi) with Borrelia sp. reveals a low reservoir competence under experimental conditions.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">Environmental factors influencing tick densities over seven years in a French suburban forest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard E. L. Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Le Naour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah I. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (1), pp.309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13071-016-1591-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2015.03.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01453449v1</w:t>
+                <w:t xml:space="preserve">pasteur-01370808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emerging horizons for tick-borne pathogens: from the &amp;quot;one pathogen-one disease' vision to the pathobiome paradigm</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zdenek Hubalek</w:t>
+                <w:t xml:space="preserve">Infection of Siberian chipmunks (Tamias sibiricus barberi) with Borrelia sp. reveals a low reservoir competence under experimental conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sándor Hornok</w:t>
+                <w:t xml:space="preserve">Valérie Choumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Masseglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Róbert Farkas</w:t>
+                <w:t xml:space="preserve">Elisabeth Ferquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Future Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 10 (12), pp.2033-2043. </w:t>
+              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (3), pp.393-400. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2217/fmb.15.114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2015.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631882v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01453449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IrSPI, a tick serine protease inhibitor involved in tick feeding and &amp;lt;em&amp;gt;Bartonella henselae&amp;lt;/em&amp;gt; infection</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emerging horizons for tick-borne pathogens: from the &amp;quot;one pathogen-one disease' vision to the pathobiome paradigm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruth C. Galindo</w:t>
+                <w:t xml:space="preserve">Muriel Vayssier-Taussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Kazimirova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Moutailler</w:t>
+                <w:t xml:space="preserve">Zdenek Hubalek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sándor Hornok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Róbert Farkas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0002993⟩</w:t>
+              <w:t xml:space="preserve">Future Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (12), pp.2033-2043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2217/fmb.15.114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02639679v1</w:t>
+                <w:t xml:space="preserve">hal-02631882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of feeding system and infection status of the blood meal on Ixodes ricinus feeding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
+                <w:t xml:space="preserve">IrSPI, a tick serine protease inhibitor involved in tick feeding and &amp;lt;em&amp;gt;Bartonella henselae&amp;lt;/em&amp;gt; infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiangye Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jose de La Fuente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Martine Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth C. Galindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Moutailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2013.12.008⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0002993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02637777v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ixodes ricinus and Its Transmitted Pathogens in Urban and Peri-Urban Areas in Europe: New Hazards and Relevance for Public Health.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of feeding system and infection status of the blood meal on Ixodes ricinus feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangye Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard E. L. Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2, pp.1-26. </w:t>
+              <w:t xml:space="preserve">Ticks and Tick-borne Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (3), pp.323 - 328. </w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpubh.2014.00251⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ttbdis.2013.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02632828v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hard Tick Factors Implicated in Pathogen Transmission</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ixodes ricinus and Its Transmitted Pathogens in Urban and Peri-Urban Areas in Europe: New Hazards and Relevance for Public Health.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annapaola Rizzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Silaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Obiegala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivo Rudolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zdenek Hubalek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0002566⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2, pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpubh.2014.00251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02631441v1</w:t>
+                <w:t xml:space="preserve">hal-02632828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of parasitic communities within European ticks using next-generation sequencing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Hard Tick Factors Implicated in Pathogen Transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangye Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 8 (3), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0002753⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0002566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02634857v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of Tick-Borne Pathogens in Adult Dermacentor spp. Ticks from Nine Collection Sites in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Identification of parasitic communities within European ticks using next-generation sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Nicollet</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Michelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Moutailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xinxin Liu</w:t>
+                <w:t xml:space="preserve">Justine Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Madani</w:t>
+                <w:t xml:space="preserve">Charles Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vector-Borne and Zoonotic Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 13 (4), pp.226 - 236. </w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/vbz.2011.0933⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0002753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02650150v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of BdCCp2 as a marker for Babesia divergens sexual stages in ticks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prevalence of Tick-Borne Pathogens in Adult Dermacentor spp. Ticks from Nine Collection Sites in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Becker</w:t>
+                <w:t xml:space="preserve">J. de La Fuente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Malandrin</w:t>
+                <w:t xml:space="preserve">P. Nicollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
+                <w:t xml:space="preserve">Xinxin Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Chauvin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bischoff</w:t>
+                <w:t xml:space="preserve">N. Madani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 133 (1), pp.51-56. </w:t>
+              <w:t xml:space="preserve">Vector-Borne and Zoonotic Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (4), pp.226 - 236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.exppara.2012.10.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1089/vbz.2011.0933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02642668v1</w:t>
+                <w:t xml:space="preserve">hal-02650150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discriminating Francisella tularensis and Francisella-like endosymbionts in Dermacentor reticulatus ticks: Evaluation of current molecular techniques</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Validation of BdCCp2 as a marker for Babesia divergens sexual stages in ticks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nora Madani</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claire Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Malandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bischoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2013.01.014⟩</w:t>
+              <w:t xml:space="preserve">Experimental Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 133 (1), pp.51-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.exppara.2012.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02651050v1</w:t>
+                <w:t xml:space="preserve">hal-02642668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Next generation sequencing uncovers unexpected bacterial pathogens in ticks in western Europe</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
+                <w:t xml:space="preserve">Discriminating Francisella tularensis and Francisella-like endosymbionts in Dermacentor reticulatus ticks: Evaluation of current molecular techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Michelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Madani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Moutailler</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 163 (3-4), pp.399 - 403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2013.01.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0081439⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02649277v1</w:t>
+                <w:t xml:space="preserve">hal-02651050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Vegetation Index qualifying pasture edges is related to Ixodes ricinus density and to Babesia divergens seroprevalence in dairy cattle herds</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Next generation sequencing uncovers unexpected bacterial pathogens in ticks in western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Vayssier Taussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Moutailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Michelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Devillers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2011.10.022⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0081439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02646599v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoonotic transmission of pathogens ByIxodes ricinusTicks, Romania</w:t>
+                <w:t xml:space="preserve">A Vegetation Index qualifying pasture edges is related to Ixodes ricinus density and to Babesia divergens seroprevalence in dairy cattle herds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oana Alina Paduraru</w:t>
+                <w:t xml:space="preserve">Albert Agoulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Malandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Buffet</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Florent Lepigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Venisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Moutailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 18 (12), pp.2089-2090. </w:t>
+              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 185 (2-4), pp.101-109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3201/eid1812.120711⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2011.10.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01594336v1</w:t>
+                <w:t xml:space="preserve">hal-02646599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory artificial infection of hard ticks: a tool for the analysis of tick-borne pathogen transmission</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Zoonotic transmission of pathogens ByIxodes ricinusTicks, Romania</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oana Alina Paduraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Moutailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acarologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18 (12), pp.2089-2090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid1812.120711⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/acarologia/20122068⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01301271v1</w:t>
+                <w:t xml:space="preserve">hal-01594336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mosquito feeding assays to determine the infectiousness of naturally infected &amp;lt;em&amp;gt;Plasmodium falciparum&amp;lt;/em&amp;gt; gametocyte carriers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laboratory artificial infection of hard ticks: a tool for the analysis of tick-borne pathogen transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangye Liu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0042821⟩</w:t>
+              <w:t xml:space="preserve">Acarologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 52 (4), pp.453-464. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/acarologia/20122068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02648658v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01301271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of &amp;lt;em&amp;gt;Bartonella&amp;lt;/em&amp;gt; Trw host-specific receptor on erythrocytes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mosquito feeding assays to determine the infectiousness of naturally infected &amp;lt;em&amp;gt;Plasmodium falciparum&amp;lt;/em&amp;gt; gametocyte carriers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teun Bousema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deng Hongkuan</w:t>
+                <w:t xml:space="preserve">Rhoel R. Dinglasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danielle Le Rhun</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isabelle Morlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis C. Gouagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travis van Warmerdam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 7 (7), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0041447⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 7 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0042821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653001v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Questing Ticks in Suburban Forest Are Infected by at Least Six Tick-Borne Pathogens</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Identification of &amp;lt;em&amp;gt;Bartonella&amp;lt;/em&amp;gt; Trw host-specific receptor on erythrocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deng Hongkuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Le Rhun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Le Naour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Taussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vector-Borne and Zoonotic Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0041447⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/vbz.2010.0103⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02650120v1</w:t>
+                <w:t xml:space="preserve">hal-02653001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vector Competence of the Tick Ixodes ricinus for Transmission of Bartonella birtlesii</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId289" w:history="1">
+                <w:t xml:space="preserve">Questing Ticks in Suburban Forest Are Infected by at Least Six Tick-Borne Pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard E L Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vector-Borne and Zoonotic Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (00), pp.907-916. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/vbz.2010.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0001186⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02652688v1</w:t>
+                <w:t xml:space="preserve">hal-02650120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of five pathogenic agents in questing Ixodes ricinus ticks from Western France</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">Vector Competence of the Tick Ixodes ricinus for Transmission of Bartonella birtlesii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Reis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Le Rhun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael L Levin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vector-Borne and Zoonotic Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (5), pp.e1186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0001186⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/vbz.2009.0066⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02661824v1</w:t>
+                <w:t xml:space="preserve">hal-02652688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Babesia and its hosts: adaptation to long-lasting interactions as a way to achieve efficient transmission</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Prevalence of five pathogenic agents in questing Ixodes ricinus ticks from Western France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Cotté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurence Malandrin</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Vayssier Taussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vector-Borne and Zoonotic Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10 (8), pp.723-730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/vbz.2009.0066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/vetres/2009020⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00903088v1</w:t>
+                <w:t xml:space="preserve">hal-02661824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental in vitro transmission of Babesia sp. (EU1) by Ixodes ricinus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Babesia and its hosts: adaptation to long-lasting interactions as a way to achieve efficient transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alain Chauvin</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Malandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 40 (3), pp.1-8. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/vetres/2009004⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 40 (2), 18 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/vetres/2009020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00903099v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of natural infection by Anaplasma phagocytophilum in a dairy cattle herd in Brittany, France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eve Laloy</w:t>
+                <w:t xml:space="preserve">Experimental in vitro transmission of Babesia sp. (EU1) by Ixodes ricinus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Petit</w:t>
+                <w:t xml:space="preserve">Nadine Brisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri-Jean Boulouis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Gandoin</w:t>
+                <w:t xml:space="preserve">Axelle Hermouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Bouillin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 15, pp.24-25. </w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 40 (3), pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2008.02142.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/vetres/2009004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665826v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First detection of Anaplasma phagocytophilum-like DNA in the French izard Rupricapra pyrenaica</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId308" w:history="1">
+                <w:t xml:space="preserve">Dynamics of natural infection by Anaplasma phagocytophilum in a dairy cattle herd in Brittany, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Laloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-Jean Boulouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabien Corbière</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Gandoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bouillin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 15 (Suppl. 2), pp.26-27. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2008.02143.x⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 15, pp.24-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2008.02142.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02661256v1</w:t>
+                <w:t xml:space="preserve">hal-02665826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission of Bartonella henselae by Ixodes ricinus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Chauvin</w:t>
+                <w:t xml:space="preserve">First detection of Anaplasma phagocytophilum-like DNA in the French izard Rupricapra pyrenaica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Laloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-Jean Boulouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Lacroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Corbière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid1407.071110⟩</w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 15 (Suppl. 2), pp.26-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2008.02143.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02668160v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic et thérapeutique des babésioses chez les bovins</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId255" w:history="1">
+                <w:t xml:space="preserve">Transmission of Bartonella henselae by Ixodes ricinus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Cotté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Le Rhun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Le Naour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 14 (7), pp.1074-1080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid1407.071110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654769v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bablesia sp EU1 from roe deer and transmission within Ixodes ricinus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Diagnostic et thérapeutique des babésioses chez les bovins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Malandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique L'Hostis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Chauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 6, pp.28-34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666447v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transstadial and transovarial persistence of Babesia divergens DNA in Ixodes ricinus ticks fed on infected blood in a new skin-feeding technique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Bablesia sp EU1 from roe deer and transmission within Ixodes ricinus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Jouglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique L'Hostis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0031182006001545⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 13 (8), pp.1208-1210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid1308.061560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02667491v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age-structured gametocyte allocation links immunity to epidemiology in malaria parasites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard E. Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timoleon Tchuinkam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Malaria Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 6, pp.123. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1475-2875-6-123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02668067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carboxypeptidases B of &amp;lt;i&amp;gt;Anopheles gambiae&amp;lt;/i&amp;gt; as Targets for a &amp;lt;i&amp;gt;Plasmodium falciparum&amp;lt;/i&amp;gt; Transmission-Blocking Vaccine</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C Boudin</w:t>
+                <w:t xml:space="preserve">Transstadial and transovarial persistence of Babesia divergens DNA in Ixodes ricinus ticks fed on infected blood in a new skin-feeding technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Jouglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Malandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Lacroix</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A Diop</w:t>
+                <w:t xml:space="preserve">C. Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Agoulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 134 (2), pp.197-207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0031182006001545⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/iai.00864-06⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04008691v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soluble and glyco-lipid modified baculovirus Plasmodium falciparum C-terminal merozoite surface protein 1, two forms of a leading malaria vaccine candidate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Carboxypeptidases B of &amp;lt;i&amp;gt;Anopheles gambiae&amp;lt;/i&amp;gt; as Targets for a &amp;lt;i&amp;gt;Plasmodium falciparum&amp;lt;/i&amp;gt; Transmission-Blocking Vaccine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Lavazec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Boudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Rosario</w:t>
+                <w:t xml:space="preserve">A Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 24 (33-34), pp.5997 - 6008. </w:t>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 75 (4), pp.1635 - 1642. </w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2006.04.069⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/iai.00864-06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04008701v1</w:t>
+                <w:t xml:space="preserve">pasteur-04008691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cpbAg1 encodes an active carboxypeptidase B expressed in the midgut of Anopheles gambiae</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Soluble and glyco-lipid modified baculovirus Plasmodium falciparum C-terminal merozoite surface protein 1, two forms of a leading malaria vaccine candidate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Petres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Thiery</w:t>
+                <w:t xml:space="preserve">Inge Holm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Boisson</w:t>
+                <w:t xml:space="preserve">Thierry Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Bourgouin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sandrine Rosario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 14 (2), pp.163 - 174. </w:t>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24 (33-34), pp.5997 - 6008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2583.2004.00541.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2006.04.069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04008694v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04008701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of malaria transmission from humans to mosquitoes in two neighbouring villages in south Cameroon: evaluation and comparison of several indices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">cpbAg1 encodes an active carboxypeptidase B expressed in the midgut of Anopheles gambiae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Lavazec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bonnet</w:t>
+                <w:t xml:space="preserve">I Thiery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.C. Gouagna</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard E. Paul</w:t>
+                <w:t xml:space="preserve">B Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Safeukui</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C Bourgouin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions of The Royal Society of Tropical Medicine and Hygiene</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Insect Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 14 (2), pp.163 - 174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2583.2004.00541.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0035-9203(03)90022-8⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03661316v1</w:t>
+                <w:t xml:space="preserve">pasteur-04008694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Level and dynamics of malaria transmission and morbidity in an equatorial area of South Cameroon</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId352" w:history="1">
+                <w:t xml:space="preserve">Estimation of malaria transmission from humans to mosquitoes in two neighbouring villages in south Cameroon: evaluation and comparison of several indices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.C. Gouagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard E. Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Safeukui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-Y. Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tropical Medicine and International Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1046/j.1365-3156.2002.00861.x⟩</w:t>
+              <w:t xml:space="preserve">Transactions of The Royal Society of Tropical Medicine and Hygiene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 97 (1), pp.53-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0035-9203(03)90022-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03661334v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03661316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Level and dynamics of malaria transmission and morbidity in an equatorial area of South Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard E. Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gouagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Safeukui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-Y. Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tropical Medicine and International Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 7 (3), pp.249-256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-3156.2002.00861.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03661334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Transcripts of the malaria vector Anopheles gambiae that are differentially regulated in the midgut upon exposure to invasive stages of Plasmodium falciparum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bourgouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 3 (7), pp.449-458. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1046/j.1462-5822.2001.00128.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03289263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9749,2789 +9883,2789 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulation spatio-temporelle des agents de la piroplasmose équine en France : analyse de 7 années de données sérologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Le Metayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Boireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tiques et Maladies à Tiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco-epidemiology of equine piroplasmosis in French draft horses in an enzootic area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Hugues Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Tick and Tick-borne Pathogen Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Murighiol, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tickarium a core facility for tick rearing in UMR-BIPAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Rakotobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Foucault-Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Heckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Cabezas Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation Scientifique du Département Santé Animale INRAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place de modèle d’infection des tiques en laboratoire et compétence vectorielle des tiques Ixodes pour le virus Kemerovo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Victoire Migné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaclav Hönig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah I Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Palus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Rakotobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle Tiques et Maladies à Tiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03943298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco-epidemiology of equine piroplasmosis in French draft horses in an enzootic area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Hugues Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium of Veterinary Epidemiology and Economics (ISVEE 16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Halifax (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eco-épidémiologie de la piroplasmose équine et des vecteurs associés en Europe: revue systématique et méta-analyse de prévalences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marsot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tiques et Maladies à Tiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des mécanismes moléculaires de la compétence vectorielle d’I. ricinus pour 2 flavivirus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Attoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesley Bell-Sakyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la recherche de l’ENVA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des mécanismes moléculaires de la compétence vectorielle d’I. ricinus pour 2 flavivirus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Attoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesley Bell-Sakyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle du réseau tiques et maladie à tique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des mécanismes moléculaires de la compétence vectorielle d’I. ricinus pour 2 flavivirus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Attoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesley Bell-Sakyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la recherche de l’ENVA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of IrSPI, a tick serine protease inhibitor involved in tick feeding and in bacterial infection of salivary glands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Blisnick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ladislav Simo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Bonniec Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptations to Hematophagy in Blood-feeding Parasites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Greifswald, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vaccination anti-tiques comme outil de prévention contre les multiples agents qu’elles transmettent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Richardson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séance « Médecine Comparative et Innovation Thérapeutiques » de l’Académie Vétérinaire de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping interactions between tick-borne viruses and their different host species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Moutailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle du groupe "Tiques et Maladies à Tiques" (TMT) du Réseau Ecologie des Interactions Durables (REID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie des interactions protéiques entre les flavivirus transmis par les tiques et leurs différents hôtes mammifères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Moutailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la Recherche de l’ENVA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the introduced Siberian chipmunk (&amp;lt;em&amp;gt;Tamias sibiricus barberi&amp;lt;/em&amp;gt;) an amplifying host of the Lyme disease risk in a French periurban forest?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ferquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gasqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Symposium of Belgian Wildlife Society : Consequences of Wildlife Introductions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Tervuren, Belgium. pp.34 slides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02808404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation de la transmission de Bartonella sp. par les tiques Ixodes ricinus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cotté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Le Rhun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Le Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02749404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the introduced Siberian chipmunk an amplifying host of the Lyme disease risk in a French periurban forest?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Ferquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gasqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. European Congress of Mammalogy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Paris, France. pp.26 slides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02810501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights in Bartonella Host Specificity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vayssier Taussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Le Rhun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cotté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inconnu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02812725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Ixodes ricinus transmit Bartonella henselae ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cotté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Le Rhun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Le Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vayssier Taussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Bartonella as Medical and Veterinary Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Chester, United Kingdom. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02824214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A vegetation index qualifying pasture edges is related to tick density and reflects the risk of high Babesia divergens seroprevalence in dairy cattle herds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId265" w:history="1">
+                <w:t xml:space="preserve">Un index de végétation qualifiant les bords de pâtures est relié à la densité de tiques et reflète le risque de séroprévalence élevée pour Babesia divergens dans les troupeaux de vaches laitières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Agoulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Malandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lepigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Venisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Multicolloquium of Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Paris, France. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">Réunion annuelle du groupe « Tiques et Maladies Transmises » du « Réseau Ecologie Interactions Durable » (REID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Maisons-Alfort, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02815052v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02817435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un index de végétation qualifiant les bords de pâtures est relié à la densité de tiques et reflète le risque de séroprévalence élevée pour Babesia divergens dans les troupeaux de vaches laitières</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId265" w:history="1">
+                <w:t xml:space="preserve">A vegetation index qualifying pasture edges is related to tick density and reflects the risk of high Babesia divergens seroprevalence in dairy cattle herds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Agoulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Malandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lepigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Venisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion annuelle du groupe « Tiques et Maladies Transmises » du « Réseau Ecologie Interactions Durable » (REID)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Maisons-Alfort, France. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">10th European Multicolloquium of Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02817435v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02815052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LCCL domain proteins : homologs of Plasmodium sexual stages genes identified in Babesia divergens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Malandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. European Multicolloquium of Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Paris, France. 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02818244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infections à Babesia spp. : interactions entre bovins, humains et chevreuils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Jouglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Klegou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales des Groupements Techniques Vétérinaires (GTV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier Ecologie Intra-Tique des agents pathogènes, les questions en suspend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lénaig Halos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vayssier Taussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Réunion du Groupe de Travail « Tiques et Maladies à Tiques » du REID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Paris, France. pp.18 slides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02826912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12541,1194 +12675,1194 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des mécanismes moléculaires de la compétence vectorielle d’I. ricinus pour 2 flavivirus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Attoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesley Bell-Sakyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Réseau "Tiques et Maladies à Tiques"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, NA, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02278953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of candidate molecular determinants of the vector competence of &amp;lt;em&amp;gt;Ixodes ricinus&amp;lt;/em&amp;gt; for members of the tick-borne encephalitis complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Attoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Moutailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Meeting on Arboviruses and their Vectors (IMAV 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Glasgow, United Kingdom. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping protein-protein interactions between tick-borne flaviviruses and their different mammalian and tick hosts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Moutailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Tick and Tick-borne Pathogen Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Cairns, Australia. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping protein-protein interactions between tick-borne flaviviruses and their different mammalian hosts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Moutailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Meeting on Arboviruses and their Vectors (IMAV 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Glasgow, United Kingdom. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping protein-protein interactions between tick-borne flaviviruses and their different mammalian hosts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Unterfinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Moutailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Epizone annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Paris, France. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Création d'un &amp;quot;acarium&amp;quot; pour l'élevage et l'infection des tiques Ixodes ricinus sur le site d'Alfort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation Scientifique du Département Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Port d'Albret, France. pp.Inconnu, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02815074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of Bartonella henselae Transmission by Ixodes ricinus using an Artificial Skin Feeding Technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cotté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-Jean Boulouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vayssier Taussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Meeting on Emerging Diseases and Surveillance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Vienna, Austria. pp.Inconnu, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02812291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular evidence of B henselae transmission by Ixodes ricinus using an artificial feeding technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cotté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-Jean Boulouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vayssier Taussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Meeting on Emerging Diseases and Surveillance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Vienna, Austria. pp.Inconnu, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02812480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of Bartonella henselae Transmission by Ixodes ricinus using artificial skin feeding technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Cotté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-Jean Boulouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vayssier Taussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IMED</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Vienna, Austria. pp.Inconnu, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02812608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation and in vitro culture of zoonotic Babesia sp EU1 from roe deer (Capreolus capreolus) and evidence of parasite transmission in Ixodes ricinus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maggy Jouglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Chauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st WAAVP Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Ghent, Belgium. pp.Inconnu, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02814780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13738,104 +13872,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiques, Lyme et compagnie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03464047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13845,1036 +13979,1036 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change alone cannot explain altered tick distribution across Europe: a spotlight on endemic and invasive tick species.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Stachurski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Blisnick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climate, ticks and disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, CABI, pp.125-131, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1079/9781789249637.0018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03990018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handling the Microbial Complexity Associated to Ticks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Cabezas Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustin Estrada-Peña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonore Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah I. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ticks and Tick-Borne Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 3, Muhammad Abubakar, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/intechopen.80511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handling the microbial complexity associated to ticks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Cabezas-Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agustín Estrada-Peña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonore Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah I. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ticks and Tick-Borne Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IntechOpen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 978-1-78985-766-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/intechopen.80511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03943469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tick saliva and Its role in pathogen transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Kazimirova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ladislav Simo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Skin and Arthropod Vectors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 516 p., 2018, 9780128114360. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-811436-0.00005-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ixodes Tick Saliva: A potent controller at the skin Interface of early Borrelia burgdorferi sensu lato transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arthropod Vector: Controller of Disease Transmission, Volume 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACADEMIC PRESS LTD-ELSEVIER SCIENCE LTD, pp.18, 2017, 978-0-12-809320-7; 978-0-12-805360-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-805360-7.00013-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principales maladies transmises par les tiques : épidémiologie, clinique et diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Moutailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Hansmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Degeilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Joncour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tiques et maladies à tiques : biologie, écologie évolutive, épidémiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1ère édition, IRD Editions, 338 p., 2016, Collection Didactiques, 9782709921008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2. Biologie des tiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Joncour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie René-Martellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Stachurski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tiques et maladies à tiques - Biologie, écologie évolutive, épidémiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1ère édition, IRD Editions, 338 p., 2016, Collection Didactiques, 9 782709 921008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02796480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The future of research on tick-borne pathogens: shifting from the ‘one pathogen-one disease’ vision to the pathobiome paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Taussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Kazimirova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zdenek Hubalek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sándor Hornok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Róbert Farkas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The impact of a decade (2004-2015) of research on vector-borne diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02798722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14884,265 +15018,265 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiques, maladie de lyme et autres maladies à tiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vayssier-Taussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Frey-Klett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Plantard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie René-Martellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04987505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiques, maladie de Lyme et autres maladies à tiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Vayssier Taussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Frey-Klett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Plantard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie René-Martellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02952888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15152,130 +15286,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging Biomarkers for Monitoring Tick Exposure in Humans and Animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Dziedziech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Krupa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05306577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15285,497 +15419,497 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TBEV - InTraMoTick - Data Management Plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Manet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Jouvenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut Pasteur. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05344686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des risques pour la santé humaine et animale liés aux tiques du genre Hyalomma en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Baize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Falchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Figoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2020-SA-0039, Anses. 2023, 300 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04168421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses : Recommandations de stratégies d’utilisation de produits biocides dans un contexte inter-épidémique et épidémique contre les moustiques vecteurs de type Aedes, Anopheles et Culex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Quénel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Baldet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boëte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2020-SA-0029, Anses. 2023, 58 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04276865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport bibliographique sur l’écologie, l’épidémiologie, la surveillance, la prévention et la lutte contre la tique &amp;lt;i&amp;gt;Ixodes ricinus&amp;lt;/i&amp;gt; en France métropolitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri-Jean Boulouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Livoreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Travaux universitaires] INRAE; Anses. 2020, 142 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03263410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId455"/>
+      <w:footerReference w:type="default" r:id="rId461"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15922,51 +16056,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994083v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Nadal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Delaunay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugues Pitel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marsot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2025.102468" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424748v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sony Yean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didot Budi Prasetyo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theary Ren" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Krib" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoya Sen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2025.102570" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04688901v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Dziedziech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Krupa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina E.M. Persson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E. Paul" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpvbd.2024.100212" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638487v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Paul" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpvbd.2024.100199" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037581v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Saegerman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Humblet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leandri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gonzalez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Heyman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15030791" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04358345v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Mazuecos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Alberdi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinela Contreras" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Villar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabezas-Cruz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106697" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203797v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Perez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bournez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boulanger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fite" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livoreil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.291" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03942971v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branka Bilbija" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#228;cilia Spitzweg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Papou&#353;ek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Fritz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor F&#246;ldv&#225;ri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2022.11.002" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008651v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Eric Yessinou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Daniela Cazan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana C&#259;t&#259;lina Panait" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyabana Mollong" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel S Biguezoton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/vms3.1022" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964649v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lacroux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pouydebat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil Rahola" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-022-05632-w" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04040763v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Falchi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Figoni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12040513" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941519v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14261" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008657v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ir&#232;ne Bonnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soua&#239;bou Farougou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Daniel Mihalca" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2022.106510" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008666v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Victoire Mign&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav H&#246;nig" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Palus" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rakotobe" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-04498-9" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03876119v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Raffetin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0010846" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941513v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Metayer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boireau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guillot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11020227" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03087759v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pollet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pim.12813" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246357v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blisnick" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Al Khoury" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2021.101732" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934678v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bouhsira" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick de Regge" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.13769" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012468v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah I Bonnet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10111403" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958879v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desquesnes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.13824" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012473v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wittawat Wechtaisong" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B Chomel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Yang Lien" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Te Chuang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9122501" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313221v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Almaz&#225;n" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourniol" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Rouxel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gandoin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.00040" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02902933v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Etore" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12070778" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316281v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav &#352;imo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Born&#232;res" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines8030475" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316101v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Borneres" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9110900" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313155v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Lun Tsai" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008664" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354425v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blisnick" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grillon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fasani" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines7040148" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622771v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vancova" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Bily" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Nebes&#225;&#345;ov&#225;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Grubhoffer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-43284-6" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620588v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah I. Bonnet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ard M. Nijhof" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose de La Fuente" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00194" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278946v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Richardson" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/68002" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627059v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Almazan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cote" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Slov&#225;k" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoonseong Park" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/57994" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608039v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Simo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kazimirova" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00281" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570199v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E L Paul" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bischoff" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Le Naour" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0005416" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02005450v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Binetruy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica M Hern&#225;ndez-Jargu&#237;n" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00236" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607008v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Antunes" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabezas Cruz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana G. Domingos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00114" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585048v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Desvars-Larrive" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pascal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gasqui" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cosson" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Benoit" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184015" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536659v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien A. Blisnick" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Foulon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00199" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602342v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Michelet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Joncour" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Devillers" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Torina" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Taussat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2016.08.014" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4PF1RFD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004408v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa L&#233;ger" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangye Liu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Masseglia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie No&#235;l" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-015-1043-7" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01370808v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E. L. Paul" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-016-1591-5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01453449v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Choumet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ferquel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2015.03.008" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631882v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vayssier-Taussat" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenek Hubalek" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor Hornok" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;bert Farkas" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.15.114" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639679v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth C. Galindo" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Moutailler" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0002993" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637777v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2013.12.008" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632828v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annapaola Rizzoli" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Silaghi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Obiegala" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Rudolf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2014.00251" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631441v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0002566" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634857v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cheval" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H&#233;bert" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0002753" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650150v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de La Fuente" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicollet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinxin Liu" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Madani" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2011.0933" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642668v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Becker" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chauvin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2012.10.007" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651050v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Madani" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2013.01.014" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5R2FLQFK-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649277v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vayssier Taussat" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081439" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646599v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Agoulon" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lepigeon" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Venisse" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.10.022" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GQXQ4D0Z-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594336v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Alina Paduraru" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Buffet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Moutailler" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1812.120711" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301271v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/acarologia/20122068" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648658v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teun Bousema" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoel R. Dinglasan" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Morlais" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis C. Gouagna" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis van Warmerdam" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0042821" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653001v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deng Hongkuan" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Le Rhun" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0041447" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650120v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Reis" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2010.0103" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652688v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lecuelle" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L Levin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0001186" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661824v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Cott&#233;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2009.0066" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903088v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Moreau" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres/2009020" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903099v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisseau" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Hermouet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Jouglin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres/2009004" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665826v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Laloy" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Petit" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jean Boulouis" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bouillin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.02142.x" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661256v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Lacroux" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbi&#232;re" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.02143.x" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668160v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1407.071110" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654769v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique L'Hostis" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666447v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1308.061560" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667491v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Becker" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182006001545" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/13CD31C28E3BCF72BC20F8806C9F8BC3EE598597/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668067v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boudin" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoleon Tchuinkam" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2875-6-123" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008691v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lavazec" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boudin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lacroix" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Diop" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00864-06" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008701v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Petres" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Holm" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fontaine" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rosario" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2006.04.069" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTJNXKRP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008694v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Thiery" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Boisson" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bourgouin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2583.2004.00541.x" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F5VXV18X-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03661316v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonnet" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Gouagna" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Safeukui" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Meunier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0035-9203(03)90022-8" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-VVX6LGZ4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03661334v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouagna" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3156.2002.00861.x" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-03289263v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Prevot" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Jacques" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bourgouin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1462-5822.2001.00128.x" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482549v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482555v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delaunay" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03991449v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Foucault-Simonin" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Heckmann" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03943298v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482518v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482545v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734373v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lemasson" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Caignard" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Unterfinger" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Attoui" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Bell-Sakyi" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366021v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366233v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734503v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Bonniec Bernard" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734504v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734367v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lacour" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734111v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808404v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chapuis" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749404v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810501v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812725v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824214v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cott&#233;" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815052v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817435v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818244v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758134v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Klegou" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826912v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naig Halos" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278953v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736198v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734107v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734500v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734499v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815074v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812291v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812480v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812608v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814780v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464047v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03990018v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Stachurski" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vial" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781789249637.0018" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788373v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Estrada-Pe&#241;a" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Allain" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.80511" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03943469v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Estrada-Pe&#241;a" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Allain" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/chapters/63526" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786828v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780128114360/skin-and-arthropod-vectors#book-info" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-811436-0.00005-8" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791212v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-805360-7.00013-7" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797878v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude George" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hansmann" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Degeilh" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796480v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Huber" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ren&#233;-Martellet" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798722v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987505v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Frey-Klett" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952888v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306577v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344686v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Manet" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Jouvenet" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04168421v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baize" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04276865v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Qu&#233;nel" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Arnaud" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baldet" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bo&#235;te" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03263410v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05564940v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva A Krupa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Levillayer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Prot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Baidaliuk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E L Paul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0005705" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994083v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Nadal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chanet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Delaunay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugues Pitel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marsot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2025.102468" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424748v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sony Yean" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didot Budi Prasetyo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theary Ren" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Krib" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoya Sen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2025.102570" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04688901v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Dziedziech" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Krupa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina E.M. Persson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E. Paul" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpvbd.2024.100212" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638487v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Paul" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpvbd.2024.100199" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04358345v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Mazuecos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Alberdi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinela Contreras" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Villar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabezas-Cruz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106697" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037581v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Saegerman" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Humblet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leandri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gonzalez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Heyman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15030791" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203797v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Perez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bournez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boulanger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fite" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livoreil" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.291" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03942971v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branka Bilbija" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#228;cilia Spitzweg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Papou&#353;ek" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Fritz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor F&#246;ldv&#225;ri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2022.11.002" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008651v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Eric Yessinou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Daniela Cazan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana C&#259;t&#259;lina Panait" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyabana Mollong" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel S Biguezoton" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/vms3.1022" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964649v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lacroux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pouydebat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil Rahola" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-022-05632-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04040763v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Falchi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Figoni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12040513" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941519v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14261" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008657v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ir&#232;ne Bonnet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soua&#239;bou Farougou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Daniel Mihalca" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2022.106510" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008666v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Victoire Mign&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav H&#246;nig" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Palus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Rakotobe" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-04498-9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03876119v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Raffetin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0010846" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941513v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Metayer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boireau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guillot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11020227" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03087759v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pollet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pim.12813" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246357v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blisnick" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Al Khoury" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2021.101732" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012468v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah I Bonnet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10111403" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934678v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bouhsira" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick de Regge" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.13769" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958879v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desquesnes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.13824" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012473v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wittawat Wechtaisong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B Chomel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Yang Lien" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Te Chuang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9122501" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313221v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Almaz&#225;n" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourniol" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Rouxel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gandoin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.00040" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316281v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav &#352;imo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Born&#232;res" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines8030475" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02902933v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Etore" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12070778" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316101v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Borneres" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9110900" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313155v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Lun Tsai" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008664" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354425v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blisnick" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grillon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fasani" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines7040148" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622771v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vancova" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Bily" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Nebes&#225;&#345;ov&#225;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Grubhoffer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-43284-6" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620588v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah I. Bonnet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ard M. Nijhof" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose de La Fuente" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00194" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278946v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Richardson" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/68002" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627059v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Almazan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cote" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Slov&#225;k" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoonseong Park" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/57994" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608039v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Simo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kazimirova" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00281" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01570199v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bischoff" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Le Naour" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0005416" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02005450v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Binetruy" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica M Hern&#225;ndez-Jargu&#237;n" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duron" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00236" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607008v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Antunes" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabezas Cruz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana G. Domingos" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00114" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585048v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Desvars-Larrive" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pascal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gasqui" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cosson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Benoit" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0184015" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01536659v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien A. Blisnick" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Foulon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2017.00199" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602342v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Michelet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Joncour" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Devillers" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Torina" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Taussat" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2016.08.014" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4PF1RFD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02004408v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa L&#233;ger" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangye Liu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Masseglia" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie No&#235;l" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-015-1043-7" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01370808v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E. L. Paul" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-016-1591-5" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01453449v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Choumet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ferquel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2015.03.008" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631882v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vayssier-Taussat" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenek Hubalek" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor Hornok" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;bert Farkas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.15.114" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639679v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth C. Galindo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Moutailler" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0002993" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637777v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ttbdis.2013.12.008" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632828v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annapaola Rizzoli" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Silaghi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Obiegala" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Rudolf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2014.00251" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631441v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0002566" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634857v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cheval" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H&#233;bert" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0002753" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650150v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de La Fuente" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicollet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinxin Liu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Madani" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2011.0933" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642668v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Becker" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chauvin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2012.10.007" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651050v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Madani" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2013.01.014" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5R2FLQFK-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649277v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vayssier Taussat" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081439" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646599v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Agoulon" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lepigeon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Venisse" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.10.022" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GQXQ4D0Z-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594336v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Alina Paduraru" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Buffet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Moutailler" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1812.120711" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301271v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/acarologia/20122068" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648658v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teun Bousema" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhoel R. Dinglasan" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Morlais" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis C. Gouagna" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travis van Warmerdam" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0042821" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653001v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deng Hongkuan" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Le Rhun" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0041447" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650120v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Reis" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2010.0103" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652688v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lecuelle" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L Levin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0001186" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661824v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Cott&#233;" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2009.0066" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903088v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Moreau" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres/2009020" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903099v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisseau" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Hermouet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Jouglin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres/2009004" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665826v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Laloy" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Petit" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jean Boulouis" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bouillin" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.02142.x" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661256v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Lacroux" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbi&#232;re" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.02143.x" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668160v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1407.071110" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654769v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique L'Hostis" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666447v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1308.061560" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668067v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boudin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoleon Tchuinkam" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2875-6-123" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667491v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Becker" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182006001545" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/13CD31C28E3BCF72BC20F8806C9F8BC3EE598597/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008691v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lavazec" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boudin" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lacroix" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Diop" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00864-06" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008701v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Petres" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge Holm" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fontaine" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rosario" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2006.04.069" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTJNXKRP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04008694v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Thiery" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Boisson" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bourgouin" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2583.2004.00541.x" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F5VXV18X-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03661316v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonnet" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Gouagna" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Safeukui" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Meunier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0035-9203(03)90022-8" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-VVX6LGZ4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03661334v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouagna" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3156.2002.00861.x" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-guyane.hal.science/hal-03289263v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Prevot" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Jacques" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bourgouin" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1462-5822.2001.00128.x" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482549v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482555v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delaunay" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03991449v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Foucault-Simonin" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Heckmann" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03943298v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482518v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482545v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734373v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lemasson" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Caignard" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Unterfinger" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Attoui" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Bell-Sakyi" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366021v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366233v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734503v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Bonniec Bernard" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734504v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734367v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lacour" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734111v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808404v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chapuis" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749404v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810501v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812725v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824214v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cott&#233;" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817435v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815052v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818244v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758134v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Klegou" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826912v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naig Halos" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278953v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736198v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734107v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734500v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734499v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815074v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812291v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812480v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812608v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814780v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464047v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03990018v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Stachurski" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vial" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/9781789249637.0018" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788373v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Estrada-Pe&#241;a" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Allain" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.80511" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03943469v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Estrada-Pe&#241;a" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Allain" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/chapters/63526" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786828v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780128114360/skin-and-arthropod-vectors#book-info" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-811436-0.00005-8" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791212v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-805360-7.00013-7" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797878v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude George" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hansmann" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Degeilh" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796480v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Huber" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Ren&#233;-Martellet" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798722v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987505v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Frey-Klett" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952888v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306577v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344686v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Manet" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Jouvenet" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04168421v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baize" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04276865v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Qu&#233;nel" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Arnaud" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baldet" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bo&#235;te" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03263410v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>