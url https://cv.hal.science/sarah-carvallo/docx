--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sarah Carvallo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The phenomenotechnics of time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vernotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Wolf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bachelard Studies - Études bachelardiennes - Studi bachelardiani</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1/2, pp.5-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fin de vie : « Les connaissances scientifiques doivent pouvoir pleinement participer à éclairer le débat démocratique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadek Beloucif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalhia Aissat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Pennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puissances, impuissance et limites corporelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26, pp.29-51. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/philosophique.1763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04246482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suicide assisté, autonomie, compassion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Esprit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04248738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique de la recherche entre réglementation et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Éthique de la recherche, 13 (2), pp.299-326. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rac.043.0299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la génétique humaine a-t-elle besoin des sciences humaines et sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Chassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Pierron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Génétique et Liberté, 2, pp.14-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Quatuor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Babin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barthélémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Menasseyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of ancient philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.454-465. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11606/issn.1981-9471.v1iSupplementp454-465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les styles de raisonnement médical à l’épreuve du concept de santé dans les années 1630-1670</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gesnerus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 76 (1), pp.5-35. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24894/Gesn-fr.2019.76001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The empirical Turn of Medicine in England 1660-1690</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives internationales d'histoire des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 67 (178), pp.75-111. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.ARIHS.5.115505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La circulation sanguine comme pierre de touche: Harvey, Riolan, Descartes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lato Sensu, revue de la Société de philosophie des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (1), pp.85-92. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20416/lsrsps.v3i1.243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guérir: devenir soi ou devenir autre?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chirurgie Plastique Esthétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55 (4), pp.287-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing in the Seventeenth and Eighteenth Centuries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science in Context</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (3), pp.267-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stahl, Leibniz, Hoffmann & la respiration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de synthèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1, pp.43-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au numéro spécial de Recherches sur la philosophie et le langage: Du nouveau dans les sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur la philosophie et le langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, p. 7-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Standardiser ou adapter les interactions personnes-machines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Eric Bobillier-Chaumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Tarpin-Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Vacherand-Revel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 6 (2), pp.91-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00164174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapter ou uniformiser les interactions personnes-systèmes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Vacherand-Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Eric Bobillier-Chaumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Tarpin Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 6 (2), pp.91-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00377113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chimie et scepticisme : héritage et rupture d'une science. Analyse du dialogue &amp;quot; The Sceptical Chymist &amp;quot; de Robert Boyle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Histoire des Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 55 (4), pp.451-492</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le calcul de Minerve : Dialogue entre Leibniz et Spee sur le principe de justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Leibnitiana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 32 (2), pp.166-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détresse existentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUFC, pp.189, 2025, Sciences : concepts et problèmes, Arnaud Macé, 978-2-38549-141-3. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13izu⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vulnérabilités liées à la génomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Faivre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Erès, 2025, 978-2-7492-8273-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’humain et le végétal. Processus et formes de vie partagés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.232, 2024, Sciences : concepts et problèmes, 978-2-38549-105-5. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12w32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04848395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analogies végétales dans la connaissance de la vie de l’Antiquité à l’Âge classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.276, 2023, Sciences : concepts et problèmes, 978-2-84867-974-7. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.51621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04211649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analogies et modèles végétaux dans la connaissance de la vie dans l’antiquité et l’âge classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.276, 2022, Sciences : concepts et problèmes, Arnaud Macé, 978-2-84867-974-7. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.51621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre Soin : restaurer, réparer de la Renaissance à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Anne-Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Pierron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mare et Martin. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03904825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin, restaurer, réparer, de la Renaissance à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Pierron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Anne-Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mare &amp; Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.197, 2022, 978-2-36222-073-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de vie plurielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Sciences : concepts et problèmes, 978-2-84867-852-8. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.40125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arts, sciences et autres frictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Perret-Liaudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 978-2-37213-050-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la vieillesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Giroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions modulaires européennes, pp.138, 2011, Ethiques en action, 978-2-8066-0323-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00853928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perfection et perfectionnements du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alliage, pp.120, 2010, 9782913312234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du nouveau dans les sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vrin, pp.573, 2007, 978-2711683888</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stahl-Leibniz: La controverse sur la vie, l'organisme et le mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vrin, pp.212, 2004, Bibliothèque des textes philosophiques, Jean-François Courtine, 2711616290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leibniz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hachette, pp.192, 2001, 2011454107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dialectique du visible et de l’invisible dans l’anatomie de la première modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Kondratuk. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des corps dans l'espace public. Monstration, dissimulation, mouvement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche-Comté, pp.179-198, 2025, 978-2-38549-162-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05205688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de vie désolées, morts nues, puissances du deuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Magalie Bonnet, Christine Louchard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vieillissement et enveloppes psychiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In Press, pp.109-126, 2024, 978-2-38642-051-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutrition et circulation aux XVIe et XVIIe siècles : de l’analogie à la loi, d’une faculté végétale à une force plastique, puis élastique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arnaud Macé, Sarah Carvallo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’humain et le végétal: Processus et formes de vie partagés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-174, 2024, 978-2-38549-105-5. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12w2v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communauté des processus et formes de vie partagées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’humain et le végétal. Processus et formes de vie partagés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-26, 2024, Sciences : concepts et problèmes, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12w2e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’homme et la plante dans l’anatomie renaissante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analogies végétales dans la connaissance de la vie de l’Antiquité à l’Âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-197, 2023, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.51666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le difficile apprentissage du pluralisme temporel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le temps des pandémies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Humensis, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04248757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A diplomatic view for research integrity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrity sciences. A Call to Research and Action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Globethics Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.79-108, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04246399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Man and plan in the Anatomy of Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sarah Carvallo, Arnaud Macé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analogies végétales dans la connaissance de la vie. De l’antiquité à l’Âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Franche Comté, pp.171-196, 2023, 978-2-84867</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04248762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fins de vie plurielles. Mourir en démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche-Comté, pp.13-32, 2021, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.40125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03549576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux transculturels de la mondialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enrique Sanchez-Albarracin; Jorg Echenhauer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'ingénieur citoyen: enjeux et exemples d’interdisciplinarité entre les langues-cultures et les sciences humaines dans la formation de l’ingénieur du 21e siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Ponts et Chaussées</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-2-85978-519-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets rétrospectifs de Stahl sur Descartes. Cartésianisme et anti-cartésianisme en Europe entre 1650 et 1875</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemins du Cartésianisme. Cartésianisme et anticartésianisme en Europe (1650-1750)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels langages et images pour représenter le corps humain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Yves Beziaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pointure du symbole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Petra, pp.117-170, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi ne pas être cartésien en médecine?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Kolesnik Antoine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'être cartésien?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.437-464, 2013, 978-2-84788-371-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi ne pas être cartésien en médecine?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Kolesnik Antoine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'être cartésien?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.437-464, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Principe d’autonomie au désir de vieillir : normes et valeurs de la vieillesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thiel, Marie-Jo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'automne de la vie: enjeux éthiques du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.269-281, 2012, Chemins d'éthique, 978-2-86820-487-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the principle of autonomy to the desire to grow old. Standards and values of old age.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Jo Thiel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethical Challenges of Ageing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RSM Press, pp.243-256, 2012, 9781853159787</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la Fabrique du Corps au Corps Machine en passant par les Automates : Jacques Vaucanson & Claude Nicolas Le Cat (1700-1768)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard Roukhomovsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Automate: machine, merveille.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Bordeaux, pp.157-188, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoir : utilité ou vérité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Sureau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie à son début</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier, pp.114-124, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'être vieux?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Carvallo, E. Giroux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la vieillesse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EME, pp.15-32, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leibniz vs. Stahl: A controversy well beyond medicine and chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dascal Marcelo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Practice of Reason. Leibniz and his controversies.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins Publishing Company, pp.101-136, 2010, 9789027218872</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le foetus est-il mon semblable?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A.R. Chancholle, M. Nodé-Langlois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire Naître. De la conception à la naissance : l'art au service de la nature?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artège, pp.285-306, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire du tonus : ruptures ou continuité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Carvallo, S. Roux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du nouveau dans les sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrin, pp.71-120, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. La vie et ses analogies : une histoire des discours et des pratiques savants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analogies végétales dans la connaissance de la vie de l’Antiquité à l’Âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.9-29. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.51626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et fraude scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duquennoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jannès Ober</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture scientifique et éthique de la recherche. Au cœur de la fabrique des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Amcsti 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amcsti - Le réseau professionnel des cultures scientifique, technique et industrielle, Dec 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pluralisme épistémique, pluralisme thérapeutique : la médecine à l’ère de la post-vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème colloque du Réseau Blaise Pascal Sciences, Culture et Foi : Peut-on encore faire confiance aux scientifiques ? Vérité des sciences, infox et post-vérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Blaise Pascal Sciences, Culture et Foi, Nov 2021, Sainte-Foy-lès-Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Fabrique du temps selon Bachelard et Hacking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Observatoires et mesures du temps »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sarah Carvallo; François Vernotte, Oct 2021, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les données génétiques et le don. La valeur des données génomiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La valeur des données génétiques »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sarah Carvallo; Laurence Faivre, Jun 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généalogie des données génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2021 de la Société de Philosophie des Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Philosophie des Sciences, Sep 2021, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faut-il constituer la détresse existentielle comme catégorie médicale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier interdisciplinaire sur la détresse existentielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Régis Aubry (CHU de Besançon); Sarah Carvallo (Université de Franche-Comté); Benjamin Guerin (Université de Franche-Comté), Dec 2021, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informed consent and gift. The genetics data values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on the Diffusion of Genomic Medicine: Health Economics &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Économie de Dijon, May 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le principe de causalité selon Maine de Biran: entre science de l’énergie et généalogie de l’intuition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La métaphysique et les sciences au XIXe siècle en France »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Delphine Antoine-Mahut; Samuel Lézé, Mar 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de vie : enjeux épistémiques et théoriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SFHST 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marion Thomas; Jonathan Simon, Apr 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutrition et Circulation : une forme de vie commune aux hommes et aux plantes aux xvie-xviie siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Formes de vie partagées entre l’homme et la plante »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arnaud Macé; Sarah Carvallo, Oct 2020, Arc-et-Senans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions philosophiques en Médecine génomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence au CHU de Dijon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pr. L. Faivre, Jun 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performation du soin par l’IA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La machine, le médecin et moi ? Éthique, intelligence artificielle et droits des patients »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espace de Réflexion Éthique BFC, Nov 2019, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrité scientifique, éthique animale, éthique de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ruphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denise Rémy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à VetAgro Sup</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, VetAgro Sup, Jun 2019, Marcy-l'Étoile, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La naissance, privation ou médicalisation de l’intime ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence-débat en partenariat avec Gyn'éthique autour de la question suivante : Comment aborder ensemble une discussion multidisciplinaire sur le consentement autour de la naissance ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espace de Réflexion Éthique BFC, Dec 2019, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformations du soin/care. Enjeux environnementaux et médicaux de la génomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à la Fédération Hospitalo-Universitaire TRANSLAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pr. L. Faivre (CHU Dijon), Jul 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de vie plurielles : le pluralisme (épistémique, éthique et politique) à l’épreuve de la mort. Science, politique, éthique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Fins de vie plurielles »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeurs des données génétiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Faivre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13 (2), pp.299-526, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId139"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sarah Carvallo </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The phenomenotechnics of time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vernotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Wolf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bachelard Studies - Études bachelardiennes - Studi bachelardiani</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1/2, pp.5-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suicide assisté, autonomie, compassion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Esprit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04248738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fin de vie : « Les connaissances scientifiques doivent pouvoir pleinement participer à éclairer le débat démocratique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Maneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadek Beloucif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalhia Aissat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Pennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde.fr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04656093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puissances, impuissance et limites corporelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26, pp.29-51. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/philosophique.1763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04246482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les styles de raisonnement médical à l’épreuve du concept de santé dans les années 1630-1670</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gesnerus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 76 (1), pp.5-35. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24894/Gesn-fr.2019.76001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique de la recherche entre réglementation et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Éthique de la recherche, 13 (2), pp.299-326. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rac.043.0299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la génétique humaine a-t-elle besoin des sciences humaines et sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Chassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Pierron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Génétique et Liberté, 2, pp.14-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Quatuor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Babin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barthélémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Menasseyre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of ancient philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.454-465. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11606/issn.1981-9471.v1iSupplementp454-465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The empirical Turn of Medicine in England 1660-1690</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives internationales d'histoire des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 67 (178), pp.75-111. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.ARIHS.5.115505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La circulation sanguine comme pierre de touche: Harvey, Riolan, Descartes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lato Sensu, revue de la Société de philosophie des sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (1), pp.85-92. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20416/lsrsps.v3i1.243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02170018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ageing in the Seventeenth and Eighteenth Centuries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science in Context</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (3), pp.267-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guérir: devenir soi ou devenir autre?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chirurgie Plastique Esthétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55 (4), pp.287-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stahl, Leibniz, Hoffmann & la respiration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de synthèse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1, pp.43-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au numéro spécial de Recherches sur la philosophie et le langage: Du nouveau dans les sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur la philosophie et le langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, p. 7-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Standardiser ou adapter les interactions personnes-machines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Eric Bobillier-Chaumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Tarpin-Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Vacherand-Revel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 6 (2), pp.91-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00164174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapter ou uniformiser les interactions personnes-systèmes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Vacherand-Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Eric Bobillier-Chaumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Tarpin Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Interactions Humaines Médiatisées (RIHM) = Journal of Human Mediated Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 6 (2), pp.91-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00377113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chimie et scepticisme : héritage et rupture d'une science. Analyse du dialogue &amp;quot; The Sceptical Chymist &amp;quot; de Robert Boyle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Histoire des Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 55 (4), pp.451-492</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le calcul de Minerve : Dialogue entre Leibniz et Spee sur le principe de justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studia Leibnitiana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 32 (2), pp.166-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La détresse existentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUFC, pp.189, 2025, Sciences : concepts et problèmes, Arnaud Macé, 978-2-38549-141-3. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13izu⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vulnérabilités liées à la génomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Faivre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Erès, 2025, 978-2-7492-8273-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’humain et le végétal. Processus et formes de vie partagés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.232, 2024, Sciences : concepts et problèmes, 978-2-38549-105-5. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12w32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04848395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analogies végétales dans la connaissance de la vie de l’Antiquité à l’Âge classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.276, 2023, Sciences : concepts et problèmes, 978-2-84867-974-7. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.51621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04211649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analogies et modèles végétaux dans la connaissance de la vie dans l’antiquité et l’âge classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.276, 2022, Sciences : concepts et problèmes, Arnaud Macé, 978-2-84867-974-7. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.51621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre Soin : restaurer, réparer de la Renaissance à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Anne-Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Pierron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mare et Martin. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03904825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin, restaurer, réparer, de la Renaissance à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Pierron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Anne-Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mare &amp; Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.197, 2022, 978-2-36222-073-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de vie plurielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Sciences : concepts et problèmes, 978-2-84867-852-8. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.40125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arts, sciences et autres frictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Perret-Liaudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 978-2-37213-050-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la vieillesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Giroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions modulaires européennes, pp.138, 2011, Ethiques en action, 978-2-8066-0323-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00853928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perfection et perfectionnements du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alliage, pp.120, 2010, 9782913312234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du nouveau dans les sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vrin, pp.573, 2007, 978-2711683888</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stahl-Leibniz: La controverse sur la vie, l'organisme et le mixte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vrin, pp.212, 2004, Bibliothèque des textes philosophiques, Jean-François Courtine, 2711616290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leibniz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hachette, pp.192, 2001, 2011454107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dialectique du visible et de l’invisible dans l’anatomie de la première modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Kondratuk. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des corps dans l'espace public. Monstration, dissimulation, mouvement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche-Comté, pp.179-198, 2025, 978-2-38549-162-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05205688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communauté des processus et formes de vie partagées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’humain et le végétal. Processus et formes de vie partagés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-26, 2024, Sciences : concepts et problèmes, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12w2e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de vie désolées, morts nues, puissances du deuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Magalie Bonnet, Christine Louchard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vieillissement et enveloppes psychiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In Press, pp.109-126, 2024, 978-2-38642-051-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutrition et circulation aux XVIe et XVIIe siècles : de l’analogie à la loi, d’une faculté végétale à une force plastique, puis élastique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arnaud Macé, Sarah Carvallo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’humain et le végétal: Processus et formes de vie partagés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-174, 2024, 978-2-38549-105-5. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12w2v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04916820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A diplomatic view for research integrity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrity sciences. A Call to Research and Action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Globethics Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.79-108, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04246399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le difficile apprentissage du pluralisme temporel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le temps des pandémies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Humensis, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04248757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’homme et la plante dans l’anatomie renaissante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analogies végétales dans la connaissance de la vie de l’Antiquité à l’Âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-197, 2023, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.51666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Man and plan in the Anatomy of Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sarah Carvallo, Arnaud Macé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analogies végétales dans la connaissance de la vie. De l’antiquité à l’Âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Franche Comté, pp.171-196, 2023, 978-2-84867</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04248762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fins de vie plurielles. Mourir en démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche-Comté, pp.13-32, 2021, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.40125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03549576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux transculturels de la mondialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enrique Sanchez-Albarracin; Jorg Echenhauer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'ingénieur citoyen: enjeux et exemples d’interdisciplinarité entre les langues-cultures et les sciences humaines dans la formation de l’ingénieur du 21e siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses des Ponts et Chaussées</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-2-85978-519-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets rétrospectifs de Stahl sur Descartes. Cartésianisme et anti-cartésianisme en Europe entre 1650 et 1875</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemins du Cartésianisme. Cartésianisme et anticartésianisme en Europe (1650-1750)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels langages et images pour représenter le corps humain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Yves Beziaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pointure du symbole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Petra, pp.117-170, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi ne pas être cartésien en médecine?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Kolesnik Antoine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'être cartésien?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.437-464, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi ne pas être cartésien en médecine?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Kolesnik Antoine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'être cartésien?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.437-464, 2013, 978-2-84788-371-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the principle of autonomy to the desire to grow old. Standards and values of old age.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Jo Thiel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethical Challenges of Ageing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RSM Press, pp.243-256, 2012, 9781853159787</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Principe d’autonomie au désir de vieillir : normes et valeurs de la vieillesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thiel, Marie-Jo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'automne de la vie: enjeux éthiques du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.269-281, 2012, Chemins d'éthique, 978-2-86820-487-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la Fabrique du Corps au Corps Machine en passant par les Automates : Jacques Vaucanson & Claude Nicolas Le Cat (1700-1768)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard Roukhomovsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Automate: machine, merveille.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Bordeaux, pp.157-188, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'être vieux?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Carvallo, E. Giroux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la vieillesse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EME, pp.15-32, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoir : utilité ou vérité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Sureau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie à son début</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier, pp.114-124, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leibniz vs. Stahl: A controversy well beyond medicine and chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dascal Marcelo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Practice of Reason. Leibniz and his controversies.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins Publishing Company, pp.101-136, 2010, 9789027218872</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le foetus est-il mon semblable?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A.R. Chancholle, M. Nodé-Langlois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire Naître. De la conception à la naissance : l'art au service de la nature?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artège, pp.285-306, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire du tonus : ruptures ou continuité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Carvallo, S. Roux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du nouveau dans les sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrin, pp.71-120, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01009324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. La vie et ses analogies : une histoire des discours et des pratiques savants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Macé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analogies végétales dans la connaissance de la vie de l’Antiquité à l’Âge classique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.9-29. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pufc.51626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique et fraude scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bonnineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duquennoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jannès Ober</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faut-il constituer la détresse existentielle comme catégorie médicale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier interdisciplinaire sur la détresse existentielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Régis Aubry (CHU de Besançon); Sarah Carvallo (Université de Franche-Comté); Benjamin Guerin (Université de Franche-Comté), Dec 2021, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pluralisme épistémique, pluralisme thérapeutique : la médecine à l’ère de la post-vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème colloque du Réseau Blaise Pascal Sciences, Culture et Foi : Peut-on encore faire confiance aux scientifiques ? Vérité des sciences, infox et post-vérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Blaise Pascal Sciences, Culture et Foi, Nov 2021, Sainte-Foy-lès-Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture scientifique et éthique de la recherche. Au cœur de la fabrique des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Amcsti 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amcsti - Le réseau professionnel des cultures scientifique, technique et industrielle, Dec 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Fabrique du temps selon Bachelard et Hacking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Observatoires et mesures du temps »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sarah Carvallo; François Vernotte, Oct 2021, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les données génétiques et le don. La valeur des données génomiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La valeur des données génétiques »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sarah Carvallo; Laurence Faivre, Jun 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généalogie des données génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2021 de la Société de Philosophie des Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Philosophie des Sciences, Sep 2021, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informed consent and gift. The genetics data values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on the Diffusion of Genomic Medicine: Health Economics &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Économie de Dijon, May 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de vie : enjeux épistémiques et théoriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SFHST 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marion Thomas; Jonathan Simon, Apr 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le principe de causalité selon Maine de Biran: entre science de l’énergie et généalogie de l’intuition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La métaphysique et les sciences au XIXe siècle en France »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Delphine Antoine-Mahut; Samuel Lézé, Mar 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutrition et Circulation : une forme de vie commune aux hommes et aux plantes aux xvie-xviie siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Formes de vie partagées entre l’homme et la plante »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arnaud Macé; Sarah Carvallo, Oct 2020, Arc-et-Senans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fins de vie plurielles : le pluralisme (épistémique, éthique et politique) à l’épreuve de la mort. Science, politique, éthique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Fins de vie plurielles »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrité scientifique, éthique animale, éthique de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ruphy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denise Rémy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à VetAgro Sup</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, VetAgro Sup, Jun 2019, Marcy-l'Étoile, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La performation du soin par l’IA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « La machine, le médecin et moi ? Éthique, intelligence artificielle et droits des patients »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espace de Réflexion Éthique BFC, Nov 2019, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions philosophiques en Médecine génomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence au CHU de Dijon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pr. L. Faivre, Jun 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La naissance, privation ou médicalisation de l’intime ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence-débat en partenariat avec Gyn'éthique autour de la question suivante : Comment aborder ensemble une discussion multidisciplinaire sur le consentement autour de la naissance ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espace de Réflexion Éthique BFC, Dec 2019, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformations du soin/care. Enjeux environnementaux et médicaux de la génomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à la Fédération Hospitalo-Universitaire TRANSLAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pr. L. Faivre (CHU Dijon), Jul 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeurs des données génétiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Faivre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine et philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Carvallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13 (2), pp.299-526, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02468134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId139"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158812v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carvallo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vernotte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wolf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656093v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Maneval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadek Beloucif" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalhia Aissat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pennec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04246482v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophique.1763" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04248738v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171663v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.043.0299" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462016v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Chassagne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pierron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462038v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Babin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Faye" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Menasseyre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.1981-9471.v1iSupplementp454-465" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170046v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24894/Gesn-fr.2019.76001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170061v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.ARIHS.5.115505" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170018v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20416/lsrsps.v3i1.243" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859238v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859219v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859261v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996048v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164174v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier-Chaumon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tarpin-Bernard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Vacherand-Revel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00377113v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tarpin Bernard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859253v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859271v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158859v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gu&#233;rin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13izu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917692v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Faivre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04848395v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mac&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/collections/sciences/l-humain-et-le-vegetal-processus-et-formes-de-vie-partages.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w32" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04211649v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/analogies-vegetales-dans-la-connaissance-de-la-vie-de-l-antiquite-a-l-age-classique.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.51621" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158863v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904825v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Anne-Braun" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lavin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158865v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/prendre-soin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03545771v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/fins-de-vie-plurielles.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.40125" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815376v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Antoine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret-Liaudet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00853928v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Giroux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912783v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Simon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912742v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912712v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912726v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205688v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916790v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916820v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/l-humain-et-le-vegetal-processus-et-formes-de-vie-partages.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w2v" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242608v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w2e" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242633v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.51666" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04248757v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04246399v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irafpa.org/publications/livre-academic-integrity-2023/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04248762v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549576v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171068v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses-des-ponts.fr/notre-librairie/360-lingenieur-citoyen.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171133v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009242v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859207v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912821v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177355v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Henry" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912830v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009338v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009330v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009259v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912831v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009278v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009324v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242558v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.51626" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608207v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carvallo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Achard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnineau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duquennoi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jann&#232;s Ober" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639331v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639311v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639306v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639298v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639300v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639322v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639289v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639248v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639284v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639271v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639091v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639223v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639133v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ruphy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise R&#233;my" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639240v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639145v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639160v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158849v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468134v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158812v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carvallo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vernotte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wolf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04248738v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04656093v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Maneval" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadek Beloucif" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalhia Aissat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pennec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04246482v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophique.1763" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170046v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24894/Gesn-fr.2019.76001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171663v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.043.0299" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462016v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Chassagne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pierron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462038v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Babin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Faye" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Menasseyre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.1981-9471.v1iSupplementp454-465" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170061v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.ARIHS.5.115505" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170018v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20416/lsrsps.v3i1.243" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859219v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859238v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859261v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996048v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164174v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier-Chaumon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tarpin-Bernard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Vacherand-Revel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00377113v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tarpin Bernard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859253v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859271v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158859v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gu&#233;rin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13izu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917692v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Faivre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04848395v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mac&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/collections/sciences/l-humain-et-le-vegetal-processus-et-formes-de-vie-partages.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w32" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04211649v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/analogies-vegetales-dans-la-connaissance-de-la-vie-de-l-antiquite-a-l-age-classique.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.51621" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158863v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904825v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Anne-Braun" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lavin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158865v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/prendre-soin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03545771v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/fins-de-vie-plurielles.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.40125" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815376v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Antoine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret-Liaudet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00853928v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Giroux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912783v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Simon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912742v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912712v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912726v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205688v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242608v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/l-humain-et-le-vegetal-processus-et-formes-de-vie-partages.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w2e" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916790v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916820v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w2v" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04246399v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irafpa.org/publications/livre-academic-integrity-2023/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04248757v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242633v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.51666" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04248762v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549576v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171068v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses-des-ponts.fr/notre-librairie/360-lingenieur-citoyen.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171133v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009242v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912821v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859207v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912830v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Henry" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177355v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009338v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009259v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009330v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912831v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009278v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009324v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242558v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.51626" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608207v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carvallo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Achard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnineau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duquennoi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jann&#232;s Ober" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639322v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639311v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639331v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639306v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639298v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639300v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639289v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639284v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639248v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639271v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639160v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639133v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ruphy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise R&#233;my" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639223v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639091v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639240v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639145v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158849v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468134v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>