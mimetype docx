--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -125,325 +125,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nest Exposure to Marine Flooding and Impacts on Green Turtle (Chelonia Mydas) Embryos Under Rapid Sea Level Rise: The Role of Beach Geomorphology and Hydrodynamics</w:t>
+                <w:t xml:space="preserve">Environmental preferences of green sea turtles (Chelonia mydas) for egg-laying on a fringing reef pocket beach, Mayotte Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Morisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Aubry</w:t>
+                <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Le Gall</w:t>
+                <w:t xml:space="preserve">Yann Mercky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Delvenne</w:t>
+                <w:t xml:space="preserve">Charles Le Bozec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Environmental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2025.107444⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2025.1506101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05116312v1</w:t>
+                <w:t xml:space="preserve">hal-05312664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental preferences of green sea turtles (Chelonia mydas) for egg-laying on a fringing reef pocket beach, Mayotte Island</w:t>
+                <w:t xml:space="preserve">Nest Exposure to Marine Flooding and Impacts on Green Turtle (Chelonia Mydas) Embryos Under Rapid Sea Level Rise: The Role of Beach Geomorphology and Hydrodynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Morisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Charroux</w:t>
+                <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Mercky</w:t>
+                <w:t xml:space="preserve">Lucas Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Le Bozec</w:t>
+                <w:t xml:space="preserve">Cyrielle Delvenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12, </w:t>
+              <w:t xml:space="preserve">Marine Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2025.1506101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marenvres.2025.107444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05312664v1</w:t>
+                <w:t xml:space="preserve">hal-05116312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal Morphodynamics of Fringing Reef Pocket Beaches and Responses to Rapid Vertical Tectonic Movements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -587,64 +587,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Morisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Charroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées REFMAR 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -721,51 +721,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Elie Paute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solana Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4e colloque Groupe Tortues Marines France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MNHN, Nov 2022, La Grande Motte, France</w:t>
@@ -826,90 +826,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term observation beach hydro-sedimentary dynamics of reef pocket: study case of Sakouli, Mayotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Morisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Mercky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -979,51 +979,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les systèmes littoraux de Mayotte : Dynamiques hydro-sédimentaires dans un contexte de subsidence rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université de la Réunion, 2023. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1050,51 +1050,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les systèmes littoraux de Mayotte : dynamiques hydro-sédimentaires dans un contexte de subsidence rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Charroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université de la Réunion, 2023. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023LARE0032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1290,51 +1290,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116312v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gall" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107444" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312664v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mercky" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Bozec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1506101" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399155v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-23-00021.1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854729v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467711v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Elie Paute" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solana Viel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04035750v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04428839v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04533855v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LARE0032" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312664v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mercky" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Bozec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1506101" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116312v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gall" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107444" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399155v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-23-00021.1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854729v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467711v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Elie Paute" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solana Viel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04035750v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04428839v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04533855v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LARE0032" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>