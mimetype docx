--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -125,51 +125,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Résumé du rapport scientifique de l'étude</w:t>
+                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Synthèse du rapport scientifique de l'étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
@@ -201,97 +201,97 @@
                 <w:t xml:space="preserve">Valentin Bellassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bernard-Mongin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 87 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05110171v2</w:t>
+                <w:t xml:space="preserve">hal-05127327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Synthèse du rapport scientifique de l'étude</w:t>
+                <w:t xml:space="preserve">Agriculture, aquaculture and fishing: impact of food standards on biodiversity. Summary of the scientific report of the study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
@@ -323,317 +323,317 @@
                 <w:t xml:space="preserve">Valentin Bellassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bernard-Mongin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 87 p</w:t>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05127327v1</w:t>
+                <w:t xml:space="preserve">hal-05126366v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture and fishing: impact of food standards on biodiversity. Summary of the scientific report of the study</w:t>
+                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Rapport scientifique de l'étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bellassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 581 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05126366v3</w:t>
+                <w:t xml:space="preserve">hal-05143887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Rapport scientifique de l'étude</w:t>
+                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Résumé du rapport scientifique de l'étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Bellassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bernard-Mongin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Arnaud</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-05143887v1</w:t>
+                <w:t xml:space="preserve">hal-05110171v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1463,234 +1463,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05021851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering biotic interactions and their role in soil microbial community assembly</w:t>
+                <w:t xml:space="preserve">Les communautés de bactéries des sols. De réseaux plantes / pollinisateurs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David D. Bru</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Audrey Labonte,</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des doctorants UMR Agroécologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Virtuel, France</w:t>
+              <w:t xml:space="preserve">Des chercheurs dans les bois, Dans le cadre de l'Expérimentarium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, St Brisson, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03320019v1</w:t>
+                <w:t xml:space="preserve">hal-03544209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les communautés de bactéries des sols. De réseaux plantes / pollinisateurs.</w:t>
+                <w:t xml:space="preserve">Deciphering biotic interactions and their role in soil microbial community assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Romdhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymé Spor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Breuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Labonte,</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">David D. Bru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des chercheurs dans les bois, Dans le cadre de l'Expérimentarium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, St Brisson, France</w:t>
+              <w:t xml:space="preserve">Journée des doctorants UMR Agroécologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03544209v1</w:t>
+                <w:t xml:space="preserve">hal-03320019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2168,51 +2168,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110171v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ulrich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard-Mongin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127327v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126366v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143887v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053988v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Huet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Romdhane" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Breuil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bru" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mounier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycaf048" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04625024v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aym&#233; Spor" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-024-00559-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04019313v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-023-01480-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597881v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Pouvreau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Delage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delgrange" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.01075" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714331v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05021851v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320019v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Bru" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544209v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Labonte," TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04001622v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UBFCK097" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03960234v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001689v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poulin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delavault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1429-7_6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127327v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ulrich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard-Mongin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126366v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143887v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110171v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053988v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Huet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Romdhane" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Breuil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bru" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mounier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycaf048" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04625024v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aym&#233; Spor" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-024-00559-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04019313v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-023-01480-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597881v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Pouvreau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Delage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delgrange" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.01075" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714331v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05021851v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03544209v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Labonte," TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320019v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Bru" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04001622v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UBFCK097" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03960234v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001689v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poulin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delavault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1429-7_6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>