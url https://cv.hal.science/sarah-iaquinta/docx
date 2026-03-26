--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -424,248 +424,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05240533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyper-viscoelastic stress-softening modeling of pig perineal skin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stress softening and hyper-viscoelastic modeling of soft materials: insights into parameter identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Chrysochoos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Chagnon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
+              <w:t xml:space="preserve">, 2025, 50th congress of the Société de Biomécanique, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/mbj.14506⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46298/mbj.16245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04737984v2</w:t>
+                <w:t xml:space="preserve">hal-05191800v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress softening and hyper-viscoelastic modeling of soft materials: insights into parameter identification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hyper-viscoelastic stress-softening modeling of pig perineal skin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Iaquinta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Chagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Grégory Chagnon</w:t>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 50th congress of the Société de Biomécanique, </w:t>
+              <w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/mbj.16245⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46298/mbj.14506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05191800v2</w:t>
+                <w:t xml:space="preserve">hal-04737984v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitored indentation for the detection of inclusions in elastomer material</w:t>
               </w:r>
@@ -779,403 +779,403 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le test d’indentation instrumentée, une méthode adaptée pour mesurer la tendreté de la viande ?</w:t>
+                <w:t xml:space="preserve">Non destructive qualification of bovine meat tenderness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Conti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Roquefeuil</w:t>
+                <w:t xml:space="preserve">Étienne Roquefeuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Barés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viandes et Produits Carnés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food and Bioproducts Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 148, pp.136-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fbp.2024.08.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04381514v1</w:t>
+                <w:t xml:space="preserve">hal-04695267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accounting for the mechanical response of the cell membrane during the uptake of random nanoparticles</w:t>
+                <w:t xml:space="preserve">Le test d’indentation instrumentée, une méthode adaptée pour mesurer la tendreté de la viande ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Conti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Coué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Roquefeuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Barés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Viandes et Produits Carnés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3931, pp.VPC-2023-3931</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/jtcam.12489⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04266009v2</w:t>
+                <w:t xml:space="preserve">hal-04381514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non destructive qualification of bovine meat tenderness</w:t>
+                <w:t xml:space="preserve">Accounting for the mechanical response of the cell membrane during the uptake of random nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shahram Khazaie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fréour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioproducts Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 148, pp.136-140. </w:t>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fbp.2024.08.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.12489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04695267v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266009v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PREPRINT Machine Learning for the Sensitivity Analysis of a Model of the Cellular Uptake of Nanoparticles for the Treatment of Cancer</w:t>
               </w:r>
@@ -1483,51 +1483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Chagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMC 2025 - The 12th European Solid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society of Mechanics, Jul 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1565,51 +1565,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement mécanique de tissus périnéaux porcins: essais cycliques et observations microstructurales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées GDR MECABIO Santé Avignon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR MECABIO, Nov 2025, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1647,51 +1647,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet PELVITRACK : caractérisation mécanique multi-échelle des tissus mous, résultats et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7èmes journées du Pôle MIPS - Détection de la fatigue musculaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pôle MIPS Montpellier, Nov 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1716,51 +1716,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositifs médicaux innovants pour le diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1798,51 +1798,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting Early-Stage Damage in Pelvic Soft Tissues Using Hyper-Viscoelastic Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1880,51 +1880,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une modélisation multi-échelles du comportement mécanique du périnée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2230,321 +2230,321 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04280176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open Review of ``Accounting for the adaptation of cell membrane adhesion during the uptake of random nanoparticles</w:t>
+                <w:t xml:space="preserve">Machine learning for the sensitivity analysis of a model of the cellular uptake of nanoparticles for the treatment of cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shahram Khazaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Albanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fréour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04576826v1</w:t>
+                <w:t xml:space="preserve">hal-04517876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine learning for the sensitivity analysis of a model of the cellular uptake of nanoparticles for the treatment of cancer</w:t>
+                <w:t xml:space="preserve">Open Review of ``Accounting for the adaptation of cell membrane adhesion during the uptake of random nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shahram Khazaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fréour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Pandolfi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04517876v1</w:t>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04576826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2601,51 +2601,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Barés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estefania Peña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48e congrès annuel de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Grenoble, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2988,51 +2988,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="11335DA3"/>
+    <w:nsid w:val="34C4CC7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3219,51 +3219,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sarah-iaquinta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6756-5992" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/269889671" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05229634v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Caro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chrysochoos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Iaquinta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2025.105818" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05240533v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahram Khazaie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fr&#233;our" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacquemin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2025.104420" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737984v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Caro-Bretelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14506" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191800v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Caro-Bretelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16245" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04289464v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Caro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chhean" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gu&#233;randelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Mewa Singh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.54851" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04381514v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Conti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Cou&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Roquefeuil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bar&#233;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266009v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.12489" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695267v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Roquefeuil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2024.08.015" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907894v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Albanna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3878" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993822v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Ishow" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanquart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3598" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05362581v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05362595v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05362621v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05132634v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04933579v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473445v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiguida Kadiakhe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lallemant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Pe&#241;a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717955v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280176v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576826v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pandolfi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517876v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04272574v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993849v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04368913v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022NANU4088" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sarah-iaquinta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6756-5992" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/269889671" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05229634v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Caro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chrysochoos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Iaquinta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2025.105818" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05240533v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahram Khazaie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fr&#233;our" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacquemin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2025.104420" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191800v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Caro-Bretelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16245" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737984v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Caro-Bretelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14506" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04289464v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Caro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chhean" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gu&#233;randelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Mewa Singh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.54851" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695267v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Conti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Cou&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Roquefeuil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bar&#233;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2024.08.015" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04381514v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Roquefeuil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266009v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.12489" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907894v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Albanna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3878" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993822v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Ishow" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanquart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnm.3598" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05362581v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05362595v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05362621v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05132634v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04933579v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473445v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiguida Kadiakhe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lallemant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Pe&#241;a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717955v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280176v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517876v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576826v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pandolfi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04272574v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993849v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04368913v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022NANU4088" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>