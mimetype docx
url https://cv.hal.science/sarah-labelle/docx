--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1036,679 +1036,679 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05119508v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire de la recherche-action en EMI à l'échelle européenne. Ajustements et conditions de production des savoirs sur les IA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apports et partage du savoir-manger des femmes enceintes et mères de jeunes enfants aux Antilles - une recherche participative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Paganelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lépine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Labelle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Caroline Heïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIème Colloque scientifique international MUSSI 2024 : « Médiation et nouveaux usages sociaux et éducatifs de l'information »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EFTS; ENSFEA, Nov 2024, Auzeville Tolosane, France</w:t>
+              <w:t xml:space="preserve">ICARES : Pour une approche intégrative de la santé : Perspectives croisées en SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul Valéry Montpellier 3, Nov 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05452098v1</w:t>
+                <w:t xml:space="preserve">hal-04842075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire de la recherche-action sur la désinformation par la co-conception d'un dispositif de formation à l'échelle européenne : l'exemple du projet TADAM</w:t>
+                <w:t xml:space="preserve">Faire de la recherche-action en EMI à l'échelle européenne. Ajustements et conditions de production des savoirs sur les IA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Labelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Paganelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Heïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIème Colloque scientifique international MUSSI 2024 : « Médiation et nouveaux usages sociaux et éducatifs de l'information »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2024, Auzeville, France</w:t>
+              <w:t xml:space="preserve">, EFTS; ENSFEA, Nov 2024, Auzeville Tolosane, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04819137v1</w:t>
+                <w:t xml:space="preserve">hal-05452098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports et partage du savoir-manger des femmes enceintes et mères de jeunes enfants aux Antilles - une recherche participative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Faire de la recherche-action sur la désinformation par la co-conception d'un dispositif de formation à l'échelle européenne : l'exemple du projet TADAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Labelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Paganelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sarah Labelle</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Heïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICARES : Pour une approche intégrative de la santé : Perspectives croisées en SHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paul Valéry Montpellier 3, Nov 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">VIème Colloque scientifique international MUSSI 2024 : « Médiation et nouveaux usages sociaux et éducatifs de l'information »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Auzeville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04842075v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04819137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards data culture. Autonomy and protection of privacy through data practices in everyday life</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Algorithmes de recommandation, production de données et promesses de découvrabilité : enquête auprès de jeunes abonnés de Netflix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chevret-Castellani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Labelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Bénistant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence ICA Comparative privacy and the literacies of a networked age: A critical approach</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ICA, May 2022, Mulhouse (FR), France</w:t>
+              <w:t xml:space="preserve">Colloque international, "Big data"  : influence, manipulation et micro-ciblage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04918296v1</w:t>
+                <w:t xml:space="preserve">hal-04918284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Légitimité et reconnaissance médiatique de la parole et des savoirs situés sur le chlordécone</w:t>
+                <w:t xml:space="preserve">Towards data culture. Autonomy and protection of privacy through data practices in everyday life</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Labelle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Paganelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chlordécone : Connaître pour Agir (2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Coordination Locale de la Recherche sur la Chlordécone aux Antilles, Dec 2022, Le Gosier (Guadeloupe), France. pp.1-6</w:t>
+              <w:t xml:space="preserve">Conférence ICA Comparative privacy and the literacies of a networked age: A critical approach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICA, May 2022, Mulhouse (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04055073v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04918296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’art pour médier la biodiversité : Immersion, une sculpture animée en réalité augmentée</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Légitimité et reconnaissance médiatique de la parole et des savoirs situés sur le chlordécone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Labelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eva Sandri</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Paganelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pré-conférence ICA, Au-delà du monde des humains. Communication végétale émergente dans l’espace public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GER « Communication, Environnement et Société » de la SFSIC, May 2022, Aix en provence, France</w:t>
+              <w:t xml:space="preserve">Chlordécone : Connaître pour Agir (2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Coordination Locale de la Recherche sur la Chlordécone aux Antilles, Dec 2022, Le Gosier (Guadeloupe), France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04819298v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04055073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithmes de recommandation, production de données et promesses de découvrabilité : enquête auprès de jeunes abonnés de Netflix</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Chevret-Castellani</w:t>
+                <w:t xml:space="preserve">L’art pour médier la biodiversité : Immersion, une sculpture animée en réalité augmentée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Heïd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Labelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Méliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Bénistant</w:t>
+                <w:t xml:space="preserve">Eva Sandri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international, "Big data"  : influence, manipulation et micro-ciblage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Pré-conférence ICA, Au-delà du monde des humains. Communication végétale émergente dans l’espace public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GER « Communication, Environnement et Société » de la SFSIC, May 2022, Aix en provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04918284v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04819298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithmes et éducation aux médias : rétroingénierie, pratiques ordinaires et débats citoyens</w:t>
               </w:r>
@@ -2367,51 +2367,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les abonnés et abonnées travaillent leur profil. Netflix, algorithmes et promesses de découvrabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Bénistant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chevret-Castellani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3760,51 +3760,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671042v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Mouratidou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Labelle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912564v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/atic.007.0101" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912680v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevret-Castellani" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ctd.8298" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098850v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bosler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle F&#233;roc Dumez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Loicq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Seurrat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.10939" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697001v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Candel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Courbi&#232;res" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Gomez-Mejia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.200.0159" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912611v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.4064" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-R8RPFC8D-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671025v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Alexis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.10624" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04663344v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Berthou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/gazar.2016.5380" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119508v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Verdi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452098v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paganelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline He&#239;d" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04819137v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842075v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie L&#233;pine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918296v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04055073v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04819298v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Laurent" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;liani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sandri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918284v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix B&#233;nistant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918250v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767097v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=hecate vergopoulos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967820v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonaccorsi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954562v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316867v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01709074v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Boutin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Escande-Gauqui&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froissart" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322289v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929868v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03545806v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912668v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984445v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Kunert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967793v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761015v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#235;l Souchier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Minel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166839v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonnaccorsi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752962v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Jeanne Perrier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jeanneret" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;guin-Verbrugge" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cotte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851373v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Capelle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lehmans" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chagnoux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322300v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03611133v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671042v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Mouratidou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Labelle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912564v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/atic.007.0101" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912680v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevret-Castellani" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Remond" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ctd.8298" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098850v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bosler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle F&#233;roc Dumez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Loicq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Seurrat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.10939" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697001v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Candel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Courbi&#232;res" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Gomez-Mejia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.200.0159" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912611v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.4064" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-R8RPFC8D-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671025v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Alexis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.10624" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04663344v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Berthou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/gazar.2016.5380" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119508v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Verdi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842075v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paganelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie L&#233;pine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452098v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline He&#239;d" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04819137v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918284v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix B&#233;nistant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918296v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04055073v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04819298v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Laurent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;liani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sandri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918250v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767097v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=hecate vergopoulos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967820v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonaccorsi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954562v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316867v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01709074v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Boutin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Escande-Gauqui&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froissart" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322289v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929868v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03545806v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912668v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984445v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Kunert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967793v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761015v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanu&#235;l Souchier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Minel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00166839v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonnaccorsi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752962v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Jeanne Perrier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jeanneret" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;guin-Verbrugge" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cotte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851373v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Capelle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lehmans" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chagnoux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322300v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03611133v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>