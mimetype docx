--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1213,286 +1213,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04536360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation of apical long axis, four- and two-chamber views using deep neural networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep Learning Segmentation in 2D echocardiography using the CAMUS dataset : Automatic Assessment of the Anatomical Shape Validity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Smistad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Ostvik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bernard</w:t>
+                <w:t xml:space="preserve">Frederic Cervenansky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Espinosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International conference on Medical Imaging with Deep Learning (MIDL 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, London, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04215861v1</w:t>
+                <w:t xml:space="preserve">hal-02395245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Learning Segmentation in 2D echocardiography using the CAMUS dataset : Automatic Assessment of the Anatomical Shape Validity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Segmentation of apical long axis, four- and two-chamber views using deep neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Smistad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivar Mjaland Salte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Ostvik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Florian Espinosa</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on Medical Imaging with Deep Learning (MIDL 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Glasgow, United Kingdom. pp.8-11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2019.8926017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02395245v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RU-Net: A refining segmentation network for 2D echocardiography</w:t>
               </w:r>
@@ -1923,51 +1923,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivar Mjal Salte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IEEE International Ultrasonics Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Kobe, Japan. pp.1-4</w:t>
@@ -2035,51 +2035,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Espinoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Washington, DC, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2432,51 +2432,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124325v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Quinton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Presles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leclerc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nodari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lopez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-53528-9" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330096v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; P.I. Kpemoua" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pouteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2023.109043" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347130v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Popoff" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Meriaudeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data8050079" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149349v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Smistad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ostvik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivar Mjaland Salte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Melichova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Mi Nguyen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2981037" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149347v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cervenansky" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Espinosa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.3003403" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054458v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pedrosa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Cervenansky" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2019.2900516" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04500987v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; Panaewazou Isra&#235;l Kpemoua" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Pouteau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04536360v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; P. I. Kpemoua" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215861v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926017" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395245v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cervenansky" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570017v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grenier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartizien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926158" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093095v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8580136" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048104v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Khellaf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Voorneveld" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Bandaru" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bosch" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048093v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivar Mjal Salte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609235v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Espinoza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092632" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998055v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoai-Thu Nguyen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Croisille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Viallon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Grange" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124325v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Quinton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Presles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leclerc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nodari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lopez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-53528-9" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330096v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; P.I. Kpemoua" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pouteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2023.109043" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347130v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Popoff" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Meriaudeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data8050079" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149349v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Smistad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ostvik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivar Mjaland Salte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Melichova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Mi Nguyen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2981037" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149347v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cervenansky" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Espinosa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.3003403" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054458v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pedrosa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Cervenansky" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2019.2900516" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04500987v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; Panaewazou Isra&#235;l Kpemoua" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Pouteau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04536360v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; P. I. Kpemoua" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395245v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cervenansky" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215861v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926017" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570017v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grenier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lartizien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8926158" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093095v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8580136" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048104v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Khellaf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Voorneveld" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Bandaru" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bosch" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048093v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivar Mjal Salte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609235v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Espinoza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092632" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998055v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoai-Thu Nguyen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Croisille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Viallon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Grange" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>