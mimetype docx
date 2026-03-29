--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -911,597 +911,597 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04159443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle-Strength-Exchange methods for Lagrangian 3D DNS of rheological and reactive fluids with evolving interfaces at the pore-scale</w:t>
+                <w:t xml:space="preserve">Second order deviation of absolute permeability due to unresolved morphological features at the pore scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco J Valdés-Parada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lasseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th Annual International Conference on Porous Media Interpore 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Khalifa University, May 2022, Abu Dhabi, United Arab Emirates. pp.09 - 152</w:t>
+              <w:t xml:space="preserve">, Khalifa University, May 2022, Abu Dhabi, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04159451v1</w:t>
+                <w:t xml:space="preserve">hal-04159449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of reactive flows on 3D pore-scale geometries using particle methods and their impact on macroscopic properties: applications to dissolution, precipitation and crystallization</w:t>
+                <w:t xml:space="preserve">Second order deviation of permeability due to unresolved morphological features at the pore scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Matthieu Etancelin</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco J Valdés-Parada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lasseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixteenth International Conference Zaragoza-Pau on Mathematics and its Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Jaca, Spain</w:t>
+              <w:t xml:space="preserve">InterPore 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, InterPore, May 2022, Abu Dhabi, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04161883v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Second order deviation of absolute permeability due to unresolved morphological features at the pore scale</w:t>
+                <w:t xml:space="preserve">Simulation of reactive flows on 3D pore-scale geometries using particle methods and their impact on macroscopic properties: applications to dissolution, precipitation and crystallization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Lasseux</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Matthieu Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Annual International Conference on Porous Media Interpore 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Khalifa University, May 2022, Abu Dhabi, United Arab Emirates</w:t>
+              <w:t xml:space="preserve">Sixteenth International Conference Zaragoza-Pau on Mathematics and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Jaca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04159449v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Second order deviation of permeability due to unresolved morphological features at the pore scale</w:t>
+                <w:t xml:space="preserve">Particle-Strength-Exchange methods for Lagrangian 3D DNS of rheological and reactive fluids with evolving interfaces at the pore-scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Perez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Lasseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">InterPore 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, InterPore, May 2022, Abu Dhabi, United Arab Emirates</w:t>
+              <w:t xml:space="preserve">14th Annual International Conference on Porous Media Interpore 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Khalifa University, May 2022, Abu Dhabi, United Arab Emirates. pp.09 - 152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04300226v1</w:t>
+                <w:t xml:space="preserve">hal-04159451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the estimation of permeability uncertainty due to unresolved pore-scale features</w:t>
+                <w:t xml:space="preserve">A semi-Lagrangian numerical method for the simulation of precipitation/crystallization at the pore scale of porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Matthieu Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XV JEMP – French Interpore Chapter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">CrysPoM VII 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04161837v1</w:t>
+                <w:t xml:space="preserve">hal-03282990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A semi-Lagrangian numerical method for the simulation of precipitation/crystallization at the pore scale of porous media</w:t>
+                <w:t xml:space="preserve">On the estimation of permeability uncertainty due to unresolved pore-scale features</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Perez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Matthieu Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CrysPoM VII 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Pau, France</w:t>
+              <w:t xml:space="preserve">XV JEMP – French Interpore Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03282990v1</w:t>
+                <w:t xml:space="preserve">hal-04161837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId36"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1656,51 +1656,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692528v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Perez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Etancelin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poncet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2025.1493305" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191804v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-024-10313-x" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011497v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suryanarayana Maddu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo F. Sbalzarini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112342" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442180v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moonen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-021-01713-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677155v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Busch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Doster" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650452v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161896v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159443v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159451v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161883v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159449v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J Vald&#233;s-Parada" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lasseux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300226v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161837v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282990v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692528v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Perez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Etancelin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poncet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2025.1493305" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191804v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-024-10313-x" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011497v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suryanarayana Maddu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo F. Sbalzarini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112342" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442180v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moonen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-021-01713-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677155v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Busch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Doster" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650452v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161896v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159443v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159449v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J Vald&#233;s-Parada" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lasseux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300226v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161883v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159451v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282990v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161837v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>