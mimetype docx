--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -151,51 +151,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -432,112 +432,194 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Entre-soi et rapports sociaux dans les centres sociaux. Une participation « sous contrôle » des femmes des quartiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Rétif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Le politique des centres sociaux, 2023/1 (35), pp.135-159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Réception sociologique des travaux de Colette Guillaumin en France : une lente appropriation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bertheleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de recherche sociologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 69, pp.47-75. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7202/1091912ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -547,124 +629,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 5. Parler politique dans les centres sociaux : un sujet tabou ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Nez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires du Septentrion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le pouvoir d’agir dans les centres sociaux : Reconfigurations militantes et professionnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.121-140, 2023, 978-2-7574-3836-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.septentrion.141462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -674,100 +756,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes d’engagement de « mères du quartier ». Ethnographie d’un monde minoritaire, féminisé et populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université de Tours; CITERES (CItés, TERritoires, Environnement et Sociétés), 2023. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04467789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -777,327 +859,327 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des mères engagées en quartier populaire : trajectoires et expériences de domination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de sociologie du Laboratoire TREE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, Apr 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05415015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilisations des femmes dans les quartiers populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cycle de rencontres "Quartiers populaires, quartiers politiques"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Triangle et l'Amicale laïque du Crêt de Roch, Apr 2025, Saint-Étienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05415007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engagement de mères de quartiers populaires. (Main)tenir son engagement dans le temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIe Congrès de l'association française de sociologie "Environnement(s) &amp; inégalités"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Mobilisations de mères issues des migrations en quartier populaire »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Parole et normativité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Convergences Migrations, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04686798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre soi et rapports sociaux dans les centres sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1113,824 +1195,824 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Le politique des centres sociaux »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GIS Démocratie et Participation et Fédération des centres sociaux de France, MSH Paris Nord, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04686816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Maternités minoritaires, engagement associatif et politique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « La maternité, un levier de participation politique féminine ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Est, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04686783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir spécialiste des “papiers” et fondatrice d’une association : le cas de Rahma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées doctorales de l’équipe CoST de l’UMR CNRS Citeres, Université de Tours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04449063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résistances et appropriations des catégories institutionnelles : ethnographie d’une association de femmes issues des migrations en quartier populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IXe Congrès de l’Association Française de Sociologie (AFS), RT 24 « Genre, classe, race. Rapports sociaux et construction de l’altérité ».</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques d’engagement de femmes issues des migrations en quartier populaire : ambivalence au quotidien et imbrication des rapports sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers du genre de l’Université de Caen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04449059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qui politise qui ? Enquête ethnographique au centre social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Travail de politisation : pratiques et réceptions », Centre d’Études et de Recherches Administratives, Politiques et sociales (Ceraps - Université de Lille) et le Centre de recherche sur les politiques et le développement social (CPDS - Université de Montréal), avec le RT 34 de l'AFS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnographier des collectifs de femmes issues des migrations en quartier populaire. Entre résistances et appropriations des catégories institutionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès conjoint Association belge francophone de science politique (ABSP) et Congrès des associations francophones de science politique (CoSPoF). « Résistances », Section thématique 19, « Le répertoire « solidaire » des collectifs féminins et féministes »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapports sociaux de classe, de genre et de race dans les centres sociaux : l’éléphant dans le placard ? avec G. Erdi et J. Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Le pouvoir d’agir dans les centres sociaux : formes d’engagement, politisations et discriminations »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04449000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Femmes dans les quartiers populaires, un exemple d’engagement politique ordinaire</w:t>
+                <w:t xml:space="preserve">Intersectionnalité et lieux inexplorés du politique : les pratiques quotidiennes ordinaires dans les quartiers populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e Congrès de l’Institut du genre « Genre et émancipation »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Angers, France</w:t>
+              <w:t xml:space="preserve">57e Congrès de la Société québécoise de science politique (SQSP), intitulé Egalite/Illégalité : un couple en science politique dans l'atelier « Science politique et féminismes : un couple (im)possible ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04449006v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intersectionnalité et lieux inexplorés du politique : les pratiques quotidiennes ordinaires dans les quartiers populaires</w:t>
+                <w:t xml:space="preserve">Quand les femmes de quartier populaire se saisissent des centres sociaux, avec V. Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57e Congrès de la Société québécoise de science politique (SQSP), intitulé Egalite/Illégalité : un couple en science politique dans l'atelier « Science politique et féminismes : un couple (im)possible ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Journée d’étude du programme de recherche Engagir "Participation des habitants"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04449013v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand les femmes de quartier populaire se saisissent des centres sociaux, avec V. Cohen</w:t>
+                <w:t xml:space="preserve">Femmes dans les quartiers populaires, un exemple d’engagement politique ordinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude du programme de recherche Engagir "Participation des habitants"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Tours, France</w:t>
+              <w:t xml:space="preserve">2e Congrès de l’Institut du genre « Genre et émancipation »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04449035v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intersectionnalité et pratiques d’engagement de femmes en quartier populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rétif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de l’équipe CoST de l’UMR CNRS Citeres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04449050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId40"/>
+      <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2077,51 +2159,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarah.retif@univ-pau.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769328v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah R&#233;tif" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.402.0004" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349710v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Garnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.035.0135" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1095649ar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448630v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bertheleu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1091912ar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448674v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Nez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.141462" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04467789v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415015v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415007v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414998v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686798v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686816v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686783v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449063v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448967v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449059v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448985v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448976v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449000v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449006v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449013v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449035v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449050v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarah.retif@univ-pau.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769328v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah R&#233;tif" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.402.0004" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349710v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Garnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.035.0135" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1095649ar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547620v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448630v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bertheleu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1091912ar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448674v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Nez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.141462" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04467789v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415015v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415007v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414998v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686798v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686816v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686783v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449063v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448967v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449059v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448985v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448976v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449000v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449013v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449035v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449006v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449050v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>