--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,8199 +66,8333 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (59)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (60)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbiosis, hybridization and speciation in Mediterranean octocorals (Octocorallia, Eunicellidae)</w:t>
+                <w:t xml:space="preserve">Spatiotemporal faunal connectivity across global sea floors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Aurelle</w:t>
+                <w:t xml:space="preserve">Timothy O’hara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Haguenauer</w:t>
+                <w:t xml:space="preserve">Andrew Hugall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Bally</w:t>
+                <w:t xml:space="preserve">Margaret Haines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Zuberer</w:t>
+                <w:t xml:space="preserve">Alexandra A.-T. Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorian Guillemain</w:t>
+                <w:t xml:space="preserve">Angelina Eichsteller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 143 (4), </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 645 (8080), pp.423-428. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/biolinnean/blae116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41586-025-09307-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04859569v1</w:t>
+                <w:t xml:space="preserve">hal-05561650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can natural history collection specimens be used as aquatic microplastic pollution bioindicators?</w:t>
+                <w:t xml:space="preserve">Symbiosis, hybridization and speciation in Mediterranean octocorals (Octocorallia, Eunicellidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Dettling</w:t>
+                <w:t xml:space="preserve">Didier Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Samadi</w:t>
+                <w:t xml:space="preserve">Anne Haguenauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Ratti</w:t>
+                <w:t xml:space="preserve">Marc Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Fini</w:t>
+                <w:t xml:space="preserve">Frédéric Zuberer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Laguionie</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dorian Guillemain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 160, pp.111894. </w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 143 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2024.111894⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biolinnean/blae116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05228747v1</w:t>
+                <w:t xml:space="preserve">hal-04859569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global benthic biogeographical regions and macroecological drivers for ophiuroids</w:t>
+                <w:t xml:space="preserve">Can natural history collection specimens be used as aquatic microplastic pollution bioindicators?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lissette Victorero</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Valentin Dettling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Mouchet</w:t>
+                <w:t xml:space="preserve">Claudia Ratti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Delavenne</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Baptiste Fini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laguionie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ecog.06627⟩</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 160, pp.111894. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2024.111894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185815v1</w:t>
+                <w:t xml:space="preserve">hal-05228747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity and phylogeny of Cocculinidae (Gastropoda: Cocculinida) in the Indo-West Pacific</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Global benthic biogeographical regions and macroecological drivers for ophiuroids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+                <w:t xml:space="preserve">Lissette Victorero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasunori Kano</w:t>
+                <w:t xml:space="preserve">Timothy D O'Hara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei-Jen Chen</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maud Mouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Delavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlac023⟩</w:t>
+              <w:t xml:space="preserve">Ecography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ecog.06627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03664299v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04185815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When imagery and physical sampling work together: toward an integrative methodology of deep-sea image-based megafauna identification.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Biodiversity and phylogeny of Cocculinidae (Gastropoda: Cocculinida) in the Indo-West Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsin Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasunori Kano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei-Jen Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2021.749078⟩</w:t>
+              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlac023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03539437v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03664299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep-sea benthic communities in the largest oceanic desert are structured by the presence of polymetallic crust</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">When imagery and physical sampling work together: toward an integrative methodology of deep-sea image-based megafauna identification.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lozouet</w:t>
+                <w:t xml:space="preserve">Mélissa Hanafi-Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Maestrati</w:t>
+                <w:t xml:space="preserve">Laure Corbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tin-Yam Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei-Jen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-43325-0⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, pp.749078. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2021.749078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02133872v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03539437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incorporation of deep-sea and small-sized species provides new insights into gastropods phylogeny</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Aznar-Cormano</w:t>
+                <w:t xml:space="preserve">Deep-sea benthic communities in the largest oceanic desert are structured by the presence of polymetallic crust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Delavenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mong-Hsun Tsai</w:t>
+                <w:t xml:space="preserve">Louise Keszler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Castelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lozouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Maestrati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ympev.2019.03.003⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-43325-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02560174v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhodopsin gene evolution in early teleost fishes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Incorporation of deep-sea and small-sized species provides new insights into gastropods phylogeny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsin Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei-Jen Chen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Aznar-Cormano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mong-Hsun Tsai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0206918⟩</w:t>
+              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 135, pp.136-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ympev.2019.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01946035v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02560174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local variation within marinas: Effects of pollutants and implications for invasive species</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Rhodopsin gene evolution in early teleost fishes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jhen-Nien Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lejeusne</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei-Jen Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (11), pp.e0206918. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0206918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2018.05.001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03843245v1</w:t>
+                <w:t xml:space="preserve">hal-01946035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Untangling species identity in gastropods with polymorphic shells in the genus Bolma Risso, 1826 (Mollusca, Vetigastropoda)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Local variation within marinas: Effects of pollutants and implications for invasive species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josie Lambourdière</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joseph Kenworthy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lejeusne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Taxonomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5852/ejt.2017.288⟩</w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 133, pp.96-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2018.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843267v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One for each ocean: revision of the Bursa granularis (Röding, 1798) species complex (Gastropoda: Tonnoidea: Bursidae)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Merle</w:t>
+                <w:t xml:space="preserve">Untangling species identity in gastropods with polymorphic shells in the genus Bolma Risso, 1826 (Mollusca, Vetigastropoda)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Castelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bouchet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Magalie Castelin</w:t>
+                <w:t xml:space="preserve">Suzanne T Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Beu</w:t>
+                <w:t xml:space="preserve">Barbara Buge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Maestrati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josie Lambourdière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mollus/eyx029⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 288, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5852/ejt.2017.288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02458227v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assembly of the mitochondrial genome of the hydrothermal vent crab Segonzacia mesatlantica and detection of potential nuclear pseudogenes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">One for each ocean: revision of the Bursa granularis (Röding, 1798) species complex (Gastropoda: Tonnoidea: Bursidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Hourdez</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Malcolm T Sanders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Castelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Beu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mitochondrial DNA Part B Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23802359.2017.1318674⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 83 (4), pp.384-398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mollus/eyx029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01550571v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid morphological changes, admixture and invasive success in populations of Ring-necked parakeets (Psittacula krameri) established in Europe</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Assembly of the mitochondrial genome of the hydrothermal vent crab Segonzacia mesatlantica and detection of potential nuclear pseudogenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Mandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Aznar-Cormano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Hourdez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Invasions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10530-016-1103-8⟩</w:t>
+              <w:t xml:space="preserve">Mitochondrial DNA Part B Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (1), pp.291-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23802359.2017.1318674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01291981v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasion history and demographic processes associated with rapid morphological changes in the Red-whiskered bulbul established on tropical islands</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Rapid morphological changes, admixture and invasive success in populations of Ring-necked parakeets (Psittacula krameri) established in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Le Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dario Zuccon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Cornette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Blake Mathys</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael P. Braun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.13853⟩</w:t>
+              <w:t xml:space="preserve">Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (6), pp.1581-1598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10530-016-1103-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01462121v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01291981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eight new mitogenomes for exploring the phylogeny and classification of Vetigastropoda</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chang-Feng Dai</w:t>
+                <w:t xml:space="preserve">Invasion history and demographic processes associated with rapid morphological changes in the Red-whiskered bulbul established on tropical islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Le Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Clergeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Zuccon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Cornette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blake Mathys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mollus/eyw027⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (21), pp.5359 - 5376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.13853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843277v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01462121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of RAD sequencing for delimiting species</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Delphine Gey</w:t>
+                <w:t xml:space="preserve">Eight new mitogenomes for exploring the phylogeny and classification of Vetigastropoda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsin Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mong-Hsun Tsai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott France</w:t>
+                <w:t xml:space="preserve">Chang-Feng Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heredity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 114, pp.450-459. </w:t>
+              <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 82 (4), pp.534-541. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/hdy.2014.105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mollus/eyw027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01064545v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary origins of hydrothermal vents metazoans</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Use of RAD sequencing for delimiting species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélia Viricel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIO Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/bioconf/20150400007⟩</w:t>
+              <w:t xml:space="preserve">Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 114, pp.450-459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/hdy.2014.105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03843306v1</w:t>
+                <w:t xml:space="preserve">hal-01064545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An improved taxonomic sampling is a necessary but not sufficient condition for resolving inter-families relationships in Caridean decapods</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolutionary origins of hydrothermal vents metazoans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10709-014-9807-0⟩</w:t>
+              <w:t xml:space="preserve">BIO Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, pp.00007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/bioconf/20150400007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03922675v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patchiness of deep-sea communities in Papua New Guinea and potential susceptibility to anthropogenic disturbances illustrated by seep organisms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Species are hypotheses: avoid connectivity assessments based on pillars of sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Puillandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Wei-Jen Chen</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélia Viricel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Arnaud-Haond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24 (3), pp.525-544</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01081793v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species are hypotheses: avoid connectivity assessments based on pillars of sand</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">An improved taxonomic sampling is a necessary but not sufficient condition for resolving inter-families relationships in Caridean decapods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Aznar-Cormano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tin-Yam Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Corbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Puillandre</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genetica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Next-generation sequencing for Biodiversity, Taxonomy, Evolution and Ecology, 143 (2), pp.195-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10709-014-9807-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002440v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03922675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Next generation sequencing for characterizing biodiversity: promises and challenges</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Patchiness of deep-sea communities in Papua New Guinea and potential susceptibility to anthropogenic disturbances illustrated by seep organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Catherine Boisselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei-Jen Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10709-015-9816-7⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Special Issue: Biological and Ecological Processes in Reducing Marine Environments: Proceedings of the 5th International Symposium on Chemosynthesis-Based Ecosystems, 36 (Issue Supplement S1), pp.109-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/maec.12204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843312v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01081793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An inter-ocean comparison of coral endemism on seamounts: the case of Chrysogorgia</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Next generation sequencing for characterizing biodiversity: promises and challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pompanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jbi.12564⟩</w:t>
+              <w:t xml:space="preserve">Genetica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 143 (2), pp.133-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10709-015-9816-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01242420v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contrasted evolutionary fates of deep-sea chemosynthetic mussels (Bivalvia, Bathymodiolinae)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">An inter-ocean comparison of coral endemism on seamounts: the case of Chrysogorgia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 42 (10), pp.1907-1918. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbi.12564⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.749⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01250918v1</w:t>
+                <w:t xml:space="preserve">hal-01242420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La taxonomie dans la tourmente</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The contrasted evolutionary fates of deep-sea chemosynthetic mussels (Bivalvia, Bathymodiolinae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Thubaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/RAC.019.0411⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3 (14), pp.4748-4766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843334v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01250918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the Species Flock Concept Operational? The Antarctic Shelf Case</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La taxonomie dans la tourmente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Barberousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0068787⟩</w:t>
+              <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7, 2 (2), pp.411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/RAC.019.0411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02921889v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative Biology of Idas iwaotakii (Habe, 1958), a `Model Species' Associated with Sunken Organic Substrates</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Is the Species Flock Concept Operational? The Antarctic Shelf Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Duperron</w:t>
+                <w:t xml:space="preserve">Guillaume Lecointre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+                <w:t xml:space="preserve">Nadia Améziane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Catherine Boisselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline P Bonillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 8 (7), pp.e69680. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0069680⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 8 (8), pp.e68787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0068787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01545914v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02921889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The coral sea: physical environment, ecosystem status and biodiversity assets</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. D. Mckinnon</w:t>
+                <w:t xml:space="preserve">Integrative Biology of Idas iwaotakii (Habe, 1958), a `Model Species' Associated with Sunken Organic Substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Thubaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Corbari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Andréfouët</w:t>
+                <w:t xml:space="preserve">Olivier Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Allain</w:t>
+                <w:t xml:space="preserve">Sebastien Duperron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jock W. Young</w:t>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Marine Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 66, pp.213-90. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (7), pp.e69680. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/b978-0-12-408096-6.00004-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0069680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00996325v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of the deep-sea fauna of Papua New Guinea</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The coral sea: physical environment, ecosystem status and biodiversity assets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Thubaut@mnhn.Fr Thubaut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tin-Yam Chan</w:t>
+                <w:t xml:space="preserve">Daniela M. Ceccarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ralph Mana</w:t>
+                <w:t xml:space="preserve">A. D. Mckinnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Andréfouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jock W. Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5670/oceanog.2012.65⟩</w:t>
+              <w:t xml:space="preserve">Advances in Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 66, pp.213-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/b978-0-12-408096-6.00004-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00873493v1</w:t>
+                <w:t xml:space="preserve">hal-00996325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale species delimitation method for hyperdiverse groups</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of landscape features and demographic history on the genetic structure of Testudo marginata populations in the southern Peloponnese and Sardinia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Sirovich</w:t>
+                <w:t xml:space="preserve">Mélanie Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-C Boisselier</w:t>
+                <w:t xml:space="preserve">Raphaël Leblois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Livoreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josie Lambourdière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 105 (3), pp.591-606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1095-8312.2011.01805.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002432v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of landscape features and demographic history on the genetic structure of Testudo marginata populations in the southern Peloponnese and Sardinia</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Histoire évolutive de Idas sp. Med (Bivalvia : Mytilidae), une moide de suintements froids associée à plusieurs bactéries symbiotiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Bour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Josie Lambourdière</w:t>
+                <w:t xml:space="preserve">Julien Lorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Halary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1095-8312.2011.01805.x⟩</w:t>
+              <w:t xml:space="preserve">Cahiers de Biologie Marine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 53 (1), pp.77-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21411/CBM.A.DF8450AA⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02931006v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire évolutive de Idas sp. Med (Bivalvia : Mytilidae), une moide de suintements froids associée à plusieurs bactéries symbiotiques.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Halary</w:t>
+                <w:t xml:space="preserve">An optimised protocol for barcoding museum collections of decapod crustaceans: a case-study for a 10 - 40-years-old collection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Zuccon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Corbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joana Do Nascimento</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+                <w:t xml:space="preserve">José Utge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Biologie Marine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 53 (1), pp.77-87. </w:t>
+              <w:t xml:space="preserve">Invertebrate Systematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 26 (6), pp.592. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21411/CBM.A.DF8450AA⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1071/IS12027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843357v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An optimised protocol for barcoding museum collections of decapod crustaceans: a case-study for a 10 - 40-years-old collection</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+                <w:t xml:space="preserve">Deep-Sea Origin and In-Situ Diversification of Chrysogorgiid Octocorals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Utge</w:t>
+                <w:t xml:space="preserve">Catherine Mcfadden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Systematics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 26 (6), pp.592. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (6), pp.e38357. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/IS12027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/JOURNAL.PONE.0038357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03843337v1</w:t>
+                <w:t xml:space="preserve">hal-03843343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep-Sea Origin and In-Situ Diversification of Chrysogorgiid Octocorals</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New taxonomy and old collections: integrating DNA barcoding into the collection curation process: DNA BARCODING IN MUSEUMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Mcfadden</w:t>
+                <w:t xml:space="preserve">N. Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Boisselier-Dubayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Buge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/JOURNAL.PONE.0038357⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (3), pp.396-402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2011.03105.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03843343v1</w:t>
+                <w:t xml:space="preserve">hal-02165653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New taxonomy and old collections: integrating DNA barcoding into the collection curation process: DNA BARCODING IN MUSEUMS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Puillandre</w:t>
+                <w:t xml:space="preserve">Speciation patterns in gastropods with long-lived larvae from deep-sea seamounts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Castelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lorion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Bouchet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J. Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B. Buge</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cruaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Maestrati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (19), pp.4828-4853. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/J.1365-294X.2012.05743.X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2011.03105.x⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02165653v1</w:t>
+                <w:t xml:space="preserve">hal-03843364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speciation patterns in gastropods with long-lived larvae from deep-sea seamounts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Maestrati</w:t>
+                <w:t xml:space="preserve">Exploration of the deep-sea fauna of Papua New Guinea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Corbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Thubaut@mnhn.Fr Thubaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tin-Yam Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph Mana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (3), pp.214-225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5670/oceanog.2012.65⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/J.1365-294X.2012.05743.X⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03843364v1</w:t>
+                <w:t xml:space="preserve">hal-00873493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diet and gut microorganisms of Munidopsis squat lobsters associated with natural woods and meshenclosed substrates in the deep South Pacific</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sarah Samadi</w:t>
+                <w:t xml:space="preserve">Large-scale species delimitation method for hyperdiverse groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Puillandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Gaill</w:t>
+                <w:t xml:space="preserve">M. V Modica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Compère</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Y. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Sirovich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C Boisselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (11), pp.2671-2691</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00843148v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barcoding type specimens helps to identify synonyms and an unnamed new species in Eumunida Smith, 1883 (Decapoda : Eumunididae)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diet and gut microorganisms of Munidopsis squat lobsters associated with natural woods and meshenclosed substrates in the deep South Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Catherine Boisselier-Dubayle</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caroline Hoyoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Zbinden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gaill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Compère</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Systematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1071/IS11022⟩</w:t>
+              <w:t xml:space="preserve">Marine Biology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8:1, pp.28-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17451000.2011.605144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02458087v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00843148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA barcoding and molecular systematics of the benthic and demersal organisms of the CEAMARC survey.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Louise Allcock</w:t>
+                <w:t xml:space="preserve">Barcoding type specimens helps to identify synonyms and an unnamed new species in Eumunida Smith, 1883 (Decapoda : Eumunididae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia P. Arango</w:t>
+                <w:t xml:space="preserve">Enrique A Macpherson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josie Lambourdière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David K.A. Barnes</w:t>
+                <w:t xml:space="preserve">Marie-Catherine Boisselier-Dubayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polar Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 38 (8), pp.298-312. </w:t>
+              <w:t xml:space="preserve">Invertebrate Systematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 25 (4), pp.322-333. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polar.2011.02.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1071/IS11022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00614982v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity of deep-sea organisms associated with sunken-wood or other organic remains sampled in the tropical Indo-Pacific</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DNA barcoding and molecular systematics of the benthic and demersal organisms of the CEAMARC survey.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Hourdez</w:t>
+                <w:t xml:space="preserve">Agnès Dettaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takuma Haga</w:t>
+                <w:t xml:space="preserve">Sarah J. Adamowizc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Allcock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia P. Arango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David K.A. Barnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Biologie Marine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Polar Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 38 (8), pp.298-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polar.2011.02.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01250934v1</w:t>
+                <w:t xml:space="preserve">hal-00614982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species from Darwin onwards</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Biodiversity of deep-sea organisms associated with sunken-wood or other organic remains sampled in the tropical Indo-Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Corbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hourdez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takuma Haga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrative Zoology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers de Biologie Marine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 51 (4), pp.459-466</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halshs-00775579v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01250934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic structure of the xerophilous bromeliad Pitcairnia geyskesii on inselbergs in French Guiana - a test of the forest refuge hypothesis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Species from Darwin onwards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Barberousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Corinne Sarthou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1600-0587.2009.05446.x⟩</w:t>
+              <w:t xml:space="preserve">Integrative Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (3), pp.187-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1749-4877.2010.00204.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02930847v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00775579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permanent genetic resources added to molecular ecology resources database 1 April 2010 – 31 May 2010</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M.J. Bagley</w:t>
+                <w:t xml:space="preserve">Genetic structure of the xerophilous bromeliad Pitcairnia geyskesii on inselbergs in French Guiana - a test of the forest refuge hypothesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Catherine Boisselier-Dubayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Leblois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josie Lambourdière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.J. Barlow</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corinne Sarthou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 33 (1), pp.175-184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-0587.2009.05446.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2010.02898.x⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02668565v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02930847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic structure and functioning of alien ship rat populations from a Corsican micro-insular complex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
+                <w:t xml:space="preserve">Permanent genetic resources added to molecular ecology resources database 1 April 2010 – 31 May 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Andrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Pascal</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jan Axtner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.J. Bagley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.J. Barlow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.J.C. Beebee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Invasions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10530-008-9263-9⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10 (6), pp.1098-1105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2010.02898.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02661852v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrative approach to species delimitation in Benthomangelia (Mollusca: Conoidea)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Species: Towards new, well−grounded practices. A response to Velasco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Barberousse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 96 (3), pp.696-708. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1095-8312.2008.01143.x⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 97 (1), pp.217-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1095-8312.2009.01191.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02458057v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00775580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species: Towards new, well−grounded practices. A response to Velasco</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Several deep-sea mussels and their associated symbionts are able to live both on wood and on whale falls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Duperron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anouk Barberousse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1095-8312.2009.01191.x⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society of London. Series B, Containing papers of a Biological character. Royal Society (Great Britain)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 276 (1654), pp.177-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2008.1101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00775580v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00755293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Several deep-sea mussels and their associated symbionts are able to live both on wood and on whale falls</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Identifying gastropod spawn from DNA barcodes: possible but not yet practicable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. E Strong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Boisselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society of London. Series B, Containing papers of a Biological character. Royal Society (Great Britain)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2008.1101⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9 (5), pp.1311-1321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2009.02576.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00755293v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying gastropod spawn from DNA barcodes: possible but not yet practicable</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Couloux</w:t>
+                <w:t xml:space="preserve">Molecular and ultrastructural characterization of two ascomycetes found on sunken wood off Vanuatu Islands in the deep Pacific Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Zbinden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Frebourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2009.02576.x⟩</w:t>
+              <w:t xml:space="preserve">Mycological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 113 (12), pp.1351-1364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mycres.2009.08.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02458063v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03629732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and ultrastructural characterization of two ascomycetes found on sunken wood off Vanuatu Islands in the deep Pacific Ocean</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic structure and functioning of alien ship rat populations from a Corsican micro-insular complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mycres.2009.08.015⟩</w:t>
+              <w:t xml:space="preserve">Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11 (3), pp.473-482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10530-008-9263-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03629732v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Starting to unravel the toxoglossan knot: molecular phylogeny of the &amp;quot;turrids&amp;quot; (Neogastropoda: Conoidea).</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">An integrative approach to species delimitation in Benthomangelia (Mollusca: Conoidea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Puillandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baylac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Catherine Boisselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 96 (3), pp.696-708. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1095-8312.2008.01143.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00419612v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity in connected reintroduced population: long term data on Griffon vulture (Gyps fulvus) in Europe.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+                <w:t xml:space="preserve">Starting to unravel the toxoglossan knot: molecular phylogeny of the &amp;quot;turrids&amp;quot; (Neogastropoda: Conoidea).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Catherine Boisselier-Dubayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Arthur</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V Sysoev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.I. Kantor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 9, pp.349-359</w:t>
+              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47, pp.1122-1134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00418753v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00419612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbioses between deep-sea mussels (Mytilidae: Bathymodiolinae) and chemosynthetic bacteria: diversity, function and evolution</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Genetic diversity in connected reintroduced population: long term data on Griffon vulture (Gyps fulvus) in Europe.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Le Gouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Catherine Boisselier-Dubayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arthur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, pp.298-310</w:t>
+              <w:t xml:space="preserve">Conservation Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9, pp.349-359</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00750422v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Starting to unravel the toxoglossan knot: Molecular phylogeny of the “turrids” (Neogastropoda: Conoidea)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Symbioses between deep-sea mussels (Mytilidae: Bathymodiolinae) and chemosynthetic bacteria: diversity, function and evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Duperron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gaill</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 47 (3), pp.1122-1134</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.298-310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002424v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00750422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishing causes of eradication failure based on genetics: Case study of ship rat eradication in Ste Anne archipelago</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Starting to unravel the toxoglossan knot: Molecular phylogeny of the “turrids” (Neogastropoda: Conoidea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Boisselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V. V Sysoev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.I. I Kantor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47 (3), pp.1122-1134</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02667789v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of assessing population genetic structure before eradication of invasive species: examples form insular Norway rat populations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Establishing causes of eradication failure based on genetics: Case study of ship rat eradication in Ste Anne archipelago</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conservation Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 19 (5), pp.1509-1518. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1523-1739.2005.00206.x⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 21 (3), pp.719-730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1523-1739.2007.00696.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02683327v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Island colonization and founder effects: the invasion of the Guadeloupe islands by ship rats (Rattus rattus)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Importance of assessing population genetic structure before eradication of invasive species: examples form insular Norway rat populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Calmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2005.02604.x⟩</w:t>
+              <w:t xml:space="preserve">Conservation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 19 (5), pp.1509-1518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1523-1739.2005.00206.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678563v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of coral and zooxanthella-specific microsatellites in three species of Pocillopora (Cnidaria, Scleractinia) from French Polynesia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Island colonization and founder effects: the invasion of the Guadeloupe islands by ship rats (Rattus rattus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Veuille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Notes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 14 (10), pp.2923-2931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2005.02604.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00941708v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of eight polymorphic microsatellites in the shrew Crocidura suaveolens and its application to the study of insular populations of the French Atlantic coast</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Development of coral and zooxanthella-specific microsatellites in three species of Pocillopora (Cnidaria, Scleractinia) from French Polynesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Magalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Adjeroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Veuille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Ecology Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 4, pp.206-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02678716v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00941708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density and variability of dinucleotide microsatellites in the parthenogenetic polyploid snail Melanoides tuberculata</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Characterization of eight polymorphic microsatellites in the shrew Crocidura suaveolens and its application to the study of insular populations of the French Atlantic coast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire E. Calmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josie Lambourdiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 7, pp.1233-1236</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2004, 4 (3), pp.426-428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1471-8286.2004.00672.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02697355v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of mutation, selection and reproductive systems on microsatellite variability: A simulation approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Erard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Estoup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Jarne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 71, pp.213-222</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02697097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Density and variability of dinucleotide microsatellites in the parthenogenetic polyploid snail Melanoides tuberculata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Artiguebielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Estoup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Pointier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Silvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 7, pp.1233-1236</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02697355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holobiont diversity in heterogeneous and anthropized marine environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aurelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Desnues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Sartoretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Rozis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and Evolution: New perspectives and societal challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFE² GfÖ EEF Joint meeting, International Conference on Ecological Sciences, Nov 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03947518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbioses between deep-sea bathymodioline mussels and chemosynthetic bacteria: diversity, function and evolution.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">New insights into the diversity and the evolution of bathymodiolin mussels.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Françoise Gaill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Zoology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">ChEss Workshop on Vesicomyid and Bathymodiolin taxonomy.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00420206v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00420185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the diversity and the evolution of bathymodiolin mussels.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Symbioses between deep-sea bathymodioline mussels and chemosynthetic bacteria: diversity, function and evolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Duperron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gaill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChEss Workshop on Vesicomyid and Bathymodiolin taxonomy.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Roscoff, France</w:t>
+              <w:t xml:space="preserve">International Congress of Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00420185v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00420206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'outil génétique au service de la gestion des populations invasives : quelques applications dans le cadre des stratégies d'éradication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Le réveil du Dodo II". Journées francophones des Sciences de la Conservation de la Biodiversité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2006, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seamount Benthos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Richer de Forges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Schlacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International seamount congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Azores, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00097695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire et fonctionnement des populations d'une espèce invasive en milieu insulaire: le cas du surmulot Rattus norvegicus en mer d'Iroise (Bretagne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Calmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21. Réunion annuelle du Groupe de Biologie et Génétique des Populations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1999, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02769658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8268,117 +8402,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une multitude de petits écosystèmes dans l'obscurité des profondeurs Sciences au Sud N°33</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Richer de Forges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Zbinden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences au Sud, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00097699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8388,2347 +8522,2620 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un demi-siècle d’exploration naturaliste des milieux benthiques de moyenne profondeur : ruptures et continuités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’inventaire de la biodiversité aujourd’hui. Nouvelles méthodes et découvertes. Coordinatrice Violaine Nicolas.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE, Chapitre 2, pp 15-29, 2024, 9781784059866 ISBN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’océan profond : un désert parsemé d’oasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Denis Vigne; Bruno David; Guillaume Lecointre; Frédérique Chlous; Gaël Clément; Jian-Sheng Sun. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"La Terre, le vivant, les humains " Petites et grandes découvertes de l'histoire naturelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La découverte, 2022, 2348075652</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Payri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Aucan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sheppard, C. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World seas, an environmental evaluation. Vol. II: the Indian Ocean to the Pacific</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, p. 593-618, 2019, 978-0-08-100853-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-08-100853-9.00035-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03006572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Payry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aucan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sheppard C. (dir.), World Seas : An Environmental Evaluation, volume II : The Indian Ocean to the Pacific (Second Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Academic Press Elsevier, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'exploration naturaliste de l'océan profond</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Branches méconnues du vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Agathe Euzen; Françoise Gall; Denis Lacroix; Philippe Cury. </w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Not</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bonnaud-Ponticelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphanie Thiébault; José-Miguel Sánchez-Pérez; Clément Blondel; Mounia Mansouri; Floriane Vidal; Elodie Vignier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’océan à découvert, un ouvrage collectif d’AllEnvi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, , 2017, 978-2271116529</w:t>
+              <w:t xml:space="preserve">Prospectives de l’Institut Écologie et environnement du CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.61-69, 2017, Les Cahiers Prospectives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03923026v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03895328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Branches méconnues du vivant</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">L'exploration naturaliste de l'océan profond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Stéphanie Thiébault; José-Miguel Sánchez-Pérez; Clément Blondel; Mounia Mansouri; Floriane Vidal; Elodie Vignier. </w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agathe Euzen; Françoise Gall; Denis Lacroix; Philippe Cury. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prospectives de l’Institut Écologie et environnement du CNRS</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.61-69, 2017, Les Cahiers Prospectives</w:t>
+              <w:t xml:space="preserve">L’océan à découvert, un ouvrage collectif d’AllEnvi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2017, 978-2271116529</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03895328v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IV-4. Recommandations socio-environnementales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Écosystèmes et milieux concernés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...27 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre-Yves Le Meur; Pierre Cochonat; Carine David; Vincent Geronimi; Sarah Samadi. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les ressources minérales profondes en Polynésie française : expertise collégiale réalisée par l'IRD à la demande de l'Etat et de la Polynésie française = Deep-sea mineral resources in French Polynesia : expert group review under the IRD supervision at the request of French Polynesia and the French government [+ contributions des auteurs sur clé USB]</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les ressources minérales profondes en Polynésie française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD Éditions p. 459-468, 2016, 978-2-7099-2191-6 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.irdeditions.9622⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01330409v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écosystèmes et milieux concernés</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Deep-sea wood-eating limpets of the genus Pectinodonta Dall, 1882 (Mollusca: Gastropoda: Patellogastropoda: Pectinodontidae) from the tropical West Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce A Marshall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Puillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josie Lambourdière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les ressources minérales profondes en Polynésie française</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Tropical Deep-Sea Benthos 29. Mémoires du Muséum national d'Histoire naturelle (1993)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01652963v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep-sea wood-eating limpets of the genus Pectinodonta Dall, 1882 (Mollusca: Gastropoda: Patellogastropoda: Pectinodontidae) from the tropical West Pacific</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">IV-4. Recommandations socio-environnementales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamatoa Bambridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Le Meur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruce A Marshall</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sarah Samadi</w:t>
+                <w:t xml:space="preserve">Christian Jost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tropical Deep-Sea Benthos 29. Mémoires du Muséum national d'Histoire naturelle (1993)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">Les ressources minérales profondes en Polynésie française : expertise collégiale réalisée par l'IRD à la demande de l'Etat et de la Polynésie française = Deep-sea mineral resources in French Polynesia : expert group review under the IRD supervision at the request of French Polynesia and the French government [+ contributions des auteurs sur clé USB]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IRD</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 978-2-7099-2191-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02458208v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formalising Evolutionary Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Barberousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Evolutionary Thinking in the Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Netherlands, pp.229-246, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-017-9014-7_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elopomorpha (Teleostei) as a New Model Fish Group for Evolutionary Biology and Comparative Genomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jhen-Nien Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei-Jen Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Biology: Biodiversification from Genotype to Phenotype</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.329-344, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-19932-0_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La spéciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Barberousse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Thomas, T. Lefèvre, dir. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biologie Evolutive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck, pp.81-82, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00775588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi et comment formaliser la théorie de l'évolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Barberousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Heams, Philippe Huneman, Guillaume Lecointre &amp; Marc Silberstein (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mondes Darwiniens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Syllepse, pp.245-264, 2009, Matériologiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00775587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espèce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Barberousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Heams; Philippe Huneman; Guillaume Lecointre; Marc Silberstein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mondes Darwiniens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Syllepse, pp.155-174, 2009, Matériologiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00775586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seamount Benthos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Schlacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Richer de Forges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MORATO, T., PITCHER, T. J., SANTOS, R., HART, P. J. B., CLARK, M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seamount Benthos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Blackwell, Fisheries and Aquatic Resources Series, pp.27, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00097686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Est-il vrai que l’on connaît mieux l’espace que les fonds marins ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collot Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Baratoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Meur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Tonson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.64628/AAK.qs74mdnah⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image-based ecological assessment of deep-sea sponge, coral and other cnidarian assemblages through a morpho-functional approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Hanafi Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paco Cardenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Olu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05401816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (6)</w:t>
+        <w:t xml:space="preserve">Rapport (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Référentiel des séquences génétiques des espèces de France : note pour la mise en place d'un nouvel outil national</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lacoeuilhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël P.J. Denys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Archambeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PatriNat (OFB-MNHN-CNRS-IRD). 2025, 25 p. + annexes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04931482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les monts sous-marins de Polynésie Française, état des lieux des connaissances et recommandations scientifiques</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">OFB, Office Français de la Biodiversité; Muséum national d'Histoire Naturelle (Paris, France). 2024</w:t>
+                <w:t xml:space="preserve">À quoi ressemblera demain la Flotte océanographique française ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine David-Beausire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jeandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ifremer. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04713244v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration et étude de la biodiversité benthique profonde de Mayotte et des îles éparses.</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] MNHN. 2019</w:t>
+                <w:t xml:space="preserve">Les monts sous-marins de Polynésie Française, état des lieux des connaissances et recommandations scientifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélissa Hanafi-Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">OFB, Office Français de la Biodiversité; Muséum national d'Histoire Naturelle (Paris, France). 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03335768v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des écosystèmes profonds de la mer de Corail en Nouvelle-Calédonie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Exploration et étude de la biodiversité benthique profonde de Mayotte et des îles éparses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Castelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Delavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">MNHN. 2016</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Chambart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Corbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] MNHN. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05515008v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03335768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Campagne BOA1 du N.O. &amp;quot;ALIS&amp;quot; au Vanuatu du 2 au 18 septembre 2005</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Caractérisation des écosystèmes profonds de la mer de Corail en Nouvelle-Calédonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette delavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] IRD Institut de recherche pour le developpement; Muséum National d'Histoire Naturelle PARIS. 2015, pp.39</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MNHN. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03629682v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05515008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Campagne BOA1 du N.O. &amp;quot;ALIS&amp;quot; au Vanuatu du 2 au 18 septembre 2005</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takuma Haga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Amos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] IRD Institut de recherche pour le developpement; Muséum National d'Histoire Naturelle PARIS. 2015, pp.39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03629682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Structuration génétique des populations insulaires allochtones de Rattus rattus des îlets de Sainte-Anne. Aide à la gestion d'espèces introduites en milieu insulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jawad Abdelkrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Samadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] B3928, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02832562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId346"/>
+      <w:footerReference w:type="default" r:id="rId365"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10875,51 +11282,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859569v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haguenauer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bally" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zuberer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Guillemain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blae116" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228747v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Dettling" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Samadi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Ratti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laguionie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2024.111894" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185815v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissette Victorero" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D O'Hara" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mouchet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Delavenne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.06627" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664299v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin Lee" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Puillandre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunori Kano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jen Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlac023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539437v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Hanafi-Portier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Corbari" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tin-Yam Chan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.749078" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133872v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Keszler" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Castelin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lozouet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maestrati" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-43325-0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560174v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aznar-Cormano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mong-Hsun Tsai" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2019.03.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01946035v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jhen-Nien Chen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0206918" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843245v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kenworthy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rolland" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lejeusne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2018.05.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843267v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne T Williams" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Buge" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Lambourdi&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/ejt.2017.288" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458227v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm T Sanders" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouchet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Beu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyx029" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01550571v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mandon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Hourdez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2017.1318674" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01291981v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Le Gros" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Zuccon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Braun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-016-1103-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01462121v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clergeau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake Mathys" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13853" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843277v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-Feng Dai" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyw027" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064545v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pante" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Abdelkrim" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Viricel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott France" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2014.105" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843306v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20150400007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922675v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brisset" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-014-9807-0" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081793v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Catherine Boisselier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12204" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002440v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843312v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pompanon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-015-9816-7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242420v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12564" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/75E2CF77BB0A734B4F10BC60E8F1EBF3D6EEFEE8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250918v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Thubaut" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Faure" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.749" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843334v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Barberousse" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/RAC.019.0411" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02921889v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Am&#233;ziane" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line P Bonillo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Busson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0068787" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545914v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gros" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Duperron" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0069680" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996325v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela M. Ceccarelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D. Mckinnon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Andr&#233;fou&#235;t" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Allain" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jock W. Young" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-408096-6.00004-3" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873493v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Thubaut@mnhn.Fr Thubaut" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Mana" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5670/oceanog.2012.65" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002432v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Puillandre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V Modica" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sirovich" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C Boisselier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931006v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Perez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Leblois" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livoreil" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bour" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2011.01805.x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843357v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lorion" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Halary" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Do Nascimento" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21411/CBM.A.DF8450AA" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843337v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Utge" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS12027" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843343v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mcfadden" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/JOURNAL.PONE.0038357" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165653v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bouchet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Boisselier-Dubayle" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brisset" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Buge" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.03105.x" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RGKHSNF6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843364v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Castelin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lorion" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cruaud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maestrati" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/J.1365-294X.2012.05743.X" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DLDNVMDX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843148v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hoyoux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Zbinden" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaill" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Comp&#232;re" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17451000.2011.605144" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458087v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique A Macpherson" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Catherine Boisselier-Dubayle" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS11022" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614982v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Detta&#239;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Adamowizc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Allcock" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia P. Arango" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David K.A. Barnes" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polar.2011.02.002" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250934v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hourdez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Haga" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775579v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-4877.2010.00204.x" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8DKBGVNF-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930847v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sarthou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0587.2009.05446.x" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NXH5QLM5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668565v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Andr&#233;e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Axtner" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Bagley" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.J. Barlow" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J.C. Beebee" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2010.02898.x" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/25B98045994987A2D352419E0073C7861E458EC5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661852v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pascal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-008-9263-9" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9T3C1WLR-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458057v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baylac" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2008.01143.x" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775580v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2009.01191.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-00755293v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Duperron" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2008.1101" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458063v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E Strong" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Boisselier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couloux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02576.x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/04AD66AEFD0E6931846F9802F90E5C16EA0403DE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03629732v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Magnin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Frebourg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycres.2009.08.015" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-797D51BL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419612v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V Sysoev" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.I. Kantor" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418753v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Gouar" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rigal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sarrazin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arthur" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-00750422v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002424v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Samadi" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. V Sysoev" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.I. I Kantor" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667789v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.2007.00696.x" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LCVF985T-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683327v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calmet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.2005.00206.x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z584NXBC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678563v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2005.02604.x" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WBFRP38V-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941708v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Magalon" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Richard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Adjeroud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Veuille" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678716v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire E. Calmet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Lambourdiere" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-8286.2004.00672.x" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TPK349NB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697355v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Artiguebielle" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pointier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Silvain" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697097v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Erard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jarne" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947518v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aurelle" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Desnues" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sartoretto" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Rozis" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bouchard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420206v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420185v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823230v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097695v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Richer de Forges" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schlacher" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769658v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pascal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097699v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683645v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bary" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938281v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006572v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Payri" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aucan" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne David" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor David" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100853-9.00035-X" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314132v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Payry" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Allain" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aucan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C David" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923026v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895328v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Not" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud-Ponticelli" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inee.cnrs.fr/fr/prospectives-de-linstitut-ecologie-et-environnement" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01330409v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamatoa Bambridge" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Meur" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jost" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://horizon.documentation.ird.fr/exl-doc/pleins_textes/divers16-04/010067055.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652963v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.9622" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458208v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce A Marshall" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843326v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-9014-7_11" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843300v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19932-0_17" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775588v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775587v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775586v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097686v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401816v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Hanafi Portier" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Cardenas" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Olu" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931482v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lacoeuilhe" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l P.J. Denys" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dupont" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Archambeau" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713244v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03335768v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chambart" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corbari" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515008v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette delavenne" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03629682v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Amos" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832562v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561650v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy O&#8217;hara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hugall" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Haines" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra A.-T. Weber" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Eichsteller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09307-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859569v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aurelle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haguenauer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bally" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Zuberer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Guillemain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blae116" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228747v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Dettling" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Samadi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Ratti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laguionie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2024.111894" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185815v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissette Victorero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D O'Hara" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mouchet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Delavenne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.06627" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664299v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin Lee" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Puillandre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunori Kano" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jen Chen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlac023" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539437v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Hanafi-Portier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Corbari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tin-Yam Chan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.749078" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133872v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Keszler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Castelin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lozouet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maestrati" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-43325-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02560174v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aznar-Cormano" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mong-Hsun Tsai" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2019.03.003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01946035v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jhen-Nien Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0206918" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843245v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Kenworthy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rolland" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lejeusne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2018.05.001" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843267v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne T Williams" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Buge" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Lambourdi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/ejt.2017.288" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458227v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm T Sanders" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouchet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Beu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyx029" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01550571v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Mandon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Hourdez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2017.1318674" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01291981v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Le Gros" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Zuccon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Braun" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-016-1103-8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01462121v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clergeau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake Mathys" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13853" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843277v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang-Feng Dai" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyw027" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064545v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pante" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Abdelkrim" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Viricel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott France" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2014.105" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843306v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20150400007" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002440v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922675v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brisset" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-014-9807-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081793v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Catherine Boisselier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12204" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843312v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pompanon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-015-9816-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242420v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12564" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/75E2CF77BB0A734B4F10BC60E8F1EBF3D6EEFEE8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250918v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Thubaut" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Faure" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.749" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843334v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Barberousse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/RAC.019.0411" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02921889v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Am&#233;ziane" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line P Bonillo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Busson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0068787" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545914v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gros" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Duperron" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0069680" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996325v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela M. Ceccarelli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D. Mckinnon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Andr&#233;fou&#235;t" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Allain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jock W. Young" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-408096-6.00004-3" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931006v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Perez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Leblois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Livoreil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bour" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2011.01805.x" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843357v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lorion" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Halary" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Do Nascimento" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21411/CBM.A.DF8450AA" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843337v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Utge" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS12027" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843343v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mcfadden" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/JOURNAL.PONE.0038357" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165653v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Puillandre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bouchet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Boisselier-Dubayle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brisset" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Buge" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.03105.x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RGKHSNF6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843364v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Castelin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lorion" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cruaud" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maestrati" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/J.1365-294X.2012.05743.X" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DLDNVMDX-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873493v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Thubaut@mnhn.Fr Thubaut" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Mana" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5670/oceanog.2012.65" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002432v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V Modica" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sirovich" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C Boisselier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843148v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hoyoux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Zbinden" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaill" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Comp&#232;re" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17451000.2011.605144" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458087v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique A Macpherson" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Catherine Boisselier-Dubayle" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/IS11022" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614982v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Detta&#239;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Adamowizc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Allcock" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia P. Arango" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David K.A. Barnes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polar.2011.02.002" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250934v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hourdez" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Haga" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775579v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-4877.2010.00204.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8DKBGVNF-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930847v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sarthou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0587.2009.05446.x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NXH5QLM5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668565v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Andr&#233;e" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Axtner" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Bagley" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.J. Barlow" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J.C. Beebee" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2010.02898.x" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/25B98045994987A2D352419E0073C7861E458EC5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775580v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2009.01191.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-00755293v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Duperron" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2008.1101" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458063v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E Strong" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Boisselier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couloux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02576.x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/04AD66AEFD0E6931846F9802F90E5C16EA0403DE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03629732v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Magnin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rousseau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Frebourg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycres.2009.08.015" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-797D51BL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661852v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pascal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-008-9263-9" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9T3C1WLR-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458057v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baylac" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2008.01143.x" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419612v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V Sysoev" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.I. Kantor" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418753v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Gouar" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rigal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sarrazin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arthur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-00750422v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002424v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Samadi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. V Sysoev" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.I. I Kantor" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667789v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.2007.00696.x" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LCVF985T-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683327v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calmet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.2005.00206.x" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z584NXBC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678563v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2005.02604.x" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WBFRP38V-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941708v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Magalon" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Richard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Adjeroud" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Veuille" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678716v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire E. Calmet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Lambourdiere" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-8286.2004.00672.x" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TPK349NB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697097v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Erard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jarne" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697355v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Artiguebielle" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pointier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Silvain" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947518v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aurelle" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Desnues" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sartoretto" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Rozis" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bouchard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420185v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420206v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823230v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097695v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Richer de Forges" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schlacher" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769658v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pascal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097699v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683645v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bary" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938281v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006572v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Payri" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aucan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne David" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor David" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100853-9.00035-X" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314132v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Payry" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Allain" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aucan" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C David" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895328v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Not" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud-Ponticelli" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inee.cnrs.fr/fr/prospectives-de-linstitut-ecologie-et-environnement" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923026v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652963v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jost" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.9622" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458208v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce A Marshall" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01330409v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamatoa Bambridge" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Meur" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://horizon.documentation.ird.fr/exl-doc/pleins_textes/divers16-04/010067055.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843326v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-9014-7_11" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843300v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19932-0_17" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775588v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775587v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775586v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097686v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561683v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collot Julien" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baratoux" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Meur" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tonson" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.qs74mdnah" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401816v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Hanafi Portier" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Cardenas" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Olu" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931482v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lacoeuilhe" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l P.J. Denys" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dupont" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Archambeau" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561677v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Simon" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lefort" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine David-Beausire" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefevre" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jeandel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713244v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03335768v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chambart" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corbari" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515008v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette delavenne" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03629682v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Amos" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832562v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>