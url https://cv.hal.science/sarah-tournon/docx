--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2110,51 +2110,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03826931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservatoire des Données 3D SHS</w:t>
+                <w:t xml:space="preserve">CONSERVATOIRE NATIONAL DES DONNÉES 3D SHS (CND3D)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Tournon-Valiente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Grimaud</w:t>
@@ -2168,118 +2168,122 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Eusèbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Quantin</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Quantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mehdi Chayani; Xavier Granier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MuséoHub 7 3D et Patrimoines, quels impacts sur la recherche? Quelles modalités pour la médiation?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Saint Omer, France. 2019</w:t>
+              <w:t xml:space="preserve">Rencontres du Consortium 3D SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Nantes, France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02094101v2</w:t>
+                <w:t xml:space="preserve">hal-02496658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CONSERVATOIRE NATIONAL DES DONNÉES 3D SHS (CND3D)</w:t>
+                <w:t xml:space="preserve">Conservatoire des Données 3D SHS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Tournon-Valiente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Grimaud</w:t>
@@ -2293,98 +2297,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Eusèbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Quantin</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Quantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres du Consortium 3D SHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Nantes, France. 2020</w:t>
+              <w:t xml:space="preserve">MuséoHub 7 3D et Patrimoines, quels impacts sur la recherche? Quelles modalités pour la médiation?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Saint Omer, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496658v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02094101v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life cycle of 3d data for cultural heritage</w:t>
               </w:r>
@@ -2422,51 +2422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Grimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Quantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Visual Heritage 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Vienne, Austria</w:t>
@@ -3577,51 +3577,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300526v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane N&#233;roulidis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Rousset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.09.016" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023485v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Delevoie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217738v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pamart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/dh.20253167" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772576v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600322v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040085v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon-Valiente" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364738v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Volait" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20211414" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267055v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733470v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grimaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733458v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vergnieux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483393v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576563v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arese" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Blettery" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576633v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Callieri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cao" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guillem" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115874v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Eus&#232;be" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Quantin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115897v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115905v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826931v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Malavergne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Manuel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094101v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Quantin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496658v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926434v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lef&#232;vre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825264v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824758v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864994v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78590-0_7" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195914v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683842v4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;nistant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155055v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Alaoui M'Darhri" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bourineau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Calantropio" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Carpentiero" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01526713v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alliez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boust" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bruseker" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300526v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane N&#233;roulidis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Rousset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.09.016" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023485v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Delevoie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217738v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pamart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/dh.20253167" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772576v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600322v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040085v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon-Valiente" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364738v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Volait" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20211414" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267055v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733470v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Grimaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02733458v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vergnieux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483393v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576563v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arese" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Blettery" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576633v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Callieri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cao" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guillem" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115874v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Eus&#232;be" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Quantin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115897v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115905v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826931v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Malavergne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Manuel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496658v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094101v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Quantin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926434v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lef&#232;vre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825264v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824758v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864994v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78590-0_7" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195914v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683842v4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;nistant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155055v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Alaoui M'Darhri" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bourineau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Calantropio" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Carpentiero" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01526713v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alliez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boust" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bruseker" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>