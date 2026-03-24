--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,6699 +66,6984 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (93)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (97)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Portrait du fellah dans le Voyage en Égypte de Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 47, pp.115-128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05543278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portrait du fellah dans le &amp;quot;Voyage en Égypte&amp;quot; de Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 47, pp.115-128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Europe en crise : le regard de quelques voyageurs et voyageuses en Égypte (Gasparin, Nerval, Gautier, Colet, Loti)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, n°209, pp.46-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rom.209.0046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05238496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment annoter la scène du marché aux esclaves dans le &amp;quot;Voyage en Orient&amp;quot; de Nerval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fabula. Colloques en ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Le XIXe siècle : actuel ou intempestif ? Comprendre, enseigner, transmettre la littérature du XIXe siècle (dir. Victoire Feuillebois, Bertrand Marquer), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/colloques.13191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04955504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Gitanos de Gautier : un autre « Orient » dans l'Orient espagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carnets: Revista Electrónica de Estudos Franceses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05545043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Gitanos de Gautier : un autre « Orient » dans l’Orient espagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carnets: Revista Electrónica de Estudos Franceses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Deuxième série - 30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/158r7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05393938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Gitanos de Gautier : un autre « Orient » dans l'Orient espagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carnets. Revue électronique d'Études Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/158r7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05541970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liouba Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fabula / Les colloques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Liouba Bischoff et Sarga Moussa (dir.), Nicolas Bouvier dans le monde : réceptions et traductions, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58282/colloques.12810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le &amp;quot;mythe bédouin&amp;quot; revisité. Les femmes nomades au miroir des voyageurs en Orient, de Volney à Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/viatica.3221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03925801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said et Tiegerman. Une histoire interculturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRANS. Internet Zeitschrift für Kulturwissenschaft / Revue électronique de recherches sur la culture / Internet journal for cultural studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n°25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hommage à Roland Le Huenen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/viatica.1412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03620692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface à La Littérature de voyage aujourd'hui. Héritages et reconfigurations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des Lettres Modernes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, série "Voyages contemporains" (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11102-3.p.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bohémianiser la langue : Sur l’usage de quelques mots rares dans &amp;quot;Des Bohémiens et de leur musique en Hongrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°49, pp.193-207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sr.049.0193⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présence de Nerval dans le &amp;quot;Voyage en Égypte&amp;quot; de Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Nerval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4, pp.111-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10516-9.p.0111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repenser l'histoire littéraire à partir de Raymond Schwab : Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gallien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de littérature comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Revue de littérature comparée, 2 (374), pp.127-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rlc.374.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bohémianiser la langue. Sur l'usage de quelques mots rares dans &amp;quot;Des Bohémiens et de leur musique en Hongrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49, pp.193-207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sr.049.0193⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyager c'est traduire.&amp;quot; Relire le Voyage en Orient de Lamartine à la lumière de Raymond Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de littérature comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Repenser l'histoire littéraire à partir de Raymond Schwab, 374, pp.149-162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rlc.374.0025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction au dossier &amp;quot;Résonances. Autour de l'Orient nervalien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Nerval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4, pp.19-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10516-9.p.0019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux lettres en une. Du Camp et Flaubert à Gautier, de Jérusalem, le 13 août 1850</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Flaubert et Gautier, affinités électives, 42, pp.41-54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'orientalisme lamartinien: une boussole pour Mathias Énard?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n°209, pp.46-57. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2020, 188, pp.128-137</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.58282/colloques.13191⟩</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexivité viatique. &amp;quot;Au détour du Caucase&amp;quot; de Clara Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fictions, Studi sulla narratività</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18, pp.109-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19272/201906901010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/158r7⟩</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un canal pour rire. Le chantier de Suez vu par &amp;quot;Le Charivari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Les imaginaires du canal de Suez. Représentations littéraires et culturelles / dir. Sarga Moussa et Randa Sabry (n°48), pp.51-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sr.048.0051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La matière de l'œuvre. Decamps dans les Voyages de Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Gautier et la matière, 41, pp.137-150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le &amp;quot;cercle enchanté&amp;quot; des émotions. Liszt biographe de Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloquium Helveticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Musique et émotions dans la littérature, 48, pp.133-143</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Orient-souvenir. Le surgissement du passé autobiographique dans le périple méditerranéen de Flaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flaubert. Revue critique et génétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Flaubert et la mémoire, 22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/flaubert.3902⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02926477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arpenter un désastre&amp;quot;. Voyage et témoignage (sur &amp;quot;Fukushima&amp;quot; de Michaël Ferrier)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des lettres modernes. Série Voyages contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Voyages extrêmes, 3, pp.255-272</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Africanismes. La Nubie de Maxime Du Camp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">la revue des lettres modernes. Minores XIX-XX. Maxime Du Camp</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Maxime Du Camp polygraphe, 4, pp.197-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09574-3.p.0197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du Camp cosmopolite ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Magasin du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Cosmopolis (n°18), pp.83-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristes harems. l'exemple de la comtesse de Gasparin (&amp;quot;A Constantinople&amp;quot;, 1867)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viatica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 11, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2018, D'Afrique et d'Orient. Regards littéraires de voyageuses européennes (XIX-XXIe siècles), Hors série 2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantinople&amp;quot; dans L'Usage du monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01736882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabriz dans &amp;quot;L’Usage du monde&amp;quot;: Un cosmopolitisme dans les marges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Hors série n°1 "Bouvier, intermédiaire capital", </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52497/viatica778⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Alain Guyot</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pharaons au musée: le regard des voyageurs français en Égypte à la fin du XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Musée, musées, 173, pp.98-107</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01413672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'apport de l'orientalisme à l'enseignement de la littérature française: le point de vue d'un chercheur au CNRS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Versants. Revue suisse des littératures romanes = rivista svizzera di letterature romanze = Schweizerische Zeitschrift für romanische Literaturen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, À quoi bon l'enseignement de la littérature?, 63:1, pp.119-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22015/V.RSLR/63.1.13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01413671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karagheuz ou l'Orient parodique (Gautier, &amp;quot;Constantinople&amp;quot;, chap. XIV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viatica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 8, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2015, Portrait de l'autre en artiste, n° 2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01415317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voix d'islam, résonances viatiques. Perception de la prière musulmane chez quelques voyageurs français en Orient au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Le corps du voyageur, n° 1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01415328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Said lecteur de Raymond Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, n°49, pp.193-207. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, Edward Said, une conscience inquiète du monde, n° 37, pp.69-78</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01415329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La comtesse de Gasparin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Magazine littéraire (Le)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 521, pp.78-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La figure d'Ibrahim dans le &amp;quot;Voyage en Orient&amp;quot; de Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrire l'histoire - Histoire, Littérature, Esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7, pp.63-75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denon et la guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sémiotiques. Revue méditerranéenne des formes de civilisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5-6, pp.185-200</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyageurs occidentaux à Héliopolis et à Matarieh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Héliopolis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.74-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les saint-simoniens en Égypte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bonaparte et l'Égypte, feu et lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.338-340</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un voyage dans l''Itinéraire'. Lamartine contradicteur de Chateaubriand.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.P. 81-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00267647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La double vue. Sur le voyage en Égypte (1869) de Théophile Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 8, pp.34-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sabir du drogman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arabica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, LIV (4), pp.1-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier et les guides de voyage. L'exemple de &amp;quot;Constantinople</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 29, pp.53-64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">l'Orient littéraire au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire du monde germanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.article l'Orient Littéraire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La métaphore de l''homme malade' dans les récits de voyage en Orient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 131, pp.19-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le récit de voyage, genre 'pluridisciplinaire'. À propos des Voyages en Égypte au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 21, pp.241-253</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Saïd à l'épreuve des voyageurs français en Orient au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KulturPoetik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6-1, pp.96-102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portrait de Nicolas Bouvier en exote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les carnets de l'exotisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6, pp.131-145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'islam au miroir de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire de l'islam et des musulmans en France, du Moyen Âge à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.650-673</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La figure du Turc dans les voyages en Orient, de Volney à Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KulturPoetik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 5-1, pp.17-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presque chacun ressemble à l'embryon'. L'amour et la race dans &amp;quot;La danseuse de Shamakha&amp;quot; de Gobineau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 130, pp.81-93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impressions de voyage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Magazine littéraire (Le)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 441, pp.53-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Égypte des voyageurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Qantara</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 53, pp.40-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le voyage pittoresque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Magazine littéraire (Le)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 432, pp.37-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notices pour le &amp;quot;Dictionnaire de Stendhal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire de Stendhal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.Notices</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méhémet-Ali au miroir des voyageurs français en Égypte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 120, pp.15-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un écrivain voyageur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Magazine littéraire (Le)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 412, pp.50-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orientalisme et colonialisme : une réévaluation (Denon, Gautier, Lamartine)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des lettres et de traduction / مجلة الآداب والترجمة [Literature and Linguistics Journal]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 8, pp.91-104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éloge du divers : anthropologie et esthétique dans les Voyages méditerranéens de Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 2001/4, pp.51-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stendhal et la guerre (&amp;quot;Journal&amp;quot;, 1809-1813)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Année Stendhal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 4, pp.81-96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Œuvre mosquée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lendemains - Études comparées sur la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 95-96, pp.6-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaubert ou l'Orient à corps perdu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des lettres et de traduction / مجلة الآداب والترجمة [Literature and Linguistics Journal]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 5, p. 193-213</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00257262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mer dans le 'Voyage en Orient' de Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers du S. E. L.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 4, pp.25-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaubert, ou l'Orient à corps perdu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des lettres et de traduction / مجلة الآداب والترجمة [Literature and Linguistics Journal]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 5, pp.193-213</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orientalisme et &amp;quot;bédouinophilie&amp;quot;. Note sur le &amp;quot; Voyage dans la Basse et la Haute Égypte &amp;quot; de Vivant Denon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de l'Académie des sciences, arts et belles-lettres de Dijon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 136, pp.121-136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">&amp;quot;L'amour est plus fort que la mort&amp;quot; : Villiers lecteur de Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 21, pp.149-157</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nomadisme chez Potocki : des récits de voyage au&amp;quot; Manuscrit trouvé à Saragosse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de littérature comparée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Revue de littérature comparée, 2 (374), pp.127-139. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1998, 287, pp.331-353</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orientalisme et rousseauisme : la représentation des Bédouins d'Arabie par un voyageur polonais, le comte W. Rzewuski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 45-2, pp.346-356</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notices et choix de textes pour &amp;quot;Le Voyage en Suisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Voyage en Suisse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, pp.Notices et choix de textes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pâleurs de &amp;quot;la Chartreuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Année Stendhal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 2, pp.77-86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nerval et la tombe de J.-J. Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de l'Institut de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 1998/1-2, pp.119-131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les écrivains français et l'Égypte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">France-Égypte. Horizons partagés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Les écrivains français et l'Égypte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909989v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nomadisme chez Potocki : des récits de voyage au « Manuscrit trouvé à Saragosse »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de littérature comparée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Repenser l'histoire littéraire à partir de Raymond Schwab, 374, pp.149-162. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1998, 287 (3), pp.331-353</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01114024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Orients de Théophile Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">48/14 La revue du musée d'Orsay </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 5, pp.65-73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ô mort, vieux capitaine, il est temps !...&amp;quot; Sur &amp;quot;Le Voyage&amp;quot; de Baudelaire et les &amp;quot;Mémoires d'un suicidé&amp;quot; de Du Camp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 245, pp.151-167</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaubert et les pyramides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétique : revue de théorie et d'analyse littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 107, pp.271-287</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tradition de l'amour courtois dans &amp;quot;De l'Amour&amp;quot; et dans&amp;quot; La Chartreuse de Parme&amp;quot; de Stendhal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 188, pp.128-137</w:t>
+              <w:t xml:space="preserve">, 1996, 91, pp.53-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Signatures : ombres et lumières de l'écrivain dans la Correspondance d'Orient de Flaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 104, pp.74-88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bédouin, le voyageur et le philosophe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 28, pp.142-158</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notices pour le &amp;quot;Dictionnaire de Jean-Jacques Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire de Jean-Jacques Rousseau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, pp.Notices</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'image des Bédouins dans la &amp;quot;Description de l'Égypte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Égypte Soudan mondes arabes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 24, pp.87-111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limites de la description : la représentation du désert dans &amp;quot;Un Été dans le Sahara&amp;quot; de Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétique : revue de théorie et d'analyse littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 102, pp.231-244</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le souffle de Flaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 99, pp.97-111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atala&amp;quot; au théâtre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 38, pp.23-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notices pour l'&amp;quot;ABDCdaire du Romantisme français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ABDCdaire du Romantisme français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, pp.Notices</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les &amp;quot;Notes sur les Bédouins&amp;quot; de J. L. Burckhardt : l'émergence d'un regard anthropologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sources. Travaux historiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 38-39, pp.47-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantinople dans le &amp;quot;Voyage du Levant&amp;quot; (1650) de Stochove</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Textyles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 12, pp.33-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le débat entre philhellènes et mishellènes chez les voyageurs français de la fin du XVIIIe siècle au début du XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de littérature comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 272, pp.411-434</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les premiers &amp;quot;touristes&amp;quot; en Orient : regards en mouvement et fantasmes d'immersion chez quelques écrivains romantiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romanische Forschungen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 106, pp.168-186</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une forme oblique de nationalisme français : l'image de l'Anglais dans les récits de voyage en Orient au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lendemains - Études comparées sur la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 62, pp.15-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Barbares modernes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Flaubert et Gautier, affinités électives, 42, pp.41-54</w:t>
+              <w:t xml:space="preserve">, 1990, 12, pp.319-327</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autour du théâtre de la Révolution française : l'antiquité classique dans les préfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romanistisches Jahrbuch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 40, pp.109-129</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un défi à la communication : les récits de voyage en Égypte au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPRACHKUNST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 1/2, pp.91-100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantinople&amp;quot; de Théophile Gautier : un voyage vers le corps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Gautier et la matière, 41, pp.137-150</w:t>
+              <w:t xml:space="preserve">, 1989, 11, pp.23-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Musique et émotions dans la littérature, 48, pp.133-143</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'image du public dans les préfaces du théâtre révolutionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Histoire des Littératures Romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, 1/2, pp.47-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5228 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00911990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6768,1172 +7053,1172 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ô coloristes, où êtes-vous donc ?&amp;quot; L'épisode de la léproserie de Damas dans la correspondance et les notes de voyage de Flaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flaubert en images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Philippe Dufour et Gisèle Séginger, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Dictionnaire des idées reçues et l'Orient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flaubert en son siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Philippe Dufour; Gisèle Séginger, Jun 2022, Paris, France. pp.317-332</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le lecteur caché dans L'Usage du monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nicolas Bouvier dans le monde. Réceptions et traductions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Liouba Bischoff et Sarga Moussa, Oct 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien voir est un art qui veut plus d'exercice que l'on ne pense.&amp;quot; Sur le Voyage en Syrie et en Égypte de Volney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Voyages savants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Antoine Boustany et al., Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bridet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Zecchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littérature et cosmopolitisme : quels enjeux politiques et sociaux (XVIIIe-XXIe siècles) ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École Normale Supérieure de Paris, May 2016, Paris, France. pp.7-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03653153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zones frontières dans le voyage en Orient au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">“Les mi-lieux entre Orient et Occident dans les récits de voyage” : colloque international à l’ISEAH de Tozeur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jean-Pierre Dubost, Dec 2018, Tozeur, Tunisia, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04099396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux frontières de l'humanité. La représentation des Tisganes dans l'oeuvre d'Adèle Hommaire de Hell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kongresses des Frankoromanistenverbands, Universität des Saarlandes, Saarbrücken; thème n° 10: Aux frontières: Roma als Grenzgängerfiguren der Moderne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kirsten von Hagen; Sidona Bauer, Sep 2016, Sarrebruck, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01823048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction de la « sauvagerie » tzigane dans La Route de l'Orient (1914) de Noëlle Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bohémiens et marginalités: représentations artistiques et littéraires du XIXe au XXIe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sidona Bauer; Pascale Auraix-Jonchière, Oct 2015, Cologne, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01823013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Strogoff face aux &amp;quot;hordes tartares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Michel Strogoff face aux "hordes tartares"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, France. p. 208-216</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00979408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La représentation des Coptes dans les récits de voyage en Égypte au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Frontières de la tolérance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Simone de Reyff, Michel Viegnes et Jean Rime Mar 2009, Fribourg, Suisse. pp.121-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01416045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le regard d'un artiste français sur l'Égypte ottomane. Le voyage en Orient de Frédéric Goupil-Fesquet (1839-1840)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Le regard d'un artiste français sur l'Égypte ottomane. Le voyage en Orient de Frédéric Goupil-Fesquet (1839-1840)"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Paris, France. p. 517-521</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00979405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chateaubriand lecteur de Volney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chateaubriand lecteur de Volney</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2007, France. pp.121-133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00910095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noirceur orientale. L'Égypte de Volney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Noirceur orientale. L'Égypte de Volney</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, France. pp.181-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00910102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un voyage dans l'&amp;quot;Itinéraire&amp;quot;. Lamartine contradicteur de Chateaubriand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un voyage dans l'"Itinéraire". Lamartine contradicteur de Chateaubriand</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, France. pp.93-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00910106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouvier ou la réinvention du voyage en Orient au XXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Voyage et l'Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2003, Ankara, Turquie. p. 164-176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00257255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portrait du sultan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lamartine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Tiré, Turquie. pp.P. 243-253</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00257252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7943,10635 +8228,10540 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le canal de Suez au prisme de la littérature et de l'histoire. Une anthologie (1850-1975)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Randa Sabry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UGA Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, (Vers l'Orient), 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05310156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le voyage dans les Balkans: l'invention d'un espace de la frontière (XIXe-XXIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanezia Pârlea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UGA Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Vers l'Orient, 978-2377474974</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04789626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voyages croisés entre l'Europe et l'Empire ottoman au XIXe siècle. Ecrivains, artistes et musiciens à l'époque des Tanzimat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dufetel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">The Isis Press, 2023, Les Cahiers du Bosphore, 978-975-428-701-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04242433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Voyage entre science, art et littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liouba Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Méaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Revue des lettres modernes, Série "Lire et voir", n°7, 2022, 978-2-406-13759-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13760-3.p.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05015249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Voyage entre science, art et littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Méaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liouba Bischoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03908864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyager entre les mots et le monde. Itinéraires critiques offerts à Philippe Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Guyot, Sarga Moussa, Anne Rouhette, Nathalie Vuillemimn. Presses Universitaires Blaise-Pascal, 28, 2021, Voyager entre les mots et le monde. Itinéraires critiques offerts à Philippe Antoine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03506370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voyager entre les mots et les choses. Itinéraires critiques offerts à Philippe Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rouhette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires Blaise Pascal, pp.234, 2021, 9782383770022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03620707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...28 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Littérature de voyage aujourd’hui. Héritages et reconfigurations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Louÿs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier, coll. "La Revue des Lettres modernes"</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11102-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Philippe Antoine</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03169931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repenser l’histoire littéraire à partir de Raymond Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gallien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chloé Chaudet</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Klincksieck, 2, pp.128, 2020, Revue de littérature comparée, 9782252045046</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'esclavage oriental et africain au regard des littératures, des arts et de l'histoire (XVIIIe-XXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Louÿs</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Lançon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Sorbonne Nouvelle, 2019, 978-2-37906-025-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialogues interculturels à l'époque coloniale et postcoloniale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hans-Jürgen Lüsebrink et Sarga Moussa. Éditions Kimé, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02002892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'imaginaire raciologique en France et en Russie, XIXe-XXe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...32 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Zenkine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Lyon, 2018, 978-2-7297-0932-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Claire Gallien</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01823132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Mythe bédouin chez les voyageurs aux XVIIIe et XIXe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses de l'université Paris-Sorbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Philippe Antoine ; Anne Duprat, 979-10-231-0546-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01413011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier et Nerval: collaborations, solidarités, différences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Geisler-Szmulewicz et Sarga Moussa. Lucie éditions, 38, 2016, Bulletin de la Société Théophile Gautier, 978-2-35371-985-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01413666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyage en Égypte &amp;lt;i&amp;gt; de Théophile Gautier&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Théophile Gautier, Oeuvres complètes. Section IV, Voyages. Tome VI, Voyage en Algérie. Voyage en Egypte </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> 2016, 978-2745330956</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01413053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'imaginaire raciologique en France et en Russie, XIXe-XXe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Klincksieck, 2, pp.128, 2020, Revue de littérature comparée, 9782252045046</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Zenkine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions de l'Université d'État des Sciences Humaines (RGGU), 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01413844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'invention de la Sibérie par les voyageurs et écrivains français (XVIIIe-XIXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Presses Sorbonne Nouvelle, 2019, 978-2-37906-025-0</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Stroev</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institut d'études slaves, 231 p., 2014, 978-2-7204-0525-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Hans-Jürgen Lüsebrink et Sarga Moussa. Éditions Kimé, 2019</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00979406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyageuses européennes au xixe siècle. Identités, genres, codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Estelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friedrich Wolfzettel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Paris-Sorbonne, pp.320, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Voyage et la mémoire au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Presses universitaires de Lyon, 2018, 978-2-7297-0932-7</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Venayre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Créaphis, pp.485, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Philippe Antoine ; Anne Duprat, 979-10-231-0546-9</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Récamier dans les arts et la littérature. La fabrique des représentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gleizes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann, pp.252, 2011, 978 2 7056 8161 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Anne Geisler-Szmulewicz et Sarga Moussa. Lucie éditions, 38, 2016, Bulletin de la Société Théophile Gautier, 978-2-35371-985-3</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00866783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Littérature et esclavage (XVIIIe-XIXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Desjonquères, pp.400, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> 2016, 978-2745330956</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Mythe des Bohémiens dans la littérature et les arts en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, pp.384, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Usage de l'Inde dans les littératures française et européennes (XVIIIe-XXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Éditions de l'Université d'État des Sciences Humaines (RGGU), 2016</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bridet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Petr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kailash, pp.421, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Turquie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, pp.59, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'orientalisme des saint-simoniens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Institut d'études slaves, 231 p., 2014, 978-2-7204-0525-9</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maisonneuve et Larose, pp.294, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sarga Moussa</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'usage de l'Inde dans les littératures française et européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Petr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Estelmann</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bridet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Presses Universitaires de Paris-Sorbonne, pp.320, 2012</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Actes de colloque réunis et présentés par Guillaume Bridet (ENS; Lyon); Sarga Moussa (CNRS); Christian Petr. Éd. Kailash, 421 p., 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03050768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Créaphis, pp.485, 2011</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Tortonese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Septentrion, pp.198, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Delphine Gleizes</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Voyage en Égypte. Anthologie de voyageurs européens de Bonaparte à l'occupation anglaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laffont, pp.1066, 2004, Bouquins</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Égypte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, pp.95, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Idée de &amp;quot; race &amp;quot; dans les sciences humaines et la littérature (XVIIIe-XIXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, pp.455, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poésie et voyage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Linon-Chipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Hermann, pp.252, 2011, 978 2 7056 8161 6</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Magri-Mourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Linon, V. Magri,S. Moussa. La Mancha, pp.352, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Desjonquères, pp.400, 2010</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géographie des &amp;quot;Orientales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maisonneuve et Larose, pp.44, 2001, Victor Hugo et l'Orient, Franck Laurent</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan, pp.384, 2008</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Désert. L'Espace et l'esprit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Lestringant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Septentrion, pp.348, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sarga Moussa</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alphonse de Lamartine, &amp;quot;Voyage en Orient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Champion, pp.784, 2000, Textes de littérature moderne et contemporaine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miroirs de textes. Récits de voyage et intertextualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Linon-Chipon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Maisonneuve et Larose, pp.294, 2006</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Magri-Mourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Linon-Chipon, V. Magri, S. Moussa. Publications de la faculté des Lettres, Arts et Sciences humaines de Nice, 49, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01226903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homo viator. Le Voyage de la vie (XVe-XXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Kailash, pp.421, 2006</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Lestringant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Septentrion, pp.184, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Armand Colin, pp.59, 2006</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Relation orientale. Enquête sur la communication dans les récits de voyage en Orient (1811-1861)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Klincksieck, pp.276, 1995, Littérature des Voyages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Actes de colloque réunis et présentés par Guillaume Bridet (ENS; Lyon); Sarga Moussa (CNRS); Christian Petr. Éd. Kailash, 421 p., 2006</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophile Gautier, &amp;quot;Constantinople et autres textes sur la Turquie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Boîte à Documents, pp.466, 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...834 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00909968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (107)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (106)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien voir est un art qui demande plus d'exercice que l'on ne pense”. Sur le Voyage en Syrie et en Égypte de Volney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ladislas Latoch (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Voyages savants. Écritures du monde (XVIe-XIXe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection "Bibliothèque Sainte-Geneviève", Presses de la Sorbonne Nouvelle, p. 117-128., 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05392022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le voyage de Rosette: Du Camp et Flaubert, un double regard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thierry Poyet, Nicolas Bourguinat (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maxime Du Camp deux cents ans après. une incarnation du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, pp.311-327, 2024, Romantisme et Modernités, 978-2-7453-6142-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orientalism, slavery and emotion. Slave market scenes in early nineteenth-century journeys to the Orient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Madeleine Dobie; Mads Anders Baggesgaard; Karen-Margrethe Simonsen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Comparative Literary History of Modern Slavery : The Atlantic world and beyond Volume I : Slavery, literature and the emotions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins Publishing Company, pp.191-206, 2024, 9789027246363</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04852425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Honoré Champion, pp.311-327, 2024, Romantisme et Modernités, 978-2-7453-6142-4</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'amitié à l'épreuve du voyage. Flaubert et Du Camp en Égypte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolat Bourguinat et Nikol Dziub. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'amitié dans la littérature de voyage. Usages et représentations (XVIIIe-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.119-139, 2024, configurations littéraires, 979-10-344-0221-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.119-139, 2024, configurations littéraires, 979-10-344-0221-2</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04705298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nomades et sédentaires. Le regarde ambivalent de l'anthropologue genevois Eugène Pittard sur la vie des Tsiganes de la Dobrodja au début du XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascale Auraix-Jonchière et Sidonia Bauer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Habiter romani</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université Blaise-Pascal, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'Université Blaise-Pascal, A paraître</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03925738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction (&amp;quot;Voyages croisés entre l'Europe et l'Empire ottoman au XIXe siècle. Ecrivains, artistes et musiciens à l'époque des Tanzimat&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dufetel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Dufetel; Sarga Moussa. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyages croisés entre l'Europe et l'Empire ottoman au XIXe siècle. Écrivains, artistes et musiciens à l'époque des Tanzimat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Éditions Isis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.5-22, 2023, Les Cahiers du Bosphore, 978-975-428-701-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sarga Moussa</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La musique dans les récits de voyage méditerranéens de Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kirsten von Hagen et Corinna Leister (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théophile Gautier. Ein Akteur zwischen den Zeiten, Zeichen, und Medien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Erich Schmidt Verlag, pp.301-315, 2022, Studienreihe Romania 39, 978-3-503-20537-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03925231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En manière de préambule…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, pp.5-22, 2023, Les Cahiers du Bosphore, 978-975-428-701-1</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rouhette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vuillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Guyot; Sarga Moussa; Anne Rouhette; Nathalie Vuillemin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyager entre les mots et les choses. Itinéraires critiques offerts à Philippe Antoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUBP, 2021, 9782383770022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Erich Schmidt Verlag, pp.301-315, 2022, Studienreihe Romania 39, 978-3-503-20537-0</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03620731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fromentin à Laghouat. Violence et traumatisme en situation coloniale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frank Estelmann et Aurore Peyroles. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Villes en guerre au XIXe siècle. L'urbanité moderne à l'épreuve du conflit. Expériences, représentations, imaginaires.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.23-35, 2021, Interférences, 978-2-7535-8231-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03506358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fromentin à Lagouhat.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frank Estelmann et Aurore Peyroles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Villes en guerre au XIXe siècle. L'urbanité moderne à l'épreuve du conflit. Expériences, représentations, imaginaires.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.23-35, 2021, Interférences, 978-2-7535-8231-6</w:t>
+              <w:t xml:space="preserve">Villes en guerre au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.23-35, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Alain Guyot</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03407594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discours raciologique et nationalisme turc. En Asie Mineure. La Turquie du Ghazi (1930) de Noëlle Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Guyot, Sarga Moussa, Anne Rouhette, Nathalie Vuillemin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyager entre les mots et le monde. Itinéraires critiques offerts à Philippe Antoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 28, Presses Universitaires Blaise-Pascal, pp.109-122, 2021, Révolutions et Romantismes, 978-2-38377-002-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03506364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suez 1869 : un cosmopolitisme eurocentré ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Franck Hofmann; Markus Messling. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Epoch of Universalism. L'époque de l'universalisme. 1789-1989</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Gruyter, pp.85-101, 2020, 978-3-11-069147-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux frontières de l'humanité. La représentation des Tsiganes dans l'œuvre d'Adèle Hommaire de Hell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sidonia Bauer; Kirsten von Hagen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aux frontières : Roma als Grenzgängerfiguren der Moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AVM Edition, pp.129-146, 2020, 978-3-954777-107-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nuit palmyréenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Markus Messling, Cornelia Ruhe, Lena Seauve, Vanessa de Senarclens. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathias Énard et l'érudition du roman</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill Rodopi, pp.33-50, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Vienne nervalienne: &amp;quot;un avant-goût de l'Orient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gabrielle Chamarat; Sylvain Ledda. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nerval écrivain. Hommage à Jacques Bony</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les presses universitaires de Namur, pp.107-120, 2019, Etudes nervaliennes et romantiques XV</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construction de la ‘sauvagerie’ tzigane dans &amp;quot;La Route de l’Orient&amp;quot; (1914) de Noëlle Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sidonia Bauer; Pascale Auraix-Jonchières. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bohémiens und Marginalität / Bohémiens et marginalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Franck &amp; Timme, pp.43-63, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiter le mythe du canal de Suez. Écrivains et voyageurs français en Égypte autour de 1869</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ridha Boulaâbi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voix d'Orient. Mélanges offerts à Daniel Lançon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Geuthner, pp.75-91, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouvier en Algérie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guillaume Bridet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Passeurs, alliés et transfuges à l'époque coloniale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Kailash, pp.407-423, 2019, Les cahiers de la SIELEC 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’usage des clichés orientalistes dans la correspondance d’Égypte de Flaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-Françoise Marein. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Illusions de l’autonymie. La parole rapportée de l’Autre dans la littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.41-56, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nerval lecteur de Lane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Randa Sabry. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyager d'Égypte vers l'Europe et inversement. Parcours croisés (1830-1950)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 405, Classiques Garnier, pp.269-281, 2019, collection "Rencontres", 978-2-406-08206-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02169059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enjeux et difficultés d’un mariage interculturel à Suez : &amp;quot;Le Fellah&amp;quot; (1869) d’Edmond About</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hans-Jürgen Lüsebrink; Sarga Moussa. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogues interculturels à l’époque coloniale et postcoloniale. Représentations littéraires et culturelles. Orient, Maghreb et Afrique occidentale (de 1830 à nos jours)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kimé, pp.55-72, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souvenirs d'une autre histoire. La représentation de la mosquée al-Azhar chez les voyageurs en Égypte au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Franck Hofmann et Markus Messling. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Point de fuite. La Méditerranée et la crise européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.219-230, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02926497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les voyageurs français aux fêtes de Suez en 1869</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claude Mollard; Gilles Gauthier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Épopée du Canal de Suez [catalogue de l’exposition à l’Institut du Monde Arabe]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMA, pp.68-69, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La scène du marché aux esclaves dans le &amp;quot;Voyage en Orient&amp;quot; et dans un discours politique de Lamartine en 1835</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aurélie Foglia; Laurent Zimmermann. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamartine ou la vie lyrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cahier Textuel, Hermann, pp.81-90, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Figure of the Eunuch in the &amp;quot;Lettres persanes&amp;quot; : Re-evaluation and Resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Harrison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mary Ann Fay. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slavery in the Islamic World. Its Characteristics &amp; Commonality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.75-89, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raciologie bohémienne. L’exemple de quelques voyageurs français en Russie au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sarga Moussa; Serge Zenkine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Imaginaire raciologique en France et en Russie, XIXe-XXe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Littértature &amp; Idéologies, PUL, pp.59-69, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Said au Victoria College du Caire, ou l’apprentissage de la complexité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Makkram Abbès; Laurent Dartigues. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orientalismes. Occidentalismes. À propos de l’œuvre d’Edward Said</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.353-366, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099413v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Orient est moins éloigné de nous que l'on ne pense&amp;quot;. Nerval et les tanzimat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gabrielle Chamarat-Malandain, Jean-Nicolas Illouz, Mireille Labouret, Bertrand Marchal, Henri Scepi, Gisèle Séginger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gérard de Nerval, histoire et politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, p. 99-110, 2018, 978-2-406-06510-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01736896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le carnaval des langues dans le &amp;quot;Voyage en Orient&amp;quot; de Nerval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corinne Bayle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nerval et l’Autre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.273-283, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résistances orientalistes. Relire les voyageurs français à Constantinople (1ère moitié du XIXe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Comparatisme comme approche critique. T. 5: Local et mondial : circulations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.237-252, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erinnerung an eine andere Geschichte der Begegnung. Die al-Azhar-Moschee in Darstellung von Ägypten-Reisenden des 19. Jahrhunderts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Rouhette</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon Hombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, PUBP, 2021, 9782383770022</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Iglesias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frank Hofmann; Markus Messling. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fluchtpunkt. Das Mittelmeer und die europäische Krise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kadmos, pp.270-282, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.23-35, 2021</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langues et cosmopolitisme dans le Voyage en Orient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corinne Bayle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nerval et l'Autre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, p. 273-283, 2017, 978-2-406-06616-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 28, Presses Universitaires Blaise-Pascal, pp.109-122, 2021, Révolutions et Romantismes, 978-2-38377-002-2</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01736884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le &amp;quot;Voyage en Orient&amp;quot; de Nerval ou la possibilité d’un orientalisme hybride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Porra; Gregor Wedekind. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orient. Zur (De-)Konstruktion eines Phantasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Transcript, pp.151-165, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, AVM Edition, pp.129-146, 2020, 978-3-954777-107-3</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyager, lire, écrire: la littérature en gestation dans les lettres d'Égypte de Flaubert à Bouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vanessa Guignery. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crossed Correspondences. Writers as Readers and Critics of their Peers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.184-195, 2016, 978-1-4438-8699-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, De Gruyter, pp.85-101, 2020, 978-3-11-069147-4</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01415307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hhachish Indi&amp;quot;. Le poète Urbain entre Galland et Baudelaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Levallois et Philippe Régnier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les saint-simoniens dans l'Algérie du XIXe siècle. Le combat du Français musulman Ismaÿl Urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Riveneuve éditions, pp.385-398, 2016, 978-2-36013-404-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Brill Rodopi, pp.33-50, 2020</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01413824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mariage musulman vu par une voyageuse chrétienne, la comtesse de Gasparin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphane Gougelmann et Anne Verjus. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrire le mariage en France au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l'Université de Saint-Étienne, pp.265-276, 2016, 978-2-86272-691-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Les presses universitaires de Namur, pp.107-120, 2019, Etudes nervaliennes et romantiques XV</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01458952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Caire rêvé, Le Caire parodié. Gautier et Nerval, correspondance croisée (1843)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Geisler-Szmulewicz et Sarga Moussa. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gautier et Nerval. Collaborations, solidarités, différences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 38, Lucie éditeur, pp.103-116, 2016, Bulletin de la Société Théophile Gautier, 078-2-35371-985-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01413669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduction et création. Les poèmes arabes traduits par Fouinet dans &amp;quot;Les Orientales&amp;quot; de Hugo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sarga Moussa et Michel Murat. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poésie et orientalisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.95-107, 2015, 978-2-8124-3665-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-3667-3.p.0095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Franck &amp; Timme, pp.43-63, 2019</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01415321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialogues dans les harems: aux frontières de la communication (à propos du &amp;quot;Journal d'un voyage au Levant&amp;quot; de la comtesse de Gasparin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maroussia Ahmed, Corinne Alexandre-Garner, Nicholas Serruys, Iulian Toma, Isabelle Keller-Privat. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Migrations/Translations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Paris Ouest, pp.501-509, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.41-56, 2019</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01415314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nuit orientale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Antoine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sur les pas de Flaubert. Approches sensibles du paysage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 60, Rodopi, pp.99-110, 2014, Cahiers de recherche des instituts néerlandais de langue et de littérature françaises (CRIN), 978-90-420-3897-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Editions Kailash, pp.407-423, 2019, Les cahiers de la SIELEC 12</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01415325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critique du voyage. L’exemple de la correspondance d’Orient de Flaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Moureau, avec la collaboration de Marie-Christine Gomez-Géraud et de Philippe Antoine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Itinéraires littéraires du voyage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XXVI, Droz, pp.169-176, 2013, ADIREL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 405, Classiques Garnier, pp.269-281, 2019, collection "Rencontres", 978-2-406-08206-4</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01416056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orientalisme et idéologie. La représentation d’Alexandrie chez Volney et Denon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yves Citton et Lise Dumasy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Moment idéologique. Littérature et sciences de l'homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Éditions, pp.165-177, 2013, 978-2-84788-381-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Kimé, pp.55-72, 2019</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01416057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relever en Égypte la dignité de la Patrie et de l'Islam'. Pierre Loti et Moustapha Kamel, autour de &amp;quot;La Mort de Philæ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Orientaux face aux orientalismes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Geuthner, pp.67-85, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.219-230, 2019</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critique du voyage. L'exemple de la correspondance d'Orient de Flaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Itinéraires littéraires du voyage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADIREL, pp.169-176, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Cahier Textuel, Hermann, pp.81-90, 2018</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orientalisme et idéologie. La représentation d'Alexandrie chez Volney et Denon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Moment idéologique. Littérature et sciences de l'homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Éditions, pp.165-177, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Littértature &amp; Idéologies, PUL, pp.59-69, 2018</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Territoires de la parole féminine dans le récit de voyage au XIXe siècle. L’exemple de la Grèce dans le 'Journal d’un voyage au Levant' de la comtesse de Gasparin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vanezia Parlea. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Femmes d’extérieur. Les déplacements féminins dans la littérature et les relations de voyage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 7, Centre de recherches Heterotopos de l'Université de Bucarest, pp.13-23, 2013, 9 786061 603664</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sarga Moussa</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01416033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La représentation des Coptes dans les récits de voyage en Égypte au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les frontières de la tolérance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Alphil, pp.121-137, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Égypte en groupe, en couple ou en solitaire. Trois modalités du voyage au féminin au xixe siècle (Suzanne Voilquin, Valérie de Gasparin et Lucie Duff-Gordon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyageuses européennes au xixe siècle. Identités, genres, codes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Paris-Sorbonne, pp.241-255, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Voilquin, comment être saint-simonienne sans le dire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le mouvement saint-simonien de Sorèze à l'Égypte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Méridiennes, pp.112-119, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Par delà l'Europe. Musique, voix et sonorités dans le &amp;quot;Voyage en Orient&amp;quot; de Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Romantisme musical français et ses généalogies européennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vrin, pp.239-249, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mythe des Bédouins à l'aube du XIXe siècle : l'exemple de Dom Raphaël de Monachis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Livre du monde et le monde des livres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUPS, pp.847-857, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le langage des Noirs dans l'&amp;quot;Essai sur l'inégalité des races humaines&amp;quot; de Gobineau. Sensation et création</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wort Macht Stamm. Rassismus und Determinismus in der Philologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fink, pp.227-238, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pensée méditerranéenne de Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Invention littéraire de la Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Geuthner, pp.69-79, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portrait de l'&amp;quot;enchanteresse&amp;quot; par sa fille adoptive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Juliette Récamier dans les arts et la littérature. La fabrique des représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.31-45, 2011, Savoir lettres</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elle&amp;quot; ou une question de distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gleizes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, Palgrave Macmillan, pp.75-89, 2018</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Delphine Gleizes; Sarga Moussa. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Juliette Récamier dans les arts et la littérature. La fabrique des représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.7-14, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, IMA, pp.68-69, 2018</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00968420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Égypte de Butor au miroir de l' 'ethnographie' nervalienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrivains et intellectuels français face au monde arabe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Champion, pp.107-116, 2011, Littérature de notre siècle</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.353-366, 2018</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imaginary Hybridities : Geographic, Religioius and Poetic Crossovers in Victor Hugo's &amp;quot;Les Orientales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hybridity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.280-290, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, p. 99-110, 2018, 978-2-406-06510-4</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mémoire de pèlerins. Pèlerins de la mémoire (Chateaubriand, Lamartine, Nerval)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Voyage et la mémoire au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Créaphis, pp.173-188, 2011, Silex</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.273-283, 2017</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Images du pouvoir, pouvoirs de l'image. Horace Vernet juge de Méhémet-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die Kunst des Dialogs / L'Art du dialogue. Sprache Literatur, Kunst im 19. Jahrhundert - Langue, littérature, art au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Winter Verlag, pp.475-485, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.237-252, 2017</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00912015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaubert et Du Camp au désert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoirs en récits II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Vincennes, pp.103-118, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...86 lines deleted...]
-              <w:t xml:space="preserve">, Kadmos, pp.270-282, 2017</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La chaîne de l'esclavage dans les &amp;quot;Lettres persanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature et esclavage (XVIIIe-XIXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Desjonquères, pp.50-60, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, p. 273-283, 2017, 978-2-406-06616-3</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La couleur des esclaves dans le &amp;quot;Voyage en Orient&amp;quot; de Nerval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Perspective interdisciplinaire des études françaises et francophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Leksem, pp.213-221, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, éditions Transcript, pp.151-165, 2017</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le voyage en Égypte de Jean-Jacques Ampère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ruines et lieux funèbres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions de l'université de Bucarest (Roumanie), pp.117-136, 2009, Heterotopos</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Riveneuve éditions, pp.385-398, 2016, 978-2-36013-404-5</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un voyage, deux regards : la construction de l'ailleurs oriental chez Lamartine et Delaroière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Ailleurs depuis le romantisme. Essais sur les littératures en français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.131-146, 2009, Savoir lettres</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.184-195, 2016, 978-1-4438-8699-4</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Bohémiens de Liszt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Mythe des Bohémiens dans la littérature et les arts en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.223-242, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Publications de l'Université de Saint-Étienne, pp.265-276, 2016, 978-2-86272-691-5</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un voyage dans le temps. Le rituel de la présentation au sultan dans &amp;quot;Au Maroc&amp;quot; de Pierre Loti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Imaginaire et représentations littéraires des entrées royales au XIXe siècle : une sémiologie du pouvoir politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Saint-Étienne, pp.179-190, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 38, Lucie éditeur, pp.103-116, 2016, Bulletin de la Société Théophile Gautier, 078-2-35371-985-3</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supplément au voyage en Orient. À propos de &amp;quot;La vie de voyage&amp;quot; de Gobineau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Miroir et le Chemin. L'univers romanesque de Pierre-Louis Rey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle, pp.67-75, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamartine et la 'question d'Orient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'orientalisme des saint-simoniens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maisonneuve et Larose, pp.75-90, 2006</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.141-160, 2015, Rencontres. Série Études dix-neuviémistes, 978-2-8124-3665-9</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les catégories de la différence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Le Voyage en Orient" de Chateaubriand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Manucius, pp.325-336, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Paris Ouest, pp.501-509, 2015</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Inde de Nicolas Bouvier : une 'expérience totale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Usage de l'Inde dans les littératures française et européennes (XVIIIe-XXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Kailash, pp.195-207, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 60, Rodopi, pp.99-110, 2014, Cahiers de recherche des instituts néerlandais de langue et de littérature françaises (CRIN), 978-90-420-3897-4</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Orient des saint-simoniens : émergence et enjeux d'un discours sur le métissage culturel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métissages littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l'Université de Saint-Étienne, pp.191-199, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, XXVI, Droz, pp.169-176, 2013, ADIREL</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Images et usages des religions monothéistes dans les voyages en Orient (1ère moitié du XIXe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transhumances divines. Récits de voyage et religion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Paris-Sorbonne, pp.277-290, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, ENS Éditions, pp.165-177, 2013, 978-2-84788-381-7</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orientalisme et intertextualité : Nerval lecteur de Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quinze études sur Nerval et le romantisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kimé, pp.77-90, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Geuthner, pp.67-85, 2013</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drôle d'oiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orients littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Champion, pp.331-342, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ADIREL, pp.169-176, 2013</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia dans le &amp;quot;Voyage en Orient&amp;quot; de Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Vie romantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Paris-Sorbonne, pp.389-397, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ENS Éditions, pp.165-177, 2013</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orientalisme et récit de voyage : l'exemple du &amp;quot;Véloce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dumas, une lecture de l'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maisonneuve et Larose, pp.361-377, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 7, Centre de recherches Heterotopos de l'Université de Bucarest, pp.13-23, 2013, 9 786061 603664</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silence et parole dans l'&amp;quot; Orientale &amp;quot; des &amp;quot;Châtiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spectacles de la parole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions des Cahiers intempestifs, pp.213-224, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Alphil, pp.121-137, 2013</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clichés et intertextualité dans &amp;quot;Un Tour en Belgique et en Hollande&amp;quot; de Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyager en France au temps du romantisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ELLUG, pp.201-214, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, PUPS, pp.847-857, 2012</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orient et saint-simonisme chez Maxime Du Camp : des récits de voyage aux &amp;quot;Mémoires d'un suicidé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études saint-simoniennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Lyon, pp.245-270, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Paris-Sorbonne, pp.241-255, 2012</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poeta viator&amp;quot; : la poésie et le poète dans le &amp;quot;Voyage en Orient&amp;quot; de Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poésie et Voyage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éd. de la Mancha, pp.167-179, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, éditions Méridiennes, pp.112-119, 2012</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arabes et Juives. Mythes et représentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chassériau (1819-1856). Un autre romantisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La documentation française-musée du Louvre, pp.197-222, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Vrin, pp.239-249, 2012</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les saint-simoniens en Égypte : le cas d'Ismaÿl Urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La France et l'Égypte à l'époque des vice-rois, 1805-1882</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFAO, pp.225-233, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Fink, pp.227-238, 2012</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réenchanter Smyrne (Lamartine et Gautier)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fransiz Seyahatnameleri ve tarihin Aynasinda Izmir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Izmir Büyüksehir Belediyesi Kültür Yayini, pp.100-112, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Geuthner, pp.69-79, 2012</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Grèce dans les&amp;quot; Pérégrinations&amp;quot; de Nicolas de Nicolay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le(s) mishellénisme(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Française d'Athènes, pp.39-47, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.31-45, 2011, Savoir lettres</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baalbek dans le &amp;quot;Voyage en Orient&amp;quot; de Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rêver l'archéologie au XIXe siècle : de la science à l'imaginaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l'Université de Saint-Étienne, pp.147-163, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.7-14, 2011</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages de la fiction dans le récit de voyage : l'épisode de la mer Morte chez Lamartine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Roman et Récit de voyage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Paris-Sorbonne, pp.45-54, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Champion, pp.107-116, 2011, Littérature de notre siècle</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La poésie dans la Correspondance de Flaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Esthétique dans les correspondances d'écrivains et de musiciens (XIXe-XXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Paris-Sorbonne, pp.19-33, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.280-290, 2011</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une rhétorique de l'altérité : la représentation de la Suisse dans le &amp;quot;Journal de voyage&amp;quot; de Montaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montaigne, "Journal de voyage en Alsace et en Suisse (1580-1581)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Champion, pp.5-29, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Créaphis, pp.173-188, 2011, Silex</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peuples &amp;quot;primitifs&amp;quot;, peuples &amp;quot;décadents&amp;quot;. L'imaginaire anthropologique de quelques artistes-voyageurs en Orient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Visualisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Berlin Verlag, pp.185-197, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Winter Verlag, pp.475-485, 2010</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stendhal et Fauriel : &amp;quot;De l'Amour&amp;quot;, chapitre 53</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Persuasions d'amour. Nouvelles lectures de "De l'Amour" de Stendhal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Droz, pp.145-161, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Vincennes, pp.103-118, 2010</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mer Morte dans l'&amp;quot;Itinéraire de Paris à Jérusalem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chateaubriand. La fabrique du texte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.111-124, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Desjonquères, pp.50-60, 2010</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamartine, nouvel Homère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Homère en France après la Querelle (1715-1900)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Champion, pp.379-389, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.131-146, 2009, Savoir lettres</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La &amp;quot;décadence&amp;quot; des Coptes : des récits de voyage en Orient à la &amp;quot;Description de l'Égypte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enquêtes en Méditerranée. Les expéditions françaises d'Égypte, de Morée et d'Algérie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de Recherches Néohellénique et Univ. Paris VII, pp.239-252, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Leksem, pp.213-221, 2009</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un détournement littéraire de la &amp;quot;Description&amp;quot; : &amp;quot;L'Alméh&amp;quot; de Vigny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Expédition d'Égypte, une entreprise des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lavoisier, pp.369-377, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, éditions de l'université de Bucarest (Roumanie), pp.117-136, 2009, Heterotopos</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rencontre des Bédouins dans les &amp;quot;Observations sur la topographie de la presqu'île de Sinaï&amp;quot; de Coutelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Invention scientifique de la Méditerranée. Égypte, Morée, Algérie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de l'École des Hautes Études en Sciences Sociales, pp.207-221, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.223-242, 2008</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Bédouins dans le &amp;quot;Voyage dans la Basse et Haute Égypte&amp;quot; (texte et images)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vivant Denon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité Vivant Denon, pp.122-132, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'Université de Saint-Étienne, pp.179-190, 2006</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le &amp;quot;Nouveau voyage en Orient&amp;quot; de Lamartine : formes du retour et construction d'un espace idéal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Second voyage ou le déjà-vu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Klincksieck, pp.69-77, 1996, Littérature des Voyages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle, pp.67-75, 2006</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richesse et vertu dans les &amp;quot;Lettres persanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Être riche au siècle de Voltaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Droz, pp.381-394, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Maisonneuve et Larose, pp.75-90, 2006</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'exotisme alpestre de Marc-Théodore Bourrit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Œil aux aguets ou l'artiste en voyage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Klincksieck, pp.147-166, 1995, Littérature des Voyages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, éditions Kailash, pp.195-207, 2006</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Suisse dans l'&amp;quot;Histoire des deux Indes&amp;quot; : un modèle ambigu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'"Histoire des deux Indes" : réécriture et polygraphie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Voltaire Foundation, pp.291-304, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Manucius, pp.325-336, 2006</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rencontres en images. Regard du voyageur, regard du modèle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'image dans le Monde Arabe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.217-230, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Publications de l'Université de Saint-Étienne, pp.191-199, 2005</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arabize yourself before you get here : sur la notion d'acculturation dans quelques récits de voyage en Orient au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyages et voyageurs au Proche-Orient ancien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peeters, pp.151-157, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'Université de Paris-Sorbonne, pp.277-290, 2005</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La figure du drogman dans les récits de voyage en Orient au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrire le voyage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle, pp.101-112, 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Kimé, pp.77-90, 2005</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une peur vaincue : l'émergence du mythe bédouin chez les voyageurs français des Lumières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Peur au XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Droz, pp.193-312, 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Champion, pp.331-342, 2004</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Tränen des Reisenden : Die Orte des Gefühls in den Berichten der Orientreisenden des 19. Jahrhunderts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kommunikationsformen als Lebensformen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fink, pp.239-259, 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'Université de Paris-Sorbonne, pp.389-397, 2003</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00911983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dire l'Orient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Exotisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Didier, pp.179-188, 1988</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...2138 lines deleted...]
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00911989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18581,401 +18771,401 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La médiation picturale dans les récits de voyage de Théophile Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01416059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La médiation picturale dans les récits de voyage de Théophile Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00910045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denon chroniqueur de l'expédition d'Égypte ou l'émergence d'une conscience critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012, pp.75-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00910059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mythe des Arabes nomades dans l'&amp;quot;Itinéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00911901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manfred Frank, &amp;quot; Der Jäger Gracchus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1997, pp.169-184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00909999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Ulrich Gumbrecht, &amp;quot; Le théâtre français du XVIIIe siècle comme véhicule des Lumières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1986, pp.103-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00910000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18985,91 +19175,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orhan Pamuk lecteur des écrivains voyageurs français à Constantinople au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00415857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19079,245 +19269,245 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méhémet Ali, entre perceptions et héritages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ruscio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire de Gayffier-Bonneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pitsos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bulac Bibliothèque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Ruscio</w:t>
+                <w:t xml:space="preserve">hal-02979608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Nubie des voyageurs au XIXe siècle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarga Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Claire de Gayffier-Bonneville</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth de Pablo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Fillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...47 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01831519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId336"/>
+      <w:footerReference w:type="default" r:id="rId337"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -19464,51 +19654,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015991v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liouba Bischoff" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarga Moussa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12810" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238496v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.209.0046" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955504v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.13191" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393938v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/158r7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925801v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatica.3221" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332406v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11102-3.p.0013" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099388v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03620692v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Antoine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guyot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatica.1412" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884786v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10516-9.p.0111" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099401v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.049.0193" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332268v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallien" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.374.0003" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884828v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092165v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.374.0025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092174v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10516-9.p.0019" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092169v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092161v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377092v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356579v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357228v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/201906901010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099403v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.048.0051" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926477v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/flaubert.3902" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356512v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356540v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09574-3.p.0197" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099428v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356615v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736882v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099435v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/viatica778" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413672v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413671v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22015/V.RSLR/63.1.13" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415317v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415328v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415329v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910067v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910085v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910089v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909971v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909974v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267647v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910107v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910109v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911898v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909979v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911905v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911904v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911908v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911907v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909982v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911913v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911909v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911914v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911917v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911918v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909987v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911922v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911928v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911925v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911932v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911938v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911941v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257262v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911940v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911949v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911943v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911947v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911955v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911952v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909992v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911951v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114024v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911937v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909989v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911956v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911958v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911959v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911962v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911965v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911961v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909993v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909996v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911963v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911976v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911968v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911975v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911969v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911971v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911978v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911977v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911982v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911985v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911984v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911987v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911986v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911990v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925771v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925762v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925592v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925811v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03653153v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bridet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garnier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Zecchini" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099396v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823048v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823013v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00979408v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416045v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00979405v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910095v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910102v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910106v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257255v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257252v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310156v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randa Sabry" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/collections-et-revues/collections/vers-l-orient/le-canal-de-suez-au-prisme-de-la-litterature-et-de-l-histoire-1439012.kjsp" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789626v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanezia P&#226;rlea" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/les-auteurs/le-voyage-dans-les-balkans-1439017.kjsp" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04242433v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dufetel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015249v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le M&#233;aux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13760-3.p.0007" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908864v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03620707v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rouhette" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vuillemin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506370v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169931v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chaudet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lou&#255;s" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-litterature-de-voyage-aujourd-hui-heritages-et-reconfigurations.html?fbclid=IwAR0Z7s15YYpYbTREJ9Y7AB_-An7SJRan_R11WORyaL70qqOFo_nPqCtyP_8" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11102-3" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953055v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318275v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lan&#231;on" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02002892v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823132v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Zenkine" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413011v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pups.paris-sorbonne.fr/catalogue/litteratures-francaises-comparee-et-langue/imago-mundi/le-mythe-bedouin-chez-les-voyageurs-aux-xviiie-et-xixe-siecles" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413666v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413053v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413844v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00979406v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stroev" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909928v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Estelmann" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Wolfzettel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909930v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Venayre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00866783v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gleizes" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909916v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909917v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909939v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Levallois" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909935v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Petr" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909924v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050768v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909949v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Tortonese" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909897v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909925v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909921v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909940v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Linon-Chipon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Magri-Mourgues" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909901v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909950v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lestringant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909965v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01226903v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909952v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909905v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909968v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392022v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852425v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697518v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705298v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925738v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332346v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kitantik.com/product/Voyages-Crois-s-Entre-l-Europe-et-l-Empire-Ottoman-au-XIXe-Si-cle-crivains-Artistes-et-Musiciens-l-poque-des-Tanzimat_1br9qfwlopjopbc182w" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925231v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506358v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03620731v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407594v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506364v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092107v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092121v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458122v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356588v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357235v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099406v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099412v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356605v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169059v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099408v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926497v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099422v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099425v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099416v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Harrison" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099382v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099413v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736896v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099431v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099441v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099434v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Hombert" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Iglesias" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736884v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099449v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413824v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415307v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01458952v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413669v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415321v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3667-3.p.0095" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335354v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois G&#233;al" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Murat" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415314v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415325v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416056v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416057v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910020v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910009v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910013v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416033v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910005v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910047v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910065v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910054v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910063v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910050v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910061v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910082v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968420v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910087v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910074v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910083v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912015v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910090v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910088v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910101v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910100v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910099v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910103v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911910v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911902v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911903v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911899v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911900v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911912v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911915v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911911v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911919v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911924v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911923v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911920v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911921v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911931v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911930v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911926v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911927v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911929v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911935v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911936v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911933v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911934v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911939v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911950v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911945v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911946v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911944v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911942v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911948v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911953v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911954v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911966v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911960v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911967v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911972v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911974v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911973v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911979v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911981v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911983v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911989v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416059v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910045v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910059v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911901v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909999v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910000v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00415857v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02979608v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire de Gayffier-Bonneville" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pitsos" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01831519v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fillon" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05543278v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarga Moussa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550103v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238496v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.209.0046" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955504v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.13191" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05545043v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393938v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/158r7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05541970v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015991v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liouba Bischoff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12810" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925801v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatica.3221" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099388v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03620692v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Antoine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guyot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatica.1412" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332406v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11102-3.p.0013" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099401v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.049.0193" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884786v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10516-9.p.0111" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332268v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallien" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.374.0003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884828v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092165v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.374.0025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092174v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10516-9.p.0019" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092161v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092169v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357228v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/201906901010" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099403v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.048.0051" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377092v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356579v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926477v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/flaubert.3902" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356512v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356540v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09574-3.p.0197" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099428v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356615v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736882v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099435v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/viatica778" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413672v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413671v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22015/V.RSLR/63.1.13" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415317v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415328v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415329v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910067v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910085v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910089v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909971v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909974v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267647v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910107v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910109v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911898v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909979v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911908v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911907v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911905v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911904v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909982v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911913v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911909v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911914v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911917v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911918v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909987v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911922v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911925v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911928v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911932v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911938v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911940v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257262v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911941v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911949v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911943v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911947v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911952v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911955v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909992v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911951v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911937v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909989v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114024v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911956v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911958v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911962v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911965v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911959v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911961v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909993v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911963v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911976v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911975v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911968v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909996v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911969v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911971v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911978v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911977v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911982v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911985v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911984v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911987v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911986v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911990v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925771v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925762v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925592v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925811v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03653153v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bridet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Zecchini" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099396v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823048v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823013v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00979408v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416045v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00979405v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910095v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910102v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910106v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257255v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257252v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310156v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randa Sabry" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/collections-et-revues/collections/vers-l-orient/le-canal-de-suez-au-prisme-de-la-litterature-et-de-l-histoire-1439012.kjsp" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789626v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanezia P&#226;rlea" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uga-editions.com/menu-principal/les-auteurs/le-voyage-dans-les-balkans-1439017.kjsp" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04242433v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dufetel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015249v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le M&#233;aux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13760-3.p.0007" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908864v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506370v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03620707v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rouhette" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vuillemin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169931v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chaudet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lou&#255;s" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-litterature-de-voyage-aujourd-hui-heritages-et-reconfigurations.html?fbclid=IwAR0Z7s15YYpYbTREJ9Y7AB_-An7SJRan_R11WORyaL70qqOFo_nPqCtyP_8" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11102-3" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953055v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318275v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lan&#231;on" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02002892v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823132v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Zenkine" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413011v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pups.paris-sorbonne.fr/catalogue/litteratures-francaises-comparee-et-langue/imago-mundi/le-mythe-bedouin-chez-les-voyageurs-aux-xviiie-et-xixe-siecles" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413666v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413053v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413844v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00979406v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stroev" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909928v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Estelmann" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Wolfzettel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909930v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Venayre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00866783v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gleizes" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909916v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909917v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909935v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Petr" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909924v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909939v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Levallois" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050768v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909949v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Tortonese" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909897v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909925v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909921v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909940v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Linon-Chipon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Magri-Mourgues" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909901v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909950v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Lestringant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909965v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01226903v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909952v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909905v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909968v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392022v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697518v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852425v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705298v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925738v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332346v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kitantik.com/product/Voyages-Crois-s-Entre-l-Europe-et-l-Empire-Ottoman-au-XIXe-Si-cle-crivains-Artistes-et-Musiciens-l-poque-des-Tanzimat_1br9qfwlopjopbc182w" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925231v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03620731v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506358v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407594v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506364v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092121v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092107v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458122v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356588v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099406v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357235v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356605v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099412v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169059v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099408v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926497v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099382v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099422v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099416v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Harrison" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099425v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099413v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736896v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099431v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099441v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099434v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Hombert" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Iglesias" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01736884v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099449v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415307v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413824v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01458952v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413669v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415321v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3667-3.p.0095" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415314v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01415325v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416056v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416057v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910020v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910009v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910013v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416033v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910005v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910065v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910054v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910063v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910047v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910050v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910061v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910082v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968420v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910087v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910074v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910083v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912015v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910090v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910088v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910100v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910099v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910101v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910103v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911910v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911902v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911903v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911900v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911899v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911912v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911915v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911911v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911919v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911924v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911923v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911920v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911921v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911931v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911930v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911926v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911927v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911929v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911935v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911933v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911936v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911934v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911939v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911946v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911944v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911945v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911950v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911942v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911948v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911953v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911954v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911966v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911960v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911972v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911967v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911974v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911973v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911979v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911981v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911983v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911989v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416059v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910045v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910059v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911901v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909999v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910000v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00415857v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02979608v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire de Gayffier-Bonneville" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pitsos" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01831519v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fillon" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>