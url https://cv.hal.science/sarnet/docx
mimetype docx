--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ethnomimétisme, ou les technologies 3D au service de la science du concret</w:t>
+                <w:t xml:space="preserve">L’ethnomimétisme, ou les technologies 3D au service de la science du concret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Saumade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Mourey</w:t>
@@ -180,75 +180,75 @@
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/tc.18622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05479733v1</w:t>
+                <w:t xml:space="preserve">hal-04838024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ethnomimétisme, ou les technologies 3D au service de la science du concret</w:t>
+                <w:t xml:space="preserve">L’ethnomimétisme, ou les technologies 3D au service de la science du concret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Saumade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Mourey</w:t>
@@ -284,51 +284,51 @@
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/tc.18622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04838024v1</w:t>
+                <w:t xml:space="preserve">hal-05479733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ethnomimétisme: comprendre et reproduire des objets rituels</w:t>
               </w:r>
@@ -1896,496 +1896,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-00866904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LBIC measurement optimization to detect laser annealing induced defects in Si</w:t>
+                <w:t xml:space="preserve">Formation of femtosecond laser induced surface structures on silicon: Insights from numerical modeling and single pulse experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Larmande</w:t>
+                <w:t xml:space="preserve">T. J. -Y. Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Vervisch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Delaporte</w:t>
+                <w:t xml:space="preserve">M. Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Coustillier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T. E. Itina</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 177 (18), pp.1628-1632. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 258 (23), pp.9487-9490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mseb.2012.08.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2011.10.084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01418613v1</w:t>
+                <w:t xml:space="preserve">hal-01418610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser-ablative nanostructuring of surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LBIC measurement optimization to detect laser annealing induced defects in Si</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Larmande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. V. Kabashin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Sarnet</w:t>
+                <w:t xml:space="preserve">Vanessa Vervisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Grojo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">L. Charmasson</w:t>
+                <w:t xml:space="preserve">Gaelle Coustillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/IJNT.2012.045329⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 177 (18), pp.1628-1632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mseb.2012.08.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01418599v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01418613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an industrial tool to make passivation layers for UV sensors improvement</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Sentis</w:t>
+                <w:t xml:space="preserve">Laser-ablative nanostructuring of surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. V. Kabashin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Charmasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2012.02.054⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 9 (3-7), pp.230-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJNT.2012.045329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04844338v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01418599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an industrial tool to make passivation layers for UV sensors improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Larmande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vervisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2407,711 +2391,727 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 258 (23), pp.9270-9273. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apsusc.2012.02.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01418612v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of femtosecond laser induced surface structures on silicon: Insights from numerical modeling and single pulse experiments</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development of an industrial tool to make passivation layers for UV sensors improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Larmande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Vervisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 258 (23), pp.9487-9490. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 258 (23), pp.9270-9273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2012.02.054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2011.10.084⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01418610v1</w:t>
+                <w:t xml:space="preserve">hal-01418612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser Textured Black Silicon Solar Cells with Improved Efficiencies</w:t>
+                <w:t xml:space="preserve">Edge Isolation Using Ultra-Short Pulse Laser Materials with a Top-Hat Beam Profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xxx Sedao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Torres</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marc Sentis</w:t>
+                <w:t xml:space="preserve">José Luis Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malte Schulz Ruhtenbuerg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Krantz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 321, pp.240-245. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.321.240⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 321, pp.234-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/amr.321.234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843693v1</w:t>
+                <w:t xml:space="preserve">hal-04843727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edge Isolation Using Ultra-Short Pulse Laser Materials with a Top-Hat Beam Profile</w:t>
+                <w:t xml:space="preserve">Laser Textured Black Silicon Solar Cells with Improved Efficiencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xxx Sedao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stephan Krantz</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sentis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 321, pp.234-239. </w:t>
+              <w:t xml:space="preserve">, 2011, 321, pp.240-245. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/amr.321.234⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.321.240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843727v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Femtosecond laser texturization for improvement of photovoltaic cells: Black Silicon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Application of a two-temperature model for the investigation of the periodic structure formation on Si surface in femtosecond laser interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Vervisch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Halbwax</w:t>
+                <w:t xml:space="preserve">Thibault Jy Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Itina</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Optoelectronics and Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 12 (3), pp.621 - 625</w:t>
+              <w:t xml:space="preserve">, 2010, 12 (3), pp.610 - 615</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00542642v1</w:t>
+                <w:t xml:space="preserve">ujm-00530631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of a two-temperature model for the investigation of the periodic structure formation on Si surface in femtosecond laser interactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Femtosecond laser texturization for improvement of photovoltaic cells: Black Silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vervisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Jy Derrien</w:t>
+                <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Optoelectronics and Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 12 (3), pp.610 - 615</w:t>
+              <w:t xml:space="preserve">, 2010, 12 (3), pp.621 - 625</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00530631v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00542642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study On Laser-Induced Periodic Structures And Photovoltaic Application</w:t>
               </w:r>
@@ -3136,64 +3136,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Itina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vervich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Jy Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 1278, pp.576-581. </w:t>
@@ -3270,51 +3270,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Grojo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3365,64 +3365,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser activation of Ultra Shallow Junctions (USJ) doped by Plasma Immersion Ion Implantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vervisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Larmande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3490,51 +3490,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro and nano-structuration of silicon by femtosecond laser: Application to silicon photovoltaic cells fabrication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3749,51 +3749,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Realization of ultrashallow junctions by plasma immersion ion implantation and laser annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vervisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3883,90 +3883,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro and nano-structuration of silicon by femtosecond laser : application to silicon photovoltaic cells fabrication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4081,51 +4081,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 254 (4), pp.911-915. </w:t>
@@ -4169,826 +4169,826 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04843792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon periodic nano-structures obtained by laser exposure of nano-wires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laser doping for microelectronics and microtechnology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Kakushima</w:t>
+                <w:t xml:space="preserve">Gurwan Kerrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Bourouina</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Sarnet</w:t>
+                <w:t xml:space="preserve">Nourdin Yaakoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Kerrien</w:t>
+                <w:t xml:space="preserve">Alain Bosseboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Débarre</w:t>
+                <w:t xml:space="preserve">Elisabeth Dufour-Gergam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 36 (7), pp.629-633. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 247 (1-4), pp.537-544. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mejo.2005.04.034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2005.01.172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843816v1</w:t>
+                <w:t xml:space="preserve">hal-04843797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon periodic nano-structures obtained by laser exposure of nano-wires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K Kakushima</w:t>
+                <w:t xml:space="preserve">K. Kakushima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarik Bourouina</w:t>
+                <w:t xml:space="preserve">T. Bourouina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Sarnet</w:t>
+                <w:t xml:space="preserve">G. Kerrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Kerrien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D Debarre</w:t>
+                <w:t xml:space="preserve">D. Débarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 36 (7), pp.629--633. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+              <w:t xml:space="preserve">, 2005, 36 (7), pp.629-633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mejo.2005.04.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00692953v1</w:t>
+                <w:t xml:space="preserve">hal-04843816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser doping for microelectronics and microtechnology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Silicon periodic nano-structures obtained by laser exposure of nano-wires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nourdin Yaakoubi</w:t>
+                <w:t xml:space="preserve">K Kakushima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Bosseboeuf</w:t>
+                <w:t xml:space="preserve">Tarik Bourouina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Dufour-Gergam</w:t>
+                <w:t xml:space="preserve">T Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Kerrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Debarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2005.01.172⟩</w:t>
+              <w:t xml:space="preserve">Microelectronics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 36 (7), pp.629--633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mejo.2005.04.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843797v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00692953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excimer laser thermal processing of ultra-shallow junction: laser pulse duration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gas immersion laser doping (GILD) for ultra-shallow junction formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Kerrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Débarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Venturini</w:t>
+                <w:t xml:space="preserve">J. Boulmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hernandez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Camel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 453-454, pp.145-149. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2003.11.087⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 453-454, pp.106-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2003.11.151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843872v1</w:t>
+                <w:t xml:space="preserve">hal-04843863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas immersion laser doping (GILD) for ultra-shallow junction formation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+                <w:t xml:space="preserve">Excimer laser thermal processing of ultra-shallow junction: laser pulse duration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kerrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">D. Débarre</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Boulmer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Hernandez</w:t>
+                <w:t xml:space="preserve">D. Camel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 453-454, pp.106-109. </w:t>
+              <w:t xml:space="preserve">, 2004, 453-454, pp.145-149. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2003.11.151⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2003.11.087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843863v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser thermal processing using an optical coating for ultra shallow junction formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Venturini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Berard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kerrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5045,453 +5045,453 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04843886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de jonctions ultra-minces réalisées par dopage laser</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+                <w:t xml:space="preserve">Laser thermal processing for ultra shallow junction formation: numerical simulation and comparison with experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Zahorski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Boulmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Débarre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Zahorski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 108, pp.71-74. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 208-209, pp.345-351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/jp4:20030599⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0169-4332(02)01395-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843967v1</w:t>
+                <w:t xml:space="preserve">hal-04844020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical characterization of laser processed ultra-shallow junctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kerrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Laviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Débarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 208-209, pp.277-284. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0169-4332(02)01354-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04843991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser thermal processing for ultra shallow junction formation: numerical simulation and comparison with experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation de jonctions ultra-minces réalisées par dopage laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Kerrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Débarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Zahorski</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Débarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 108, pp.71-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp4:20030599⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0169-4332(02)01395-8⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04844020v1</w:t>
+                <w:t xml:space="preserve">hal-04843967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of titanium oxide films with Magnéli structure elaborated by a sol–gel route</w:t>
               </w:r>
@@ -5691,467 +5691,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-energy, long-pulse, electron-beam driven KrF laser in laser–matter interaction</w:t>
+                <w:t xml:space="preserve">Modification of metals by high energy excimer laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J-E. Montagne</w:t>
+                <w:t xml:space="preserve">Th. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Th. Sarnet</w:t>
+                <w:t xml:space="preserve">J. Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Inglesakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Autric</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Barrallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Laser Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2351/1.4745349⟩</w:t>
+              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 04 (C4), pp.C4-69-C4-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp4:1994413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04844160v1</w:t>
+                <w:t xml:space="preserve">jpa-00252581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification of metals by high energy excimer laser</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of metal surfaces irradiated by a long-pulse KrF excimer laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Th. Sarnet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J. Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Inglesakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Autric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Barrallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 04 (C4), pp.C4-69-C4-72. </w:t>
+              <w:t xml:space="preserve">Journal of Laser Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 6 (3), pp.149-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/jp4:1994413⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2351/1.4745350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">jpa-00252581v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of metal surfaces irradiated by a long-pulse KrF excimer laser</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">High-energy, long-pulse, electron-beam driven KrF laser in laser–matter interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-E. Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Th. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Inglesakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Autric</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Laser Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1994, 6 (3), pp.149-152. </w:t>
+              <w:t xml:space="preserve">, 1994, 6 (3), pp.144-148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2351/1.4745350⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2351/1.4745349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04844165v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-intensity KrF excimer laser processing of metal surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.E. Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Th. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6635,51 +6635,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.Y. Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Grojo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Itina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6957,485 +6957,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Black Silicon to Photovoltaic Cells, Using Short Pulse Lasers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Femtosecond laser-induced surfaces structures of silicon: numerical and experimental study of formation mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Jy Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Mazur</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Itina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERNATIONAL SYMPOSIUM ON HIGH POWER LASER ABLATION 2012</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">E-MRS 2012 SPRING MEETING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01418601v1</w:t>
+                <w:t xml:space="preserve">ujm-00710881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Femtosecond laser-induced surfaces structures of silicon: numerical and experimental study of formation mechanisms</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From Black Silicon to Photovoltaic Cells, Using Short Pulse Lasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tatiana Itina</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James E. Carey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mazur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2012 SPRING MEETING</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INTERNATIONAL SYMPOSIUM ON HIGH POWER LASER ABLATION 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Unknown, Unknown Region. pp.219-228, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4739876⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00710881v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01418601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser Textured Black Silicon Solar Cells with Improved Efficiencies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimization of laser annealing for ultra-shallow junctions realization : characterization of homogeneity by laser beam induced current</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Torres</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Y. Larmande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vervisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADVANCED RESEARCH ON INTELLIGENT MATERIALS AND MECHANICAL ENGINEERING</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Unknown, Unknown Region. pp.240-245</w:t>
+              <w:t xml:space="preserve">European Materials Research Society Spring Meeting, E-MRS Spring 2011, Symposium J : Laser materials processing for micro and nano applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01418616v1</w:t>
+                <w:t xml:space="preserve">hal-00807615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of laser annealing for ultra-shallow junctions realization : characterization of homogeneity by laser beam induced current</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laser Textured Black Silicon Solar Cells with Improved Efficiencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xxx Sedao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Larmande</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Remi Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Materials Research Society Spring Meeting, E-MRS Spring 2011, Symposium J : Laser materials processing for micro and nano applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Nice, France</w:t>
+              <w:t xml:space="preserve">ADVANCED RESEARCH ON INTELLIGENT MATERIALS AND MECHANICAL ENGINEERING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Unknown, Unknown Region. pp.240-245</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00807615v1</w:t>
+                <w:t xml:space="preserve">hal-01418616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of photovoltaics cells using femtosecond-laser created black silicon</w:t>
               </w:r>
@@ -7447,64 +7447,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Sedao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vervisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Torregrosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7719,51 +7719,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Luis Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malte Schulz-Ruhtenbuerg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Krantz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADVANCED RESEARCH ON INTELLIGENT MATERIALS AND MECHANICAL ENGINEERING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Unknown, Unknown Region. pp.234-239, </w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7791,536 +7791,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01418623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser-induced periodic structures for photovoltaic applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formation mechanisms of femtosecond laser induced spike structures on silicon : numerical study and TEM experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.J.Y. Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">P. Delaporte</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.E. Itina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.N. Tokarev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photovoltaic Technical Conference : Thin Film 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">European Materials Research Society Spring Meeting, E-MRS Spring 2010, Symposium R : Laser processing and diagnostics for micro and nano applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00574119v1</w:t>
+                <w:t xml:space="preserve">hal-00574118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of black silicon structural and electrical properties for photovoltaics applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vervisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Torregrosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Materials Research Society Spring Meeting, E-MRS Spring 2010, Symposium I : Advanced silicon materials research for electronic and photovoltaic applications II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00574120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study on laser-induced periodic structures and photovoltaic application</w:t>
+                <w:t xml:space="preserve">Laser-induced periodic structures for photovoltaic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.J.Y. Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vervisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Derrien</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on High-Power Laser Ablation, HPLA 2010</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Photovoltaic Technical Conference : Thin Film 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Aix-en-Provence, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00568639v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00574119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation mechanisms of femtosecond laser induced spike structures on silicon : numerical study and TEM experiments</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study on laser-induced periodic structures and photovoltaic application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.E. Itina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vervisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Halbwax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T.E. Itina</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Halbwax</w:t>
+                <w:t xml:space="preserve">Thomas Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Materials Research Society Spring Meeting, E-MRS Spring 2010, Symposium R : Laser processing and diagnostics for micro and nano applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on High-Power Laser Ablation, HPLA 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, United States. pp.576-581, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3507149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00574118v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00568639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Black silicon recent improvements for photovoltaic cells</w:t>
               </w:r>
@@ -8332,77 +8332,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vervisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICALEO® 2008: 27th International Congress on Laser Materials Processing, Laser Microprocessing and Nanomanufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Temecula, United States. pp.M401, </w:t>
@@ -8440,90 +8440,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MEMS applications of laser-induced ultra-shallow and ultraheavy boron-doping of silicon above the solid-solubility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kerrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Kakushima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Boulmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Debarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8574,64 +8574,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shock Waves and Flows in UV Laser-Produced Plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Th. Sarnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Inglesakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8748,90 +8748,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single-Shot Excimer Laser Annealing and In Process Ellipsometry Analysis for Ultra Shallow Junctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Noguchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kerrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Débarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Boulmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS 2002 Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -8906,51 +8906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Itina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vervisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Halbwax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9211,51 +9211,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lasers and Applications in Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.688119, 2008, </w:t>
@@ -9345,51 +9345,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lasers and Applications in Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.688119, 2008, </w:t>
@@ -9440,90 +9440,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser doping for microelectronics and microtechnology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurwan Kerrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nourdin Yaakoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bosseboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Dufour-Gergam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">High-Power Laser Ablation 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.669, 2004, ISBN 0-8194-5371-4. </w:t>
@@ -9561,90 +9561,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of a long pulse laser thermal process for ultra shallow junction formation of CMOS devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Venturini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Laviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Akhouayri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9695,77 +9695,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication of heavily boron doped mechanical resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Kakushima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Sarnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kerrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Nagashio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10098,51 +10098,51 @@
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.204888⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04844153v1</w:t>
+                <w:t xml:space="preserve">hal-04844413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of 248-nm laser produced plasmas above a metallic surface</w:t>
               </w:r>
@@ -10215,51 +10215,51 @@
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.204888⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04844413v1</w:t>
+                <w:t xml:space="preserve">hal-04844153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10905,51 +10905,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479733v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Saumade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mourey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sarnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.18622" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04838024v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239776v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450562v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel S&#225;nchez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delaporte" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Spiegel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Franta" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mazur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202000550" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sikora" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Coustillier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sentis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.06.234" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02024184v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Ting Chen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela B&#259;naru" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#1255;rg Hermann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2018.10.011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138445v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.12.009" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844197v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahouari Fares" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrian" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goubier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delobbe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138439v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Banerjee" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.11.136" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418503v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. I. Sanchez-Aniorte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bello Mouhamadou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Alloncle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sarnet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delaporte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-016-0113-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421059v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gerhard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hermann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nardini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Vi&#246;l" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418546v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mercadier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Loewenthal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Axente" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.07.014" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418549v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude R. Phipps" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Zhigilei" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Polynkin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baumert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.31.00LIM1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418547v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.53.00LIM1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00866904v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault J-y Derrien" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Itina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Torres" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818433" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418613v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Larmande" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vervisch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Coustillier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2012.08.018" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6KZW4HM1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418599v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Kabashin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grojo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Delaporte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Charmasson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2012.045329" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844338v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2012.02.054" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NTW98P06-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418612v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418610v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. -Y. Derrien" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sentis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. E. Itina" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2011.10.084" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843693v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xxx Sedao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Torres" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.321.240" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843727v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Hernandez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Schulz Ruhtenbuerg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Krantz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.321.234" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542642v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vervisch" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Halbwax" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00530631v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Jy Derrien" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00530665v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vervich" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3507149" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542670v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Kabashin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereira" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11671-010-9543-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542699v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317525v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Etienne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844214v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Torregrosa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa Etienne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sempere" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mathieu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3033665" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843781v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Torregrosa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ottaviani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.2834555" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357312v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2007.12.117" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BG2LBJ5X-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843792v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Halbwax" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Delaporte" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2007.07.202" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SFS7WX4F-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843816v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kakushima" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bourouina" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kerrien" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D&#233;barre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2005.04.034" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79G7FJPH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692953v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kakushima" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Bourouina" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Sarnet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Kerrien" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Debarre" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843797v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurwan Kerrien" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourdin Yaakoubi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bosseboeuf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dufour-Gergam" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2005.01.172" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HPFXW7W7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843872v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Venturini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hernandez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laviron" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Camel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2003.11.087" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GRZ1GBDC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843863v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boulmer" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2003.11.151" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3Z9FP53-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843886v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2004.07.092" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WK8BHKM7-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843967v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zahorski" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:20030599" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843991v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(02)01354-5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-27CQ25PT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844020v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(02)01395-8" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LP2XZL0R-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844027v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Langlade" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Vannes" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Autric" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(01)00642-0" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2PCJVTG8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844041v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09507119909447436" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844160v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-E. Montagne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Sarnet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Inglesakis" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Autric" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2351/1.4745349" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00252581v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Montagne" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barrallier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1994413" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1C0985E7D886071C4C90F714EC607355A46B7D69/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844165v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2351/1.4745350" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844172v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Montagne" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Prat" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0169-4332(93)90490-3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XQ37MXS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844315v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844175v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.I. Sanchez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coustillier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Spiegel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Robert" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844188v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Franta" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mazur" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00998744v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Derrien" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00867206v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844240v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. - Derrien" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418601v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E. Carey" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4739876" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00710881v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418616v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Torres" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807615v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Larmande" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807211v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Sedao" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00629042v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Derrien" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roel Torres" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418623v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Hernandez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Schulz-Ruhtenbuerg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.321.234" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574119v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J.Y. Derrien" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574120v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568639v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.E. Itina" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574118v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.N. Tokarev" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843765v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2351/1.5061375" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844405v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Debarre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OMEMS.2002.1031477" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844149v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-78832-1_65" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-24HQQX32-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844404v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Noguchi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-717-C1.8" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844249v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Itina" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Derrien" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844368v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Schulz-Ruhtenberg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Prajapati" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bleidiessel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Morilla" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2351/1.5061472" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844221v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.768516" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844392v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843984v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.547759" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844396v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Huet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Akhouayri" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTP.2004.1441939" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844402v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nagashio" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2003.1215319" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844059v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Autric" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.236879" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844411v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_EUROPE.1996.CWF64" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844153v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prat" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Inglesakis" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.204888" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844413v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844263v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rzeszotko" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844297v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844301v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rzeszotko" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844309v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844082v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04838024v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Saumade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mourey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sarnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.18622" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479733v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239776v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450562v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel S&#225;nchez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delaporte" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Spiegel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Franta" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mazur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202000550" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sikora" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Coustillier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sentis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.06.234" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02024184v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Ting Chen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela B&#259;naru" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#1255;rg Hermann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2018.10.011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138445v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.12.009" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844197v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahouari Fares" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrian" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goubier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delobbe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138439v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Banerjee" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.11.136" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418503v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. I. Sanchez-Aniorte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bello Mouhamadou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Alloncle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sarnet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delaporte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-016-0113-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421059v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gerhard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hermann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nardini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Vi&#246;l" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418546v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mercadier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Loewenthal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Axente" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.07.014" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418549v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude R. Phipps" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Zhigilei" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Polynkin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baumert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.31.00LIM1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418547v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.53.00LIM1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00866904v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault J-y Derrien" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Itina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Torres" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818433" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418610v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. -Y. Derrien" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sentis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. E. Itina" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2011.10.084" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418613v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Larmande" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vervisch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Coustillier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2012.08.018" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6KZW4HM1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418599v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Kabashin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grojo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Delaporte" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Charmasson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2012.045329" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844338v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2012.02.054" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NTW98P06-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418612v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843727v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xxx Sedao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Hernandez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Schulz Ruhtenbuerg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Krantz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/amr.321.234" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843693v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Torres" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.321.240" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00530631v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Jy Derrien" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542642v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vervisch" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Halbwax" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00530665v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vervich" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3507149" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542670v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Kabashin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereira" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11671-010-9543-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542699v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317525v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Etienne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844214v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Torregrosa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasnaa Etienne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sempere" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mathieu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3033665" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843781v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Torregrosa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ottaviani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.2834555" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357312v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2007.12.117" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BG2LBJ5X-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843792v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Halbwax" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Delaporte" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2007.07.202" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SFS7WX4F-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843797v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurwan Kerrien" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourdin Yaakoubi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bosseboeuf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dufour-Gergam" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2005.01.172" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HPFXW7W7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843816v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kakushima" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bourouina" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kerrien" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D&#233;barre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2005.04.034" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79G7FJPH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692953v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Kakushima" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Bourouina" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Sarnet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Kerrien" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Debarre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843863v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boulmer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hernandez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2003.11.151" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3Z9FP53-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843872v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Venturini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laviron" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Camel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2003.11.087" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GRZ1GBDC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843886v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2004.07.092" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WK8BHKM7-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844020v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zahorski" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(02)01395-8" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LP2XZL0R-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843991v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(02)01354-5" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-27CQ25PT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843967v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:20030599" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844027v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Langlade" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Vannes" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Autric" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4332(01)00642-0" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2PCJVTG8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844041v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09507119909447436" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00252581v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Sarnet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Montagne" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Inglesakis" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Autric" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barrallier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1994413" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1C0985E7D886071C4C90F714EC607355A46B7D69/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844165v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2351/1.4745350" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844160v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-E. Montagne" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2351/1.4745349" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844172v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Montagne" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Prat" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0169-4332(93)90490-3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XQ37MXS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844315v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844175v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.I. Sanchez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coustillier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Spiegel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Robert" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844188v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Franta" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mazur" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00998744v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Derrien" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00867206v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844240v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. - Derrien" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00710881v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418601v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E. Carey" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4739876" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807615v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Larmande" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418616v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Torres" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807211v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Sedao" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00629042v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Derrien" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roel Torres" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418623v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Hernandez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Schulz-Ruhtenbuerg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.321.234" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574118v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J.Y. Derrien" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.E. Itina" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.N. Tokarev" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574120v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Derrien" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574119v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568639v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843765v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2351/1.5061375" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844405v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Debarre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OMEMS.2002.1031477" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844149v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-78832-1_65" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-24HQQX32-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844404v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Noguchi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-717-C1.8" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844249v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Itina" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Derrien" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844368v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Schulz-Ruhtenberg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Prajapati" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bleidiessel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Morilla" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2351/1.5061472" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844221v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.768516" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844392v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04843984v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.547759" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844396v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Huet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Akhouayri" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTP.2004.1441939" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844402v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nagashio" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2003.1215319" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844059v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Autric" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.236879" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844411v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_EUROPE.1996.CWF64" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844413v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prat" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Inglesakis" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.204888" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844153v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844263v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rzeszotko" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844297v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844301v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rzeszotko" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844309v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844082v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>