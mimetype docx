--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -517,563 +517,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04342982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Love-Wave Biosensor Based on an Analytical Model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biological Effects and Applications of Bulk and Surface Acoustic Waves on In Vitro Cultured Mammal Cells: New Insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Bonhomme</w:t>
+                <w:t xml:space="preserve">Agathe Figarol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourad Oudich</w:t>
+                <w:t xml:space="preserve">Lucile Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Alberto Segura Chavez</w:t>
+                <w:t xml:space="preserve">Olivier Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Beyssen</w:t>
+                <w:t xml:space="preserve">Luc Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand H Rihn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/chemosensors10020081⟩</w:t>
+              <w:t xml:space="preserve">Biomedicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (5), pp.1166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomedicines10051166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03701259v1</w:t>
+                <w:t xml:space="preserve">hal-03740378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological Effects and Applications of Bulk and Surface Acoustic Waves on In Vitro Cultured Mammal Cells: New Insights</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Micropillared Surface to Enhance the Sensitivity of a Love-Wave Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Olive</w:t>
+                <w:t xml:space="preserve">Jérémy Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Joubert</w:t>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Ferrari</w:t>
+                <w:t xml:space="preserve">Mohamed Lamine Fayçal Bellaredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand H Rihn</w:t>
+                <w:t xml:space="preserve">Jean-François Bryche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Alberto Segura Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biomedicines10051166⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (6), pp.064024. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.17.064024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03740378v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04032480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micropillared Surface to Enhance the Sensitivity of a Love-Wave Sensor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Love Wave Sensor with High Penetration Depth for Potential Application in Cell Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Segura Chávez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Lamine Fayçal Bellaredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourad Oudich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Lamine Fayçal Bellaredj</w:t>
+                <w:t xml:space="preserve">Lucile Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Bryche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pedro Alberto Segura Chavez</w:t>
+                <w:t xml:space="preserve">Denis Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (6), pp.064024. </w:t>
+              <w:t xml:space="preserve">Biosensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (2), pp.61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.17.064024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/bios12020061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04032480v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03701265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Love Wave Sensor with High Penetration Depth for Potential Application in Cell Monitoring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a Love-Wave Biosensor Based on an Analytical Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Segura Chávez</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Jeremy Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Alberto Segura Chavez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (2), pp.61. </w:t>
+              <w:t xml:space="preserve">Chemosensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (2), pp.81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/bios12020061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/chemosensors10020081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03701265v1</w:t>
+                <w:t xml:space="preserve">hal-03701259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glycosylated biomarker sensors: advancements in prostate cancer diagnosis</w:t>
               </w:r>
@@ -1193,103 +1193,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical characterization of Love waves dispersion in viscoelastic guiding-layer under viscous fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Alberto Segura Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Lamine Fayçal Bellaredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bryche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 128 (15), pp.154502. </w:t>
@@ -1321,291 +1321,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phononic Crystal Made of Multilayered Ridges on a Substrate for Rayleigh Waves Manipulation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biosensors to diagnose Chagas disease: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
+                <w:t xml:space="preserve">María-Isabel Rocha-Gaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Bonello</w:t>
+                <w:t xml:space="preserve">Luis-Jesús Villarreal-Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Beyssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Pennec</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M.-A Reyna-Carranza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (12), pp.372. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (11), pp.2629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cryst7120372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s17112629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393014v1</w:t>
+                <w:t xml:space="preserve">hal-02392999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biosensors to diagnose Chagas disease: A review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phononic Crystal Made of Multilayered Ridges on a Substrate for Rayleigh Waves Manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Oudich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María-Isabel Rocha-Gaso</w:t>
+                <w:t xml:space="preserve">Bahram Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis-Jesús Villarreal-Gómez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Beyssen</w:t>
+                <w:t xml:space="preserve">Bernard Bonello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sarry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 17 (11), pp.2629. </w:t>
+              <w:t xml:space="preserve">Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (12), pp.372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s17112629⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cryst7120372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02392999v1</w:t>
+                <w:t xml:space="preserve">hal-02393014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth and toxic gas sensing properties of poly(urethaneimide) thin films</w:t>
               </w:r>
@@ -2164,51 +2164,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayleigh Surface Acoustic Wave As an Efficient Heating System for Biological Reactions: Investigation of Microdroplet Temperature Uniformity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Roux-Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2985,103 +2985,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Love Wave Sensor for Detection of Viscosity Changes on a Cell Monolayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Alberto Segura Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Lamine Fayçal Bellaredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MicroTAS - 24th International Conference on Miniaturized Systems for Chemistry and Life Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Online, Canada</w:t>
@@ -3104,295 +3104,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04654884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Love wave biosensor to diagnose modification of cell viscoelasticy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Theoretical study of a phononic structure for bio-sensing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.A. Segura Chavez</w:t>
+                <w:t xml:space="preserve">J. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bonhomme</w:t>
+                <w:t xml:space="preserve">M. Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Segura Chavez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Montreal, France. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SENSORS43011.2019.8956914⟩</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS43011.2019.8956925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03178709v1</w:t>
+                <w:t xml:space="preserve">hal-03178712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study of a phononic structure for bio-sensing applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+                <w:t xml:space="preserve">Love wave biosensor to diagnose modification of cell viscoelasticy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Segura Chavez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Montreal, France. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SENSORS43011.2019.8956925⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS43011.2019.8956914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03178712v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03178709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen sensor based on a delay path SAW transducer and a nanostructured catalyst</w:t>
               </w:r>
@@ -3542,64 +3542,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Isabel Rocha-Gaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Oudich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. pp.1-3, </w:t>
@@ -3748,248 +3748,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01397885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infra-Red Thermography for spatially resolved measurements of the temperature distribution on the Acoustic Wave devices</w:t>
+                <w:t xml:space="preserve">Temperature uniformity of microdroplet heated by Rayleigh Surface Acoustic Wave in view of biological reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Roux-Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Beyssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Elmazria</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Sarry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 IEEE INTERNATIONAL ULTRASONICS SYMPOSIUM (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Unknown, Unknown Region. pp.1938-1941, </w:t>
+              <w:t xml:space="preserve">, 2013, Unknown, Unknown Region. pp.1885-1888, </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2013.0494⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2013.0480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01344183v1</w:t>
+                <w:t xml:space="preserve">hal-01344186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature uniformity of microdroplet heated by Rayleigh Surface Acoustic Wave in view of biological reaction</w:t>
+                <w:t xml:space="preserve">Infra-Red Thermography for spatially resolved measurements of the temperature distribution on the Acoustic Wave devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Roux-Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis Beyssen</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sarry</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Omar Elmazria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 IEEE INTERNATIONAL ULTRASONICS SYMPOSIUM (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Unknown, Unknown Region. pp.1885-1888, </w:t>
+              <w:t xml:space="preserve">, 2013, Unknown, Unknown Region. pp.1938-1941, </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2013.0480⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2013.0494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01344186v1</w:t>
+                <w:t xml:space="preserve">hal-01344183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of COM parameters on Pt/LGS for high temperature SAW sensor</w:t>
               </w:r>
@@ -4530,51 +4530,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Cueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bryche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Castellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4646,51 +4646,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayleigh surface acoustic wave compatibility with microdroplet polymerase chain reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Roux-Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Beyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4927,51 +4927,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470003v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D S Bidouba Sanvany" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kosior" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beyssen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gigodot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaudion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJUFFC.2025.3635126" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745384v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siti Fatimah Abd Rahman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Khairuddin Md Arshad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subash C B Gopinath" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Faris Mohamad Fathil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sarry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-024-06189-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04342982v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Landrault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pasquier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M&#8217;jahed" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231012" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701259v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bonhomme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Oudich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Alberto Segura Chavez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beyssen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10020081" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740378v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Figarol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Olive" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joubert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ferrari" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand H Rihn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051166" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032480v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bonhomme" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Fay&#231;al Bellaredj" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bryche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.064024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701265v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Segura Ch&#225;vez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios12020061" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974965v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cc03080a" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228415v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0022797" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393014v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahram Djafari-Rouhani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonello" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Pennec" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst7120372" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392999v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Isabel Rocha-Gaso" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis-Jes&#250;s Villarreal-G&#243;mez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A Reyna-Carranza" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17112629" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01945521v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Ben Youssef" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Nysten" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergana Alexieva" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesselin Strashilov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2016.03.021" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP37PB4P-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277142v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Augustine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sarry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandakumar Kalarikkal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabu Thomas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40820-016-0088-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01945525v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliyan Kolev" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.44214" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L43T6C8V-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875420v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Elhosni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit-Watelot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouvot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Zhgoon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2015.10.031" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293132v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Roux-Marchand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2014.006710" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293187v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Fu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaiyan Mahalingam" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Sik Yang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2014.10.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283885v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Jimenez Rioboo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2013.04.120" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H7DL8SK5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628408v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Soussou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Djouadi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFc.2010.1620" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480165v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moreira" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sarry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Debarnot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Elmazria" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Poncin-Epaillard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2009060" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4FFB68E882689E91EC84ACE8CAC3018C13451420/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030012v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolay" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pigeat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2004.12.018" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-068DSBMT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654884v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178709v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Segura Chavez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonhomme" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Olive" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956914" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178712v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudich" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Segura Chavez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956925" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118666v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo-Andres Perez Cortes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Hernandez-Rodriguez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mazingue" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lomello-Tafin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073257v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Rocha-Gaso" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Renaudin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234344" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397885v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bourjilat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djilali Kourtiche" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Nadi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2015.7438021" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344183v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roux-Marchand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2013.0494" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344186v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2013.0480" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784005v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Assouar" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2008.0197" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784007v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nicolay" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2008.0462" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107564v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rochel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Martinez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hugues" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872384v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpha" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Siadat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lumbreras" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493567v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Pera" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cueff" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alonso" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Castellon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rapports-du-comite-national.cnrs.fr/rapport_conjoncture_2024/section-08-micro-et-nanotechnologies-micro-et-nanosystemes-photonique-electronique-electromagnetisme-energie-electrique/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292305v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Grandemange" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470003v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D S Bidouba Sanvany" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kosior" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beyssen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gigodot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaudion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJUFFC.2025.3635126" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745384v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siti Fatimah Abd Rahman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Khairuddin Md Arshad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subash C B Gopinath" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Faris Mohamad Fathil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sarry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-024-06189-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04342982v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Landrault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pasquier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Elmazria" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid M&#8217;jahed" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231012" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740378v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Figarol" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Olive" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joubert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ferrari" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand H Rihn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051166" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032480v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bonhomme" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Oudich" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Fay&#231;al Bellaredj" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bryche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Alberto Segura Chavez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.064024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701265v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Segura Ch&#225;vez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beyssen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios12020061" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701259v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bonhomme" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors10020081" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974965v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cc03080a" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228415v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0022797" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392999v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Isabel Rocha-Gaso" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis-Jes&#250;s Villarreal-G&#243;mez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A Reyna-Carranza" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17112629" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393014v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahram Djafari-Rouhani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonello" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Pennec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst7120372" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01945521v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Ben Youssef" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Nysten" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergana Alexieva" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesselin Strashilov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2016.03.021" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP37PB4P-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277142v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Augustine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sarry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandakumar Kalarikkal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabu Thomas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Badie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40820-016-0088-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01945525v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliyan Kolev" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.44214" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L43T6C8V-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875420v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Elhosni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit-Watelot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouvot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Zhgoon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2015.10.031" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293132v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Roux-Marchand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2014.006710" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293187v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Fu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaiyan Mahalingam" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang Sik Yang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2014.10.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283885v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Jimenez Rioboo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2013.04.120" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H7DL8SK5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628408v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Soussou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Djouadi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFc.2010.1620" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480165v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moreira" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sarry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Debarnot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Elmazria" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Poncin-Epaillard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2009060" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4FFB68E882689E91EC84ACE8CAC3018C13451420/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030012v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolay" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pigeat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2004.12.018" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-068DSBMT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654884v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178712v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonhomme" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudich" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Segura Chavez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Olive" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956925" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178709v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Segura Chavez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956914" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118666v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo-Andres Perez Cortes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Hernandez-Rodriguez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mazingue" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lomello-Tafin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073257v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Rocha-Gaso" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Renaudin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234344" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397885v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bourjilat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djilali Kourtiche" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Nadi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2015.7438021" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344186v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roux-Marchand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2013.0480" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344183v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2013.0494" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784005v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Assouar" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2008.0197" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784007v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Nicolay" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2008.0462" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107564v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rochel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Martinez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hugues" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872384v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpha" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Siadat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lumbreras" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493567v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Pera" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cueff" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alonso" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Castellon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rapports-du-comite-national.cnrs.fr/rapport_conjoncture_2024/section-08-micro-et-nanotechnologies-micro-et-nanosystemes-photonique-electronique-electromagnetisme-energie-electrique/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292305v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Grandemange" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>