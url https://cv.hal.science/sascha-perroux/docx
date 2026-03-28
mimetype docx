--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -66,259 +66,259 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconvertir et décarboner les sites industriels : Une articulation énergie-territoire-industrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Perroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aix Marseille Univ, CNRS, TELEMMe, Aix-en-Provence. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05042805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modernisation écologique, territorialisation et gouvernance de la transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Daviet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Daviet</w:t>
+                <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Velut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, n° 764 (4), pp.51-75. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ag.764.0051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534152v1</w:t>
-              </w:r>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">hal-05042805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -336,64 +336,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition énergétique, décarbonation, néo-industrialisation. Éléments de reconfiguration des territoires : l'exemple de la métropole Aix-Marseille Provence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Daviet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Green business : environnement et profits à l'âge industriel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -412,1114 +412,1114 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04601263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy transition and public debate: OHM territories as spaces for observation and comparison</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La centrale thermique de Provence : les défis d'une reconversion en terre d'énergies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium of LabEx DRIIHM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Labex DRIIHM, Jun 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Séminaire annuel de l'Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Rousset, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04274483v1</w:t>
+                <w:t xml:space="preserve">hal-03941619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fermeture des centrales à charbon en France. Analyse comparée de territoires en transition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La transition méso : une autre clef de lecture des territoires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Commission Industrie du Pacte territorial de Gardanne-Meyreuil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sous-préfecture d'Aix-en-Provence, Sep 2023, Gardanne, France</w:t>
+              <w:t xml:space="preserve">Séminaire annuel du projet ENERGON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04274472v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04342849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender la transition industrielle par le filtre médiatique : 10 ans de récits autour de la centrale thermique de Provence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Energy transition and public debate: OHM territories as spaces for observation and comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleur Gauché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leroy Alexis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire 2023 de l’OHM BMP et Transition énergétique en région Sud-PACA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Meyreuil, France</w:t>
+              <w:t xml:space="preserve">International Symposium of LabEx DRIIHM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Labex DRIIHM, Jun 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04624772v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cadre de vie ou industrie : faut-il choisir ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La fermeture des centrales à charbon en France. Analyse comparée de territoires en transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées mission Mine 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ville de Gardanne, Feb 2023, Gardanne, France</w:t>
+              <w:t xml:space="preserve">Commission Industrie du Pacte territorial de Gardanne-Meyreuil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sous-préfecture d'Aix-en-Provence, Sep 2023, Gardanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04079981v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When territories have to work at the coalface</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Appréhender la transition industrielle par le filtre médiatique : 10 ans de récits autour de la centrale thermique de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroy Alexis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès du centenaire de l’Union Géographique Internationale (UGI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Union Géographique Internationale, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire 2023 de l’OHM BMP et Transition énergétique en région Sud-PACA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Meyreuil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941666v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutralité carbone en 2030, l'alter-métropolisation suffira-t-elle ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Cadre de vie ou industrie : faut-il choisir ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Daviet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Villes, communs et transition : perspectives altermétropolitaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des Géographes de France, Mar 2023, Paris ( en ligne), France</w:t>
+              <w:t xml:space="preserve">Journées mission Mine 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ville de Gardanne, Feb 2023, Gardanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04043760v1</w:t>
+                <w:t xml:space="preserve">hal-04079981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender la transition industrielle par le filtre médiatique: 10 ans de récits autour de la centrale thermique de Provence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">When territories have to work at the coalface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire 2023 de l'OHM-BMP et Transition énergétique en région Sud-PACA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Observatoire Hommes-Milieux du Bassin Minier de Provence, Nov 2023, Meyreuil, France</w:t>
+              <w:t xml:space="preserve">Congrès du centenaire de l’Union Géographique Internationale (UGI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union Géographique Internationale, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289151v1</w:t>
+                <w:t xml:space="preserve">hal-03941666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cadre de vie ou industrie : faut-il choisir ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Neutralité carbone en 2030, l'alter-métropolisation suffira-t-elle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Daviet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Rectorat "Métropole nature"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TELEMMe, Jan 2023, Aix en Provence, MMSH, France</w:t>
+              <w:t xml:space="preserve">Villes, communs et transition : perspectives altermétropolitaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Géographes de France, Mar 2023, Paris ( en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011783v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04043760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Closing coal-fired power stations in France: Territorial projects to drive the energy transition?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Cadre de vie ou industrie : faut-il choisir ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion mensuelle du département des études européennes en sciences humaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universität des Saarlandes, Fachrichtung Gesellschaftswissenschaftliche Europaforschung, Oct 2023, Sarrebrück/Germany, France</w:t>
+              <w:t xml:space="preserve">Journée Rectorat "Métropole nature"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TELEMMe, Jan 2023, Aix en Provence, MMSH, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04274479v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La centrale thermique de Provence : les défis d'une reconversion en terre d'énergies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Appréhender la transition industrielle par le filtre médiatique: 10 ans de récits autour de la centrale thermique de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel de l'Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Rousset, France</w:t>
+              <w:t xml:space="preserve">Séminaire 2023 de l'OHM-BMP et Transition énergétique en région Sud-PACA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Observatoire Hommes-Milieux du Bassin Minier de Provence, Nov 2023, Meyreuil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941619v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transition méso : une autre clef de lecture des territoires ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Closing coal-fired power stations in France: Territorial projects to drive the energy transition?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel du projet ENERGON</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Réunion mensuelle du département des études européennes en sciences humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universität des Saarlandes, Fachrichtung Gesellschaftswissenschaftliche Europaforschung, Oct 2023, Sarrebrück/Germany, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04342849v1</w:t>
+                <w:t xml:space="preserve">hal-04274479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La concertation Hynovera, une clef de lecture des enjeux territoriaux de la transition énergétique dans l'ancien bassin minier de Provence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La centrale thermique de Provence, les défis d'une reconversion en terres d'énergies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Daviet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Kherrouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel du projet ENERGON</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Haute Alsace, Dec 2022, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">Séminaire annuel de restitution de l’OHM-BMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OHM-BMP, May 2022, Rousset, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04080001v1</w:t>
+                <w:t xml:space="preserve">hal-03695074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand les territoires sont envoyés au charbon : vers la territorialisation d’un modèle de gouvernance imposé par l’État</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La concertation Hynovera, une clef de lecture des enjeux territoriaux de la transition énergétique dans l'ancien bassin minier de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès du centenaire de l’Union Géographique Internationale (UGI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire annuel du projet ENERGON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Haute Alsace, Dec 2022, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652675v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04080001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La centrale thermique de Provence, les défis d'une reconversion en terres d'énergies</w:t>
+                <w:t xml:space="preserve">Quand les territoires sont envoyés au charbon : vers la territorialisation d’un modèle de gouvernance imposé par l’État</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel de restitution de l’OHM-BMP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OHM-BMP, May 2022, Rousset, France</w:t>
+              <w:t xml:space="preserve">Congrès du centenaire de l’Union Géographique Internationale (UGI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03695074v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Underground hydrogen storage for the energy transition : actors, resources and territorial projects in Provence and Lorraine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deepsurf Conference 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1544,51 +1544,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fermeture des centrales à charbon en France : des projets de territoire au service de la transition énergétique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire annuel de l’Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, en distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1645,51 +1645,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’arrêt à la reconversion. Les centrales à charbon en France et leurs trajectoires de transition énergétique et industrielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Aix Marseille Université (AMU), 2024. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1748,51 +1748,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Closing the Provence thermal power plant: the stakes of a reconversion in a land of energies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Nantes, France. , 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1826,51 +1826,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fermer les centrales à charbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Perroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6e journées scientifiques de l'Ecole Doctorale 355</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2064,51 +2064,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534152v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daviet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Perroux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Velut" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.764.0051" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042805v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601263v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274483v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Gauch&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274472v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624772v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Alexis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079981v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941666v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043760v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289151v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Leroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011783v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274479v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941619v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342849v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080001v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652675v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695074v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Kherrouf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424379v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424326v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04928438v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716548v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-e8f543" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941723v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042805v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Perroux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534152v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daviet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Velut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.764.0051" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601263v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941619v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342849v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274483v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Gauch&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274472v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624772v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Alexis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079981v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941666v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043760v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011783v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289151v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Leroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274479v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695074v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Kherrouf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080001v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652675v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424379v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424326v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04928438v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716548v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-e8f543" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941723v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>