--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -424,1099 +424,1099 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05462391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using natural tracers and calibrated analytical filter to highlight baseflow contribution to mountainous Mediterranean rivers in a context of climate change</w:t>
+                <w:t xml:space="preserve">Multivariate and Spatial Study and Monitoring Strategies of Groundwater Quality for Human Consumption in Corsica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.A. Guisiano</w:t>
+                <w:t xml:space="preserve">Hajar Lazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Santoni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Garel</w:t>
+                <w:t xml:space="preserve">Meryem Ayach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Mattei</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abderrahim Bousouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2024.131842⟩</w:t>
+              <w:t xml:space="preserve">Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (11), pp.197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/hydrology11110197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04802605v1</w:t>
+                <w:t xml:space="preserve">hal-04807812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gross primary production of Mediterranean watersheds: Using isotope mass balance approach to improve estimations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Using natural gas content of groundwater to improve the understanding of complex thermo-mineral spring systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Chatton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Labasque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mattei</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thomas Leydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecohydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/eco.2619⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 634, pp.130956. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2024.130956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04802773v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04481433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using natural gas content of groundwater to improve the understanding of complex thermo-mineral spring systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Margaux Dupuy</w:t>
+                <w:t xml:space="preserve">Gross primary production of Mediterranean watersheds: Using isotope mass balance approach to improve estimations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Mattei</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Leydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2024.130956⟩</w:t>
+              <w:t xml:space="preserve">Ecohydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/eco.2619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">insu-04481433v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivariate and Spatial Study and Monitoring Strategies of Groundwater Quality for Human Consumption in Corsica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hajar Lazar</w:t>
+                <w:t xml:space="preserve">Using natural tracers and calibrated analytical filter to highlight baseflow contribution to mountainous Mediterranean rivers in a context of climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.A. Guisiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meryem Ayach</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (11), pp.197. </w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 641, pp.131842. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/hydrology11110197⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2024.131842⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807812v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-hydrogeological survey and assessment of organic pollutants to highlight and trace back pollution fluxes threatening a coastal groundwater-dependent ecosystem</w:t>
+                <w:t xml:space="preserve">Small Mediterranean coastal Lagoons Under Threat: Hydro-ecological Disturbances and Local Anthropogenic Pressures (Size Matters)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Crayol</w:t>
+                <w:t xml:space="preserve">Viviana Ligorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Huneau</w:t>
+                <w:t xml:space="preserve">Eléa Crayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mattei</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Santoni</w:t>
+                <w:t xml:space="preserve">Nathalie Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 898, pp.165343. </w:t>
+              <w:t xml:space="preserve">Estuaries and Coasts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.165343⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12237-023-01182-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04525656v1</w:t>
+                <w:t xml:space="preserve">hal-04203993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater Bodies Subdivision in Corsica: A Critical Approach Based on Multivariate Water Quality Criteria Using Large Database</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Socio-hydrogeological survey and assessment of organic pollutants to highlight and trace back pollution fluxes threatening a coastal groundwater-dependent ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdoul-Azize Barry</w:t>
+                <w:t xml:space="preserve">E. Crayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ismail Mohsine</w:t>
+                <w:t xml:space="preserve">F. Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdessamad Touiouine</w:t>
+                <w:t xml:space="preserve">A. Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10 (11), pp.213. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 898, pp.165343. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/hydrology10110213⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.165343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04396603v1</w:t>
+                <w:t xml:space="preserve">hal-04525656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Groundwater in CO2 Production and Carbon Storage in Mediterranean Peatlands: An Isotope Geochemistry Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Santoni</w:t>
+                <w:t xml:space="preserve">Groundwater Bodies Subdivision in Corsica: A Critical Approach Based on Multivariate Water Quality Criteria Using Large Database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Lazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Ayach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Garel</w:t>
+                <w:t xml:space="preserve">Abdoul-Azize Barry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Gillon</w:t>
+                <w:t xml:space="preserve">Ismail Mohsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milanka Babic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.E. Spangenberg</w:t>
+                <w:t xml:space="preserve">Abdessamad Touiouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.161098⟩</w:t>
+              <w:t xml:space="preserve">Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (11), pp.213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/hydrology10110213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03978222v1</w:t>
+                <w:t xml:space="preserve">hal-04396603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small Mediterranean coastal Lagoons Under Threat: Hydro-ecological Disturbances and Local Anthropogenic Pressures (Size Matters)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Role of Groundwater in CO2 Production and Carbon Storage in Mediterranean Peatlands: An Isotope Geochemistry Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viviana Ligorini</w:t>
+                <w:t xml:space="preserve">Marina Gillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléa Crayol</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Garel</w:t>
+                <w:t xml:space="preserve">Milanka Babic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Malet</w:t>
+                <w:t xml:space="preserve">J.E. Spangenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuaries and Coasts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 866, pp.1-39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12237-023-01182-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.161098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203993v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03978222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xylem formation patterns from Mediterranean to subalpine climate conditions reveal high growth plasticity of pine species on Corsica</w:t>
               </w:r>
@@ -1675,51 +1675,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertil Nlend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Ngo Boum-Nkot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustave Nkoue Ndondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1764,874 +1764,874 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04739588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-tracer approach to understand nitrate contamination and groundwater-surface water interactions in the Mediterranean coastal area of Guerbes-Senhadja, Algeria</w:t>
+                <w:t xml:space="preserve">Insight into Groundwater Resources along the Coast of Benin (West Africa) through Geochemistry and Isotope Hydrology; Recommendations for Improved Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamine Boumaiza</w:t>
+                <w:t xml:space="preserve">Diane Odeloui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertil Nlend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Walter</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Émilie Garel</w:t>
+                <w:t xml:space="preserve">Hélène Celle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2022.104098⟩</w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (14), pp.2154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w14142154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04807870v1</w:t>
+                <w:t xml:space="preserve">hal-04272403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight into Groundwater Resources along the Coast of Benin (West Africa) through Geochemistry and Isotope Hydrology; Recommendations for Improved Management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The input signal to a carbonate aquifer highlights recharge processes and climate evolution under temperate Atlantic conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feifei Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Odeloui</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hélène Celle</w:t>
+                <w:t xml:space="preserve">Philippe Négrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/w14142154⟩</w:t>
+              <w:t xml:space="preserve">Hydrological Sciences Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02626667.2022.2072222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04272403v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The input signal to a carbonate aquifer highlights recharge processes and climate evolution under temperate Atlantic conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-tracer approach to understand nitrate contamination and groundwater-surface water interactions in the Mediterranean coastal area of Guerbes-Senhadja, Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Boumaiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feifei Cao</w:t>
+                <w:t xml:space="preserve">Julien Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
+                <w:t xml:space="preserve">Romain Chesnaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Négrel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Garel</w:t>
+                <w:t xml:space="preserve">Émilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrological Sciences Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 251, pp.104098. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02626667.2022.2072222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2022.104098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03681110v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04807870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the hydrogeological resilience of a groundwater-dependent Mediterranean peatland: Impact of global change and role of water management strategies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Shallow urban aquifers under hyper-recharge equatorial conditions and strong anthropogenic constrains. Implications in terms of groundwater resources potential and integrated water resources management strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nlend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Marc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Miller</w:t>
+                <w:t xml:space="preserve">S. Ngo Boum-Nkot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 768, pp.144721. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.144721⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 757, pp.143887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.143887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03549220v1</w:t>
+                <w:t xml:space="preserve">hal-03236328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The challenge of assessing the proper functioning conditions of coastal lagoons to improve their future management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the hydrogeological resilience of a groundwater-dependent Mediterranean peatland: Impact of global change and role of water management strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Erostate</w:t>
+                <w:t xml:space="preserve">V. Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Ghiotti</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">E. Garel</w:t>
+                <w:t xml:space="preserve">J. Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 803, pp.150052. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.150052⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 768, pp.144721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.144721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03345339v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shallow urban aquifers under hyper-recharge equatorial conditions and strong anthropogenic constrains. Implications in terms of groundwater resources potential and integrated water resources management strategies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Nlend</w:t>
+                <w:t xml:space="preserve">The challenge of assessing the proper functioning conditions of coastal lagoons to improve their future management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Erostate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Stéphane Ghiotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jouffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Ngo Boum-Nkot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 757, pp.143887. </w:t>
+              <w:t xml:space="preserve">, 2021, 803, pp.150052. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.143887⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.150052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03236328v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03345339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection and quantification of low submarine groundwater discharge flows by radionuclides to support conceptual hydrogeological model of porous aquifers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2708,90 +2708,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groundwater dependent ecosystems in coastal Mediterranean regions: Characterization, challenges and management for their protection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Erostate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ghiotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Vystavna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2836,351 +2836,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02430105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shallow groundwater quality evolution after 20 years of exploitation in the southern Lake Chad: hydrochemistry and stable isotopes survey in the far north of Cameroon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The relationship between climate and the intra-annual oxygen isotope patterns from pine trees: a case study along an elevation gradient on Corsica, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bello</w:t>
+                <w:t xml:space="preserve">Sonja Szymczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ketchemen-Tandia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Huneau</w:t>
+                <w:t xml:space="preserve">Achim Bräuning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Häusser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 78 (15), pp.474. </w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 76 (3), pp.76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12665-019-8494-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13595-019-0860-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03524172v1</w:t>
+                <w:t xml:space="preserve">hal-02910731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The relationship between climate and the intra-annual oxygen isotope patterns from pine trees: a case study along an elevation gradient on Corsica, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shallow groundwater quality evolution after 20 years of exploitation in the southern Lake Chad: hydrochemistry and stable isotopes survey in the far north of Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonja Szymczak</w:t>
+                <w:t xml:space="preserve">M. Bello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achim Bräuning</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+                <w:t xml:space="preserve">B. Ketchemen-Tandia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nlend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 76 (3), pp.76. </w:t>
+              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 78 (15), pp.474. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13595-019-0860-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12665-019-8494-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02910731v1</w:t>
+                <w:t xml:space="preserve">hal-03524172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surexploitation et pollution du Continental Terminal dans les grandes villes côtières ouest-africaines : conséquences et enjeux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertil Nlend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Ngo Boum-Nkot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3229,351 +3229,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02548897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling isotope hydrology, geochemical tracers and emerging compounds to evaluate mixing processes and groundwater dependence of a highly anthropized coastal hydrosystem</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Combinations of geoenvironmental data underline coastal aquifer anthropogenic nitrate legacy through groundwater vulnerability mapping methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Erostate</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Y. Vystavna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 578, pp.123979 -. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 658, pp.1390-1403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2019.123979⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.12.249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03488273v1</w:t>
+                <w:t xml:space="preserve">hal-02553115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinations of geoenvironmental data underline coastal aquifer anthropogenic nitrate legacy through groundwater vulnerability mapping methods</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Coupling isotope hydrology, geochemical tracers and emerging compounds to evaluate mixing processes and groundwater dependence of a highly anthropized coastal hydrosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Erostate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Erostate</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Vystavna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 658, pp.1390-1403. </w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 578, pp.123979 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.12.249⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2019.123979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02553115v1</w:t>
+                <w:t xml:space="preserve">hal-03488273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delayed nitrate dispersion within a coastal aquifer provides constraints on land-use evolution and nitrate contamination in the past</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Erostate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3650,77 +3650,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple recharge processes to heterogeneous Mediterranean coastal aquifers and implications on recharge rates evolution in time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 559, pp.669-683. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3754,51 +3754,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation des réseaux DREAL Auvergne Rhône-Alpes et AUVERWATCH (AUVERgne WATer Chemistry) dédiés au suivi de la contamination en nitrates et de la qualité des eaux de la nappe alluviale de l’Allier (Auvergne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolau Nathalie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3873,907 +3873,907 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02548910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strontium isotopes as tracers of water-rocks interactions, mixing processes and residence time indicator of groundwater within the granite-carbonate coastal aquifer of Bonifacio (Corsica, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Quels outils pour la reconnaissance des potentialités aquifères des zones côtières sous forte pression anthropique ? Vers une mise en exploitation durable des ressources du plateau carbonaté de Bonifacio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santoni Sebastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Aquilina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Virginie Vergnaud-Ayraud</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Labasque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Géologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01355392v1</w:t>
+                <w:t xml:space="preserve">hal-02945760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Residence time, mineralization processes and groundwater origin within a carbonate coastal aquifer with a thick unsaturated zone</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Strontium isotopes as tracers of water-rocks interactions, mixing processes and residence time indicator of groundwater within the granite-carbonate coastal aquifer of Bonifacio (Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Luc Aquilina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Virginie Vergnaud-Ayraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Labasque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 540, pp.50-63. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 573, pp.233-246. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2016.06.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.08.087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01328624v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01355392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels outils pour la reconnaissance des potentialités aquifères des zones côtières sous forte pression anthropique ? Vers une mise en exploitation durable des ressources du plateau carbonaté de Bonifacio</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Residence time, mineralization processes and groundwater origin within a carbonate coastal aquifer with a thick unsaturated zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frederic Huneau</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luc Aquilina</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Vergnaud-Ayraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Labasque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géologues</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 540, pp.50-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2016.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01472619v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01328624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels outils pour la reconnaissance des potentialités aquifères des zones côtières sous forte pression anthropique ? Vers une mise en exploitation durable des ressources du plateau carbonaté de Bonifacio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Aquilina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">T. Labasque</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Labasque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géologues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">, 2016, 191, pp.58-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945760v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01472619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and recharge mechanisms of groundwater in the upper part of the Awaj River (Syria) based on hydrochemistry and environmental isotope techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazeer Asmael</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Celle-Jeanton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Le Coustumer</w:t>
+                <w:t xml:space="preserve">Philippe Le Coustumer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arabian Journal of Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 8 (12), pp.10521-10542. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+              <w:t xml:space="preserve">, 2015, 8 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12517-015-1953-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03936723v1</w:t>
+                <w:t xml:space="preserve">hal-01297775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and recharge mechanisms of groundwater in the upper part of the Awaj River (Syria) based on hydrochemistry and environmental isotope techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazeer Asmael</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Le Coustumer</w:t>
+                <w:t xml:space="preserve">P. Le Coustumer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arabian Journal of Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 8 (12), </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 8 (12), pp.10521-10542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12517-015-1953-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12517-015-1953-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01297775v1</w:t>
+                <w:t xml:space="preserve">hal-03936723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrochemistry to delineate groundwater flow conditions in the Mogher Al Mer area (Damascus Basin, Southwestern Syria)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazeer Asmael</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Le Coustumer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 72 (8), pp.3205-3225. </w:t>
@@ -4939,444 +4939,444 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01066869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geological discontinuities, main flow path and chemical alteration in a marly hill prone to slope instability: Assessment from petrophysical measurements and borehole image analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Lofi</w:t>
+                <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Pezard</w:t>
+                <w:t xml:space="preserve">S. Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Loggia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Garel</w:t>
+                <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Gautier</w:t>
+                <w:t xml:space="preserve">S. Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 26 (14), pp.2071-2084. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00757581v1</w:t>
+                <w:t xml:space="preserve">hal-01336709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-L. Cognard-Plancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 26 (14), pp.2171-2186. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/hyp.9273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large scale rainfall simulation to investigate infiltration processes in a small landslide under dry initial conditions: the Draix hillslope experiment.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geological discontinuities, main flow path and chemical alteration in a marly hill prone to slope instability: Assessment from petrophysical measurements and borehole image analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Klotz</w:t>
+                <w:t xml:space="preserve">Johanna Lofi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pezard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Loggia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 26 (14), pp.2071-2084. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hyp.7997⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01336709v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00757581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring water flow in a clay-shale hillslope from geophysical data fusion based on a fuzzy logic approach</w:t>
               </w:r>
@@ -5543,51 +5543,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.C. Cook</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lagabrielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Cormier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5634,51 +5634,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abrupt axial variations along the slow to ultra-slow spreading centers of the northern North Fiji Basin (S.W Pacific) : Evidence for short wave heterogeneities in a back-arc mantle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lagabrielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5742,600 +5742,592 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00407003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (75)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (76)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing nitrogen pollution sources in urban groundwater using emerging compounds and isotopic tracers: A case study from the city of Bangui (Central African Republic)</w:t>
+                <w:t xml:space="preserve">Estimating Gross Primary Production in Mediterranean catchments using isotopic mass balance: A multi-source ecohydrological approach applied to Corsica (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivera Aude Bidakette Yandai</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+                <w:t xml:space="preserve">Lucas Bouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Allahdin</w:t>
+                <w:t xml:space="preserve">Pierre-Alain Guisiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Foto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Leydier</w:t>
+                <w:t xml:space="preserve">Andrew Watson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groundwater Quality 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2026, Vienna (Austria), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu26-5826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05265177v1</w:t>
+                <w:t xml:space="preserve">hal-05552924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The PaoliBoat® software: a fast and simple tool for a 2D/3D vision of any in situ time-stamped geo-localized data. Application to groundwater-dependent wetlands</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessing nitrogen pollution sources in urban groundwater using emerging compounds and isotopic tracers: A case study from the city of Bangui (Central African Republic)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanina Pasqualini</w:t>
+                <w:t xml:space="preserve">Olivera Aude Bidakette Yandai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Allahdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Foto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Leydier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
+              <w:t xml:space="preserve">Groundwater Quality 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802833v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05265177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EMER-LAG Les contaminants émergents comme révélateurs de processus d'anthropisation différenciés sur les lagunes méditerranéennes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the resilience of Mediterranean groundwater-dependent river systems by mean residence time of water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Guisiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Leydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel de l'OHM Littoral méditerranéen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, OHM Littoral méditerranéen, Mar 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04533004v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emerging organic contaminants and isotope indicators as tracers of surface water-groundwater connectivity in coastal Mediterranean lagoons systems – the case of the “Etang de l’Or” lagoon (Languedoc coast, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Leydier</w:t>
+                <w:t xml:space="preserve">Isotope and geochemistry hydrology to highlight groundwater contribution on hydroperiod of Mediterranean temporary ponds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808730v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogeological behavior of Mediterranean river systems during extreme drought: highlights from a multi-tracer approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Guisiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6363,3291 +6355,3342 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04802566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotope and geochemistry hydrology to highlight groundwater contribution on hydroperiod of Mediterranean temporary ponds</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">How do groundwater – surface water interactions contribute to diffusion of mining pollution legacies over Mediterranean watersheds? – the case of the abandoned arsenic mine of Matra (Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Leydier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Bassil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04802529v1</w:t>
+                <w:t xml:space="preserve">hal-04808708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do groundwater – surface water interactions contribute to diffusion of mining pollution legacies over Mediterranean watersheds? – the case of the abandoned arsenic mine of Matra (Corsica, France)</w:t>
+                <w:t xml:space="preserve">Emerging organic contaminants and isotope indicators as tracers of surface water-groundwater connectivity in coastal Mediterranean lagoons systems – the case of the “Etang de l’Or” lagoon (Languedoc coast, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Leydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Pietri-Orsini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ghiotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808708v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater interactions and conservation strategies for Mediterranean temporary ponds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId201" w:history="1">
+                <w:t xml:space="preserve">The PaoliBoat® software: a fast and simple tool for a 2D/3D vision of any in situ time-stamped geo-localized data. Application to groundwater-dependent wetlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanina Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Davos (Suisse), Switzerland</w:t>
+              <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802499v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-isotope Tracing combined with Organic Compounds to Improve Pollution-sources Tracking of Groundwater in coastal regions of the Mediterranean</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+                <w:t xml:space="preserve">EMER-LAG Les contaminants émergents comme révélateurs de processus d'anthropisation différenciés sur les lagunes méditerranéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Leydier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Pietri-Orsini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléa Crayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
+              <w:t xml:space="preserve">Séminaire annuel de l'OHM Littoral méditerranéen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, OHM Littoral méditerranéen, Mar 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802861v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04533004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater contamination and ecosystem response in corsican micro-Estuaries: Seasonal influences and human activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-isotope Tracing combined with Organic Compounds to Improve Pollution-sources Tracking of Groundwater in coastal regions of the Mediterranean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802883v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the resilience of Mediterranean groundwater-dependent river systems by mean residence time of water</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Groundwater interactions and conservation strategies for Mediterranean temporary ponds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Leydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
+              <w:t xml:space="preserve">, Sep 2024, Davos (Suisse), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808685v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mediterranean Peatlands Hydrogeology and Carbon Balance Revealed by Isotope Geochemistry. IAEA International Symposium on Isotope Hydrology, Advancing the understanding of water cycle processes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Groundwater contamination and ecosystem response in corsican micro-Estuaries: Seasonal influences and human activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Le Coustumer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Stoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Negrete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Isotope Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IAEA, Jul 2023, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">World Groundwater Congress – International Association of Hydrogeologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04525645v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotope geochemistry disentangles interactions between water and carbon cycle in Mediterranean peatland</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Isotope hydrology and geochemistry disentangle the role of surface and groundwater on hydroperiod timing of Mediterranean temporary ponds and their vulnerability to global change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAH 50th Worldwide Groundwater Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Cape Town, South Africa</w:t>
+              <w:t xml:space="preserve">, Sep 2023, Cape Town, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04525601v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotope hydrology and geochemistry disentangle the role of surface and groundwater on hydroperiod timing of Mediterranean temporary ponds and their vulnerability to global change</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Dissolved organic matter survey in Mediterranean coastal groundwater-dependent ecosystems from remote sensing and in situ data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eyup Cihan Etes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bedri Kurtulus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAH 50th Worldwide Groundwater Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Cape Town, France</w:t>
+              <w:t xml:space="preserve">, Sep 2023, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04525578v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissolved organic matter survey in Mediterranean coastal groundwater-dependent ecosystems from remote sensing and in situ data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Mediterranean Peatlands Hydrogeology and Carbon Balance Revealed by Isotope Geochemistry. IAEA International Symposium on Isotope Hydrology, Advancing the understanding of water cycle processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAH 50th Worldwide Groundwater Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Cape Town, South Africa</w:t>
+              <w:t xml:space="preserve">International Symposium on Isotope Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAEA, Jul 2023, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04525530v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotope hydrology tools reveal the role and seasonality of groundwater inputs to mediterranean small lagoons functioning. IAEA International Symposium on Isotope Hydrology</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Isotope geochemistry disentangles interactions between water and carbon cycle in Mediterranean peatland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Gillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milanka Babic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge E. Spangenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Isotope Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IAEA, Jul 2023, Vienna, France</w:t>
+              <w:t xml:space="preserve">IAH 50th Worldwide Groundwater Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04525556v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-hydrogeological approach to identify contaminant fluxes towards groundwater-dependent hydrosystems, case of the Biguglia lagoon (Corsica, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eléa Crayol</w:t>
+                <w:t xml:space="preserve">Isotope hydrology tools reveal the role and seasonality of groundwater inputs to mediterranean small lagoons functioning. IAEA International Symposium on Isotope Hydrology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Symposium on Isotope Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAEA, Jul 2023, Vienna, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04068042v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using socio-hydrogeology to identify pollutant fluxes toward groundwater within a highly anthropized coastal hydrosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Crayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviana Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIème Assemblée Scientifique de l’Association Internationale des Sciences Hydrologiques IAHS 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04784104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using socio-hydrogeology to identify pollutant fluxes toward groundwater within a highly anthropized coastal hydrosystem</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Socio-hydrogeological approach to identify contaminant fluxes towards groundwater-dependent hydrosystems, case of the Biguglia lagoon (Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Crayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviana Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/iahs2022-443⟩</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-3412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04067996v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the riparian groundwater in a pristine Mediterranean micro-estuary catchment to quantify nutrient fluxes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Malet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAHS 2022 Scientific Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/iahs2022-646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04067848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of seasonal touristic activity on emerging contaminants of micro-estuaries and hydraulically connected water bodies in North-Western Corsica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using socio-hydrogeology to identify pollutant fluxes toward groundwater within a highly anthropized coastal hydrosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléa Crayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviana Re</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mattei</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Tafani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/iahs2022-443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/iahs2022-497⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04067962v1</w:t>
+                <w:t xml:space="preserve">hal-04067996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contaminants of emerging concerns in groundwater as tracers of antropization to small Mediterranean lagoons hydrosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Crayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra L Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/iahs2022-444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04067896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnement hydrogéologique des systèmes lagunaires méditerranéens et anthropisation des territoires, exemples du Sud de la Corse</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of seasonal touristic activity on emerging contaminants of micro-estuaries and hydraulically connected water bodies in North-Western Corsica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Tafani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/iahs2022-497⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03587934v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie de la signature isotopique (ISOSCAPE) des pluies en Corse (Méditérannée occidentale) : implications sur la connaissance des mécanismes climatiques à diverses échelles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertil Nlend</w:t>
+                <w:t xml:space="preserve">Fonctionnement hydrogéologique des systèmes lagunaires méditerranéens et anthropisation des territoires, exemples du Sud de la Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Crayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Mattei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">27e Réunion des Sciences de la Terre, RST-2021, Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03587785v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnement hydrogéologique des systèmes lagunaires méditerranéens et anthropisation des territoires, exemples du Sud de la Corse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Crayol</w:t>
+                <w:t xml:space="preserve">Cartographie de la signature isotopique (ISOSCAPE) des pluies en Corse (Méditérannée occidentale) : implications sur la connaissance des mécanismes climatiques à diverses échelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertil Nlend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mattei</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e Réunion des Sciences de la Terre, RST-2021, Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04784098v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03587785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissolved gases monitoring to disclose regional hydrogeochemical interactions processes involved in mineral water genesis in non-active zone: the case of Corsica Island</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Margaux Dupuy</w:t>
+                <w:t xml:space="preserve">Fonctionnement hydrogéologique des systèmes lagunaires méditerranéens et anthropisation des territoires, exemples du Sud de la Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléa Crayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03439003v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03587934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversité fonctionnelle des mécanismes de recharge des aquifères méditerranéens : mise en évidence par les isotopes stables de l'eau sur un territoire à la géologie et à l'hydroclimatologie hyper-contrastées (Corse, France)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+                <w:t xml:space="preserve">Dissolved gases monitoring to disclose regional hydrogeochemical interactions processes involved in mineral water genesis in non-active zone: the case of Corsica Island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Labasque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Chatton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Vergnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Goldschmidt2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Virtual, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7185/gold2021.7571⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03587859v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03439003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-method approach combining isotopic tracers, anthropogenic contaminants and mapping to retrace socio-environmental trajectories of groundwater-dependent coastal hydrosystems.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Erostate</w:t>
+                <w:t xml:space="preserve">Diversité fonctionnelle des mécanismes de recharge des aquifères méditerranéens : mise en évidence par les isotopes stables de l'eau sur un territoire à la géologie et à l'hydroclimatologie hyper-contrastées (Corse, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertil Nlend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vanina Pasqualini</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Mattei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Vienna (Austria), Austria</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04784113v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03587859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ecosystem-based approach to study a Biguglia lagoon socio-ecosystem (Mediterranean Sea).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Erostate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Garrido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Ecosystem-based Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04784158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The transdisciplinary approach on coastal hydrogeosystems: tracing back socioenvironmental trajectories and water policies evolution to improve their management and adaptability.</w:t>
+                <w:t xml:space="preserve">Multi-method approach combining isotopic tracers, anthropogenic contaminants and mapping to retrace socio-environmental trajectories of groundwater-dependent coastal hydrosystems.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Erostate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2020, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">, May 2020, Vienna (Austria), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04784153v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling geochemistry, environmental isotopes and organic pollutants to improve the understanding of anthropized coastal groundwater dependent hydrosystems.</w:t>
+                <w:t xml:space="preserve">The transdisciplinary approach on coastal hydrogeosystems: tracing back socioenvironmental trajectories and water policies evolution to improve their management and adaptability.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Erostate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ghiotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04784118v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating a highly anthropized coastal groundwater dependant hydrosystem with geochemistry, environmental isotope and organic pollutants.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+                <w:t xml:space="preserve">Isotope and geochemical tracers to quantify seasonal variations of the water balance components in a groundwater-dependent low altitude Mediterranean peat bog (Corsica Island, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Gillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th IAH Congress</w:t>
+              <w:t xml:space="preserve">46th IAH Congress : Groundwater management and governance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04784109v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03572879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HydrArchive-LAG : Existe-t'il un archivage hydrogéologique des ruptures hydrosystémiques qualitatives brutales au sein du bassin versant de Biguglia?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Erostate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9656,361 +9699,335 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire annuel 2019 de l'OHM Littoral méditerranéen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; OHM Littoral méditerranéen, Mar 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04651751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotope and geochemical tracers to quantify seasonal variations of the water balance components in a groundwater-dependent low altitude Mediterranean peat bog (Corsica Island, France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Marc</w:t>
+                <w:t xml:space="preserve">Investigating a highly anthropized coastal groundwater dependant hydrosystem with geochemistry, environmental isotope and organic pollutants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Erostate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanina Pasqualini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th IAH Congress : Groundwater management and governance</w:t>
+              <w:t xml:space="preserve">46th IAH Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03572879v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delineating the Aquifer Role in the Anthropogenic Fingerprint on the Groundwater-Dependent Ecosystem of the Biguglia Lagoon (Corsica, France)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
+                <w:t xml:space="preserve">Coupling geochemistry, environmental isotopes and organic pollutants to improve the understanding of anthropized coastal groundwater dependent hydrosystems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Erostate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pulido-Velazquez D. (eds) Groundwater and Global Change in the Western Mediterranean Area. Environmental Earth Sciences. Springer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Vienna, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01824846v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">µPOL-LAG: Utilisation des micro-polluants émergents comme marqueurs de l'anthropisation côtière récente des flux superficiels et souterrains vers les lagunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Erostate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10019,4601 +10036,4593 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pasqualini Vanina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire annuel 2018 de l'OHM Littoral méditerranéen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; OHM Littoral méditerranéen, Mar 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04651259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NITROLAG - Dynamique socio-hydrogéologique du bassin-versant de la lagune de Biguglia: dualité entre résilience et vulnérabilité. μPOL-LAG + utilisation des micro-polluants émergents comme marqueurs de l'anthropisation côtière récente des flux superficiels et souterrains vers les lagunes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Samuel Robert</w:t>
+                <w:t xml:space="preserve">Delineating the Aquifer Role in the Anthropogenic Fingerprint on the Groundwater-Dependent Ecosystem of the Biguglia Lagoon (Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Erostate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanina Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel 2017 de l'OHM Littoral méditerranéen</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pulido-Velazquez D. (eds) Groundwater and Global Change in the Western Mediterranean Area. Environmental Earth Sciences. Springer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Toulouse, France. pp.137-142, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-69356-9_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04651145v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01824846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projets ASTIRIA &amp; ACQUA</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Jacob</w:t>
+                <w:t xml:space="preserve">Groundwater-socio dynamic of a coastal system : A paradigm key for the resilience of a lagoon ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Erostate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Cavelan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emilie Garel</w:t>
+                <w:t xml:space="preserve">Damienne Provitolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel 2017 de l'OHM Littoral méditerranéen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS; OHM Littoral méditerranéen, Mar 2017, Marseille, France</w:t>
+              <w:t xml:space="preserve">Heritage and Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04651103v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater-socio dynamic of a coastal system : A paradigm key for the resilience of a lagoon ecosystem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">NITROLAG - Dynamique socio-hydrogéologique du bassin-versant de la lagune de Biguglia: dualité entre résilience et vulnérabilité. μPOL-LAG + utilisation des micro-polluants émergents comme marqueurs de l'anthropisation côtière récente des flux superficiels et souterrains vers les lagunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pasqualini Vanina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Damienne Provitolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Robert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heritage and Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">Séminaire annuel 2017 de l'OHM Littoral méditerranéen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS; OHM Littoral méditerranéen, Mar 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527564v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of intrinsic vulnerability of an alluvial aquifer under anthropogenic pressure : cross comparison of 4 index-based groundwater vulnerability mapping models within the Biguglia lagoon watershed (Corsica, France)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. Garel</w:t>
+                <w:t xml:space="preserve">Projets ASTIRIA &amp; ACQUA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Simonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Devos</w:t>
+                <w:t xml:space="preserve">Jérémy Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Lejeune</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amélie Cavelan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Di Giovanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Abstracts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, NULL, Austria. pp.EGU2016-2792</w:t>
+              <w:t xml:space="preserve">Séminaire annuel 2017 de l'OHM Littoral méditerranéen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS; OHM Littoral méditerranéen, Mar 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01790226v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater contamination in relation with the increasing urbanization rate in Africa. Case of Cotonou and Porto Novo (Benin).</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Land use and vulnerability of the groundwater (2016) The case of the coastal aquifer of the Biguglia lagoon (Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Boukari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Alassane</w:t>
+                <w:t xml:space="preserve">Dennis Fox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">43rd IAH International Congress “Groundwater and Society: 60 years of IAH”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507067v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01790225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The long term hydrological research site AUVER-WATCH (Allier hydrosystem, France): promoting interdisciplinary research into alluvial aquifers.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+                <w:t xml:space="preserve">Dynamique sédimentaire récente et eutrophisation de la lagune de Biguglia : nature, origine et distribution des apports sédimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cavelan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Simonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Le Milbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Devidal</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F. Huneau</w:t>
+                <w:t xml:space="preserve">Angélina Belli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th International Geological Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Cape Town, South Africa</w:t>
+              <w:t xml:space="preserve">25ème Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507078v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01689665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique sédimentaire récente et eutrophisation de la lagune de Biguglia : nature, origine et distribution des apports sédimentaires</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Jacob</w:t>
+                <w:t xml:space="preserve">Groundwater contamination in relation with the increasing urbanization rate in Africa. Case of Cotonou and Porto Novo (Benin).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Odeloui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Le Milbeau</w:t>
+                <w:t xml:space="preserve">M. Boukari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélina Belli</w:t>
+                <w:t xml:space="preserve">A. Alassane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01689665v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01507067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shallow groundwater from the far north of Cameroon (southern Lake Chad): revisiting a 20 years old survey of hydrochemistry and stable isotopes.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Ketchemen-Tandia</w:t>
+                <w:t xml:space="preserve">The long term hydrological research site AUVER-WATCH (Allier hydrosystem, France): promoting interdisciplinary research into alluvial aquifers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Mohammad</w:t>
+                <w:t xml:space="preserve">J.L. Devidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Fouepe</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+                <w:t xml:space="preserve">G. Mailhot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">35th International Geological Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01507062v1</w:t>
+                <w:t xml:space="preserve">hal-01507078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le patrimoine géologique de la Corse : état de l'inventaire et perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shallow groundwater from the far north of Cameroon (southern Lake Chad): revisiting a 20 years old survey of hydrochemistry and stable isotopes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ketchemen-Tandia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Pereira</w:t>
+                <w:t xml:space="preserve">B. Mohammad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Vincenti</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F. Huneau</w:t>
+                <w:t xml:space="preserve">A. Fouepe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nlend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les inventaires du géopatrimoine : enjeux, bilans et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cornée A., Egoroff G., De Wever P., Lalanne A., Duranthon F., Sep 2015, Toulouse, France. pp.287-300</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01983173v1</w:t>
+                <w:t xml:space="preserve">hal-01507062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable isotope composition of rainwater as a proxy to delineate recharge processes to Mediterranean coastal aquifers.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Assessment of intrinsic vulnerability of an alluvial aquifer under anthropogenic pressure : cross comparison of 4 index-based groundwater vulnerability mapping models within the Biguglia lagoon watershed (Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lejeune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd IAH Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Geophysical Research Abstracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, NULL, Austria. pp.EGU2016-2792</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507088v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01790226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater role on the ecological preservation of the Biguglia lagoon (Corsica, France).</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Santoni Sebastien</w:t>
+                <w:t xml:space="preserve">Le patrimoine géologique de la Corse : état de l'inventaire et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vincenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-M. Ottavian-Spella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th International Geological Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Cape Town, South Africa</w:t>
+              <w:t xml:space="preserve">Les inventaires du géopatrimoine : enjeux, bilans et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cornée A., Egoroff G., De Wever P., Lalanne A., Duranthon F., Sep 2015, Toulouse, France. pp.287-300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507075v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land use and vulnerability of the groundwater (2016) The case of the coastal aquifer of the Biguglia lagoon (Corsica, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Stable isotope composition of rainwater as a proxy to delineate recharge processes to Mediterranean coastal aquifers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd IAH International Congress “Groundwater and Society: 60 years of IAH”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">43rd IAH Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01790225v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01507088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New isotopic data on precipitation and River water in the Central African Republic (GNIP and GNIR stations at Bangui)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B Nguerekossi</w:t>
+                <w:t xml:space="preserve">Groundwater role on the ecological preservation of the Biguglia lagoon (Corsica, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santoni Sebastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Isotope Hydrology, Revisiting Foundations and Exploring Frontiers, IAEA, Vienna, Austria, 11-15 May 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">35th International Geological Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01297798v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01507075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater flow and origin within the Biguglia lagoon watershed (Corsica, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">A new network for isotopes in precipitation of Corsica (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santoni Sebastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd IAH International Congress "Hydrogeology: back to the Future!", 13-18 September 2015, Rome, Italy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rome, Italy</w:t>
+              <w:t xml:space="preserve">International Symposium on Isotope Hydrology, Revisiting Foundations and Exploring Frontiers, IAEA, Vienna, Austria, 11-15 May 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01297782v1</w:t>
+                <w:t xml:space="preserve">hal-01297795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable isotopes in precipitation of Corsica (France) and insight into insular isotopic signature of groundwater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42nd IAH International Congress "Hydrogeology: back to the Future!", 13-18 September 2015, Rome, Italy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01297785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new network for isotopes in precipitation of Corsica (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">A radium and radon tracing experiment to estimate low submarine groundwater discharge (aquifer of Bonifacio, Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriano Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Travi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Isotope Hydrology, Revisiting Foundations and Exploring Frontiers, IAEA, Vienna, Austria, 11-15 May 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01297795v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A radium and radon tracing experiment to estimate low submarine groundwater discharge (aquifer of Bonifacio, Corsica, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Groundwater flow and origin within the Biguglia lagoon watershed (Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriano Mayer</w:t>
+                <w:t xml:space="preserve">C Luccioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Travi</w:t>
+                <w:t xml:space="preserve">Alain Devos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Isotope Hydrology, Revisiting Foundations and Exploring Frontiers, IAEA, Vienna, Austria, 11-15 May 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">42nd IAH International Congress "Hydrogeology: back to the Future!", 13-18 September 2015, Rome, Italy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01297793v1</w:t>
+                <w:t xml:space="preserve">hal-01297782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropogenic influence on the groundwater dependent ecosystem of the Biguglia lagoon (Corsica, France)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alain Devos</w:t>
+                <w:t xml:space="preserve">New isotopic data on precipitation and River water in the Central African Republic (GNIP and GNIR stations at Bangui)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal-Laure Djebebe-Ndjiguim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Foto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lejeune</w:t>
+                <w:t xml:space="preserve">S Backo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Basse-Keke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Nguerekossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd IAH International Congress "Hydrogeology: back to the Future!", 13-18 September 2015, Rome, Italy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rome, Italy</w:t>
+              <w:t xml:space="preserve">International Symposium on Isotope Hydrology, Revisiting Foundations and Exploring Frontiers, IAEA, Vienna, Austria, 11-15 May 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01297779v1</w:t>
+                <w:t xml:space="preserve">hal-01297798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AUVER-WATCH (Auvergne-Water-Chemistry), an experimental site for researcher and water managers. First years results of the chemical, isotopic and contaminant long term monitoring</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frederic Huneau</w:t>
+                <w:t xml:space="preserve">Anthropogenic influence on the groundwater dependent ecosystem of the Biguglia lagoon (Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42nd IAH International Congress "Hydrogeology: back to the Future!", 13-18 September 2015, Rome, Italy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01297789v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strontium isotopic identification of water-rock interaction and groundwater mixing ratios within the multilayered coastal aquifer of Bonifacio (Corsica, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">AUVER-WATCH (Auvergne-Water-Chemistry), an experimental site for researcher and water managers. First years results of the chemical, isotopic and contaminant long term monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Devidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Lavastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Virginie Ayraud-Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42nd IAH International Congress "Hydrogeology: back to the Future!", 13-18 September 2015, Rome, Italy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01297787v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huneau Radium and radon constraints on submarine groundwater discharge in the Bonifacio Aquifer, Corsica (France).</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Mayer</w:t>
+                <w:t xml:space="preserve">Strontium isotopic identification of water-rock interaction and groundwater mixing ratios within the multilayered coastal aquifer of Bonifacio (Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Radakovitch</w:t>
+                <w:t xml:space="preserve">L. Aquilina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cockenpot S</w:t>
+                <w:t xml:space="preserve">Virginie Ayraud-Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41. IAH International Congress "Groundwater : Challenges and Strategies"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">42nd IAH International Congress "Hydrogeology: back to the Future!", 13-18 September 2015, Rome, Italy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01336703v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and mineral waters from the island of Corsica (France). From the hydrogeological characterization to the rebirth of the hydrothermal industry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Groundwater residence time (CFCs, SF6) and flow pattern within the coastal aquifer of Bonifacio (Southern Corsica, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santoni Sebastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Santoni Sebastien</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Labasque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ayraud-Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MinWat 2014, International Multidisciplinary Conference on Mineral Waters Genesis, Exploitation, Protection and Valorisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Karlovy Vary, Czech Republic</w:t>
+              <w:t xml:space="preserve">41st IAH International Congress "Groundwater : Challenges and Strategies"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02945865v1</w:t>
+                <w:t xml:space="preserve">hal-01144821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification géochimique et isotopique des processus hydrogéologiques au sein de l’aquifère littoral de Bonifacio (Corse-du- Sud)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+                <w:t xml:space="preserve">Thermal and mineral waters from the island of Corsica (France). From the hydrogeological characterization to the rebirth of the hydrothermal industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomini Aude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thierry Labasque</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santoni Sebastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24 ème Réunion des sciences de la Terre 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Pau, France. pp.449</w:t>
+              <w:t xml:space="preserve">MinWat 2014, International Multidisciplinary Conference on Mineral Waters Genesis, Exploitation, Protection and Valorisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Karlovy Vary, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01080874v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and mineral waters from the island of Corsica (France). From the hydrogeological characterization to the rebirth of the hydrothermal industry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Identification géochimique et isotopique des processus hydrogéologiques au sein de l’aquifère littoral de Bonifacio (Corse-du- Sud)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Santoni Sebastien</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Labasque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Multidisciplinary Conference on Mineral Waters, MinWat2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Karlovy Vary, Czech Republic</w:t>
+              <w:t xml:space="preserve">24 ème Réunion des sciences de la Terre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Pau, France. pp.449</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01144813v1</w:t>
+                <w:t xml:space="preserve">insu-01080874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radium and radon constraints on submùarine groundwater discharge in the Bonifacio aquifer, Corsica (France)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId317" w:history="1">
+                <w:t xml:space="preserve">Huneau Radium and radon constraints on submarine groundwater discharge in the Bonifacio Aquifer, Corsica (France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. S. Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Radakovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cockenpot S</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41st IAH International Congress "Groundwater : Challenges and Strategies"</w:t>
+              <w:t xml:space="preserve">41. IAH International Congress "Groundwater : Challenges and Strategies"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01144819v1</w:t>
+                <w:t xml:space="preserve">hal-01336703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater residence time (CFCs, SF6) and flow pattern within the coastal aquifer of Bonifacio (Southern Corsica, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Thermal and mineral waters from the island of Corsica (France). From the hydrogeological characterization to the rebirth of the hydrothermal industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomini Aude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy J. Jaunat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santoni Sebastien</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Virginie Ayraud-Vergnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41st IAH International Congress "Groundwater : Challenges and Strategies"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">International Multidisciplinary Conference on Mineral Waters, MinWat2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Karlovy Vary, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01144821v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01144813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic characterization of the Precambrian carbonate aquifers under the city of Bangui (Central African Republic).</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Foto</w:t>
+                <w:t xml:space="preserve">Radium and radon constraints on submùarine groundwater discharge in the Bonifacio aquifer, Corsica (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santoni Sebastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriano Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mari Ito</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+                <w:t xml:space="preserve">Cockenpot S</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">41st IAH International Congress "Groundwater : Challenges and Strategies"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803040v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01144819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An environmental tracers approach to characterize groundwater recharge within a carbonate coastal aquifer (Corse-du-Sud, France).</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Isotopic characterization of the Precambrian carbonate aquifers under the city of Bangui (Central African Republic).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal-Laure Djebebe-Ndjiguim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Foto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mari Ito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Celle-Jeanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803041v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The carbonate coastal aquifer of Bonifacio (Corsica, France). Groundwater pathways and submarine groundwater discharge.</w:t>
+                <w:t xml:space="preserve">An environmental tracers approach to characterize groundwater recharge within a carbonate coastal aquifer (Corse-du-Sud, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michelle Ferrandini</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Ferrandini</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Béatrice Khoumeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Travi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th International Association of Hydrogeologists Congress (IAH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Niagara Falls, Canada</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803026v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater - surface water interactions within a crystalline and carbonate basin. The Forca-Tavignano Basin (Corsica, France).</w:t>
+                <w:t xml:space="preserve">The carbonate coastal aquifer of Bonifacio (Corsica, France). Groundwater pathways and submarine groundwater discharge.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambre Gamerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Ferrandini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Ferrandini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Khoumeri</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Simler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th International Association of Hydrogeologists Congress (IAH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Niagara Falls, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803029v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of recharge processes in soft clay shales unsable hillslope (French South Alps); Proposition of a 3 reservoirs conceptual model.</w:t>
+                <w:t xml:space="preserve">Groundwater - surface water interactions within a crystalline and carbonate basin. The Forca-Tavignano Basin (Corsica, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Marc</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Gamerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Ferrandini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Ruy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
+                <w:t xml:space="preserve">Jean Ferrandini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Khoumeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geoscience Union 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">39th International Association of Hydrogeologists Congress (IAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Niagara Falls, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803032v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring water clay content in highly-clayey soils. Calibration, temperature dependence and field use of &amp;quot;WCR&amp;quot; probes.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude d'un système hydrogéologique complexe de montagne en Centre Corse (Méditerranée occidentale).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Khoumeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Ferrandini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Ferrandini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Madeleine Spella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geoscience Union 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Conférence "Gestion des ressources en eau souterraine", Groundwater 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803034v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00593582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement hydrologique et hydro-géochimique des versants marneux de Terres Noires. La vallée de l’Ubaye : un territoire unique pour les recherches en géosciences.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.H Debieche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique de Montety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cervi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> colloque d’ouverture "Les Cahiers de Seolane N°1"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Barcelonnette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01338681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude d'un système hydrogéologique complexe de montagne en Centre Corse</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monitoring water clay content in highly-clayey soils. Calibration, temperature dependence and field use of &amp;quot;WCR&amp;quot; probes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Madeleine Spella</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Esteves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolle Mathys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groundwater, Orléans 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, France. http://www.groundwater-2011.net/var/groundwater_2011/storage/fckeditor/file/Groundwater%202011/Progr</w:t>
+              <w:t xml:space="preserve">European Geoscience Union 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00603994v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude d'un système hydrogéologique complexe de montagne en Centre Corse (Méditerranée occidentale).</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of recharge processes in soft clay shales unsable hillslope (French South Alps); Proposition of a 3 reservoirs conceptual model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Madeleine Spella</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence "Gestion des ressources en eau souterraine", Groundwater 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Orléans, France</w:t>
+              <w:t xml:space="preserve">European Geoscience Union 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00593582v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field-scale infiltration experiments to understand landslide hydrology and mechanics: multi-source results obtained on the Super-Sauze and Laval landslides</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D. M. Pradzynska</w:t>
+                <w:t xml:space="preserve">Etude d'un système hydrogéologique complexe de montagne en Centre Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Khoumeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Hocine-Debieche</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Ferrandini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Ferrandini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Madeleine Spella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Groundwater, Orléans 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, France. http://www.groundwater-2011.net/var/groundwater_2011/storage/fckeditor/file/Groundwater%202011/Progr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01110082v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00603994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêts du traçage naturel et artificiel pour l'étude in situ des écoulements dans les matériaux très hétérogènes - le cas des marnes noires de Super-Sauze et Draix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.H Debieche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Emblanch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14649,879 +14658,1004 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00533975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Futuma ridge, North fiji basin : new evidences for small scale heterogeneities within the mantle.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Lagabrielle</w:t>
+                <w:t xml:space="preserve">Field-scale infiltration experiments to understand landslide hydrology and mechanics: multi-source results obtained on the Super-Sauze and Laval landslides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Benoit</w:t>
+                <w:t xml:space="preserve">T Travelletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Guivel</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">2003</w:t>
+                <w:t xml:space="preserve">D. M. Pradzynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Hocine-Debieche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Geosciences Union</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00119259v1</w:t>
+                <w:t xml:space="preserve">hal-01110082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Futuna ridge Norht Fiji Basin : new evidences from small scale heterogneities within the mantle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lagabrielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Abstracts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00127166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Futuma ridge, North fiji basin : new evidences for small scale heterogeneities within the mantle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Lagabrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00119259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-hydrogeological approach to identify pollutant fluxes on a highly anthropized coastal groundwater dependent ecosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Crayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviana Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference “Groundwater, key to the Sustainable Development Goals”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04067734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les polluants émergents présents dans les eaux souterraines comme traceurs des flux d’anthropisation vers de petits hydrosystèmes lagunaires méditerranéens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Crayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JILO 2022 - 5èmes Journées Internationales de Limnologie et d’Océanographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Corte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04784106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche socio-hydrogéologique pour l’identification des flux de contaminants vers les hydrosystèmes lagunaires méditerranéens.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Crayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviana Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM, Toulouse, France.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04784094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of water infiltration in soft clay-shale unstable hillslopes (South French Alps): proposition of a three reservoirs conceptual model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Cognard-Plancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Abstracts, Vol. 13, EGU General Assembly 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01336720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure de la teneur en eau dans un sol marneux fortement hétérogène par des sondes de teneur en eau réflectométriques (WCR CS616)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33. Journées Scientifiques du GFHN 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Avignon, France. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15531,51 +15665,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les eaux souterraines aident-elles à la préservation des écosystèmes lagunaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Erostate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15584,102 +15718,102 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Pasqualini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bulletin de la Société des Sciences Historiques et Naturelles de la Corse. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribune des chercheurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, pp.19-31, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04784165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId365"/>
+      <w:footerReference w:type="default" r:id="rId369"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15747,51 +15881,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F7E71EFC"/>
+    <w:nsid w:val="F6E41C96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15978,51 +16112,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sc-egarel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3745-9574" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265155v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nlend" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huneau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santoni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leydier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2025.102671" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462391v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bisquert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Giacona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57035/journals/sdk.2025.e31.1669" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802605v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Guisiano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Santoni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mattei" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2024.131842" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802773v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eco.2619" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04481433v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Dupuy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Chatton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Labasque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2024.130956" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807812v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Lazar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Ayach" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Bousouis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Huneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mori" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology11110197" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525656v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Crayol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mattei" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165343" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396603v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul-Azize Barry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Mohsine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Touiouine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology10110213" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03978222v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gillon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milanka Babic" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Spangenberg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.161098" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203993v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Ligorini" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Crayol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Malet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12237-023-01182-1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807863v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H&#228;usser" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sugam Aryal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Barth" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Bendix" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-023-02402-8" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739588v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fricelle Song" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertil Nlend" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Ngo Boum-Nkot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Nkoue Ndondo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/resources12120138" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807870v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Boumaiza" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Walter" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chesnaux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Garel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104098" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272403v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Odeloui" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14142154" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03681110v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Cao" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy J. Jaunat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe N&#233;grel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2022.2072222" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549220v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gillon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.144721" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03345339v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erostate" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jouffroy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150052" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236328v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle-Jeanton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ngo Boum-Nkot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.143887" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164868v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Travi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.124606" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430105v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Vystavna" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2019.115461" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524172v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bello" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ketchemen-Tandia" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-019-8494-7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910731v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Szymczak" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Br&#228;uning" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-019-0860-9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548897v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488273v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2019.123979" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553115v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.12.249" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01836072v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Erostate" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Lehmann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kuhn" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.06.375" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134993v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2018.02.068" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548910v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolau Nathalie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gmyr Michel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mailhot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Devidal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01355392v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Aquilina" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vergnaud-Ayraud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.08.087" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KPVC4BT4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01328624v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2016.06.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01472619v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945760v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santoni Sebastien" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Labasque" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936723v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazeer Asmael" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Celle-Jeanton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Coustumer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12517-015-1953-x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297775v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Coustumer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936728v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-014-3226-5" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066869v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal-Laure Djebebe-Ndjiguim" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denis" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Foto" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moloto-A-Kenguemba" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2013.826358" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757581v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lofi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pezard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Loggia" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gautier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7997" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8R5MH6SC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294345v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruy" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Cognard-Plancq" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klotz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.9273" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/05B249261B58B0348075F01F02E21A2C151DE7D1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336709v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00609855v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grandjean" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Mathieu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.08.003" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-09FM3K1M-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023614v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M&#232;ge" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Cook" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lagabrielle" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Cormier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002je001852" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407003v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pelletier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11001-004-1060-y" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BLHVZPK9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265177v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivera Aude Bidakette Yandai" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Allahdin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foto" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802833v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Guerin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pasqualini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533004v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pietri-Orsini" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808730v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Pietri-Orsini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802566v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Guisiano" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802529v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808708v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bassil" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802499v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802861v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802883v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Stoll" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Negrete" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808685v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525645v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525601v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge E. Spangenberg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525578v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525530v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyup Cihan Etes" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huguet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedri Kurtulus" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525556v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068042v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Re" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3412" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784104v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067996v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-443" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067848v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Dufresne" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-646" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067962v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tafani" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-497" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067896v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra L Mattei" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-444" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587934v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587785v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784098v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03439003v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vergnaud" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2021.7571" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587859v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784113v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784158v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garrido" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784153v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784118v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784109v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651751v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572879v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824846v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69356-9_16" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651259v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasqualini Vanina" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651145v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damienne Provitolo" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651103v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacob" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cavelan" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Di Giovanni" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527564v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790226v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Devos" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lejeune" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507067v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Odeloui" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boukari" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alassane" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507078v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Devidal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mailhot" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689665v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Milbeau" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Belli" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507062v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mohammad" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fouepe" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983173v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pereira" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vincenti" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-M. Ottavian-Spella" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507088v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507075v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790225v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Fox" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297798v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Backo" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Basse-Keke" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Nguerekossi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297782v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Luccioni" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Devos" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297785v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297795v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297793v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Mayer" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Travi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297779v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lejeune" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297789v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bertrand" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lavastre" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297787v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aquilina" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ayraud-Vergnaud" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336703v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Santoni" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Radakovitch" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cockenpot S" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945865v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomini Aude" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01080874v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144813v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144819v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144821v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803040v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Ito" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803041v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Khoumeri" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803026v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Gamerre" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Ferrandini" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ferrandini" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Simler" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803029v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803032v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803034v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Esteves" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolle Mathys" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338681v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H Debieche" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Montety" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cervi" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603994v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferrandini" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Madeleine Spella" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593582v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110082v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Travelletti" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Pradzynska" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Hocine-Debieche" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533975v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Emblanch" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119259v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guivel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127166v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067734v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784106v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784094v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336720v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752799v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Renard" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784165v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sc-egarel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3745-9574" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265155v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nlend" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huneau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Garel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santoni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leydier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2025.102671" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462391v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bisquert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Giacona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57035/journals/sdk.2025.e31.1669" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807812v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Lazar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Ayach" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Bousouis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Huneau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mori" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology11110197" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04481433v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Dupuy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Chatton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Labasque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mattei" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2024.130956" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802773v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Santoni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eco.2619" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802605v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Guisiano" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2024.131842" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203993v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Ligorini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Crayol" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Malet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12237-023-01182-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525656v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Crayol" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huneau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mattei" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165343" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396603v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul-Azize Barry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Mohsine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Touiouine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/hydrology10110213" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03978222v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gillon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milanka Babic" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Spangenberg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.161098" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807863v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H&#228;usser" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sugam Aryal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Barth" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Bendix" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-023-02402-8" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739588v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fricelle Song" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertil Nlend" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Ngo Boum-Nkot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Nkoue Ndondo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/resources12120138" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272403v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Odeloui" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14142154" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03681110v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Cao" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy J. Jaunat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe N&#233;grel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2022.2072222" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807870v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Boumaiza" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Walter" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chesnaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Garel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2022.104098" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236328v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle-Jeanton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ngo Boum-Nkot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.143887" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549220v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gillon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.144721" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03345339v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erostate" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ghiotti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jouffroy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150052" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164868v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Travi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.124606" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430105v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Vystavna" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2019.115461" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910731v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Szymczak" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Br&#228;uning" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-019-0860-9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524172v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bello" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ketchemen-Tandia" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-019-8494-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548897v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553115v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.12.249" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488273v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2019.123979" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01836072v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Erostate" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Lehmann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kuhn" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.06.375" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134993v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2018.02.068" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548910v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolau Nathalie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gmyr Michel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mailhot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Devidal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945760v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santoni Sebastien" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Aquilina" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Labasque" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01355392v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vergnaud-Ayraud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.08.087" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KPVC4BT4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01328624v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2016.06.001" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01472619v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297775v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazeer Asmael" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Coustumer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12517-015-1953-x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936723v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Celle-Jeanton" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Coustumer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936728v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-014-3226-5" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066869v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal-Laure Djebebe-Ndjiguim" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denis" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Foto" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moloto-A-Kenguemba" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2013.826358" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336709v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klotz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294345v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Cognard-Plancq" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.9273" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/05B249261B58B0348075F01F02E21A2C151DE7D1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757581v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lofi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pezard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Loggia" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gautier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7997" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8R5MH6SC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00609855v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grandjean" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Mathieu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.08.003" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-09FM3K1M-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023614v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M&#232;ge" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Cook" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lagabrielle" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Cormier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002je001852" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407003v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pelletier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11001-004-1060-y" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BLHVZPK9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-05552924v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bouch&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Guisiano" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Watson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu26-5826" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265177v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivera Aude Bidakette Yandai" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Allahdin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foto" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808685v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802529v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Guerin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802566v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808708v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bassil" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808730v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Pietri-Orsini" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802833v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pasqualini" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533004v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pietri-Orsini" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802861v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802499v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802883v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Stoll" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Negrete" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525578v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525530v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyup Cihan Etes" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huguet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedri Kurtulus" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525645v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525601v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge E. Spangenberg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525556v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784104v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Re" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068042v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3412" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067848v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Dufresne" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-646" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067996v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-443" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067896v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra L Mattei" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-444" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067962v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tafani" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-497" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784098v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587785v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587934v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03439003v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vergnaud" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2021.7571" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587859v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784158v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garrido" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784113v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784153v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572879v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651751v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784109v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784118v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651259v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasqualini Vanina" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824846v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69356-9_16" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527564v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damienne Provitolo" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651145v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651103v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacob" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cavelan" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Di Giovanni" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790225v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Fox" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689665v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Milbeau" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Belli" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507067v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Odeloui" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boukari" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alassane" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507078v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Devidal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mailhot" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507062v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mohammad" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fouepe" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790226v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Devos" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lejeune" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983173v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pereira" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vincenti" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-M. Ottavian-Spella" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507088v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507075v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297795v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297785v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297793v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Mayer" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Travi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297782v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Luccioni" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Devos" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297798v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Backo" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Basse-Keke" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Nguerekossi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297779v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lejeune" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297789v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bertrand" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lavastre" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297787v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aquilina" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ayraud-Vergnaud" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144821v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02945865v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomini Aude" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01080874v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336703v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Santoni" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Radakovitch" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cockenpot S" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144813v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144819v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803040v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Ito" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803041v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Khoumeri" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803026v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Gamerre" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Ferrandini" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ferrandini" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Simler" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803029v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593582v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Madeleine Spella" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338681v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H Debieche" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Montety" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cervi" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803034v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Esteves" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolle Mathys" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803032v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603994v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferrandini" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533975v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Emblanch" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110082v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Travelletti" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Pradzynska" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Hocine-Debieche" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127166v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guivel" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119259v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067734v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784106v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784094v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336720v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752799v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Renard" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784165v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>