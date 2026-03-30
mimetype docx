--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:84.114583333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Scott Love </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">scott-love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7416-9210</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253132975</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/F-2986-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult chicken hens express their affective states via bare facial skin blushing and head feather movements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 227, pp.123277. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2025.123277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytoarchitecture and myeloarchitecture of the sheep auditory cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Graïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.70072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are olfactory stimuli able to induce emotional responses in a positive context in ewes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Achin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (10), pp.101611. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2025.101611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05203590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’importance d’une relation positive entre l’entraîneur et le mouton pour réaliser un protocole d’entraînement individuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOV'AE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Spécial 03, pp.178-182. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05084755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheep (Ovis aries) training protocol for voluntary awake and unrestrained structural brain MRI acquisitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavior Research Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56, pp.7761-7773. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13428-024-02449-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differences in audiovisual temporal processing in autistic adults are specific to simultaneity judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Regener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Heffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autism Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (5), pp.1041-1052. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aur.3134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facial blushing and feather fluffing are indicators of emotions in domestic fowl (Gallus gallus domesticus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (7), pp.e0306601. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0306601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04668790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of skin redness and immunoglobulin A as markers of the affective states of hens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Jahoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Animal Behaviour Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 274, pp.106268. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applanim.2024.106268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Captive Blue-and-yellow macaws (Ara ararauna) show facial indicators of positive affect when reunited with their caregiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 206, pp.104833. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2023.104833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04168459v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal deprivation and milk replacement affect the integrity of gray and white matter in the developing lamb brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Haslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bellardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (2), pp.214-232. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/dneu.22869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel male Japanese quail structural connectivity atlas using ultra-high field diffusion MRI at 11.7 T</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 227 (5), pp.1577-1597. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-022-02457-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“BAA, BAA”: Can sheep talk to each other?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers for Young Minds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/frym.2022.703514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A baboon brain atlas for magnetic resonance imaging and positron emission tomography image analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Agaronyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raeyan Syed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chao-Hsiung Hsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnana.2021.778769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use and impact of auditory stimulation in animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ubiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Bresso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Interdisciplinary Methodologies and Issues in Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Méthodes d’évaluation des effets de stimulations sensorielles sur le bien-être, 9, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jimis.9971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761265v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining the senses: The role of experience- and task-dependent mechanisms in the development of audiovisual simultaneity perception.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgina Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Nardini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46 (10), pp.1105-1117. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xhp0000827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02956337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Object and food novelty induce distinct patterns of c-fos immunoreactivity in amygdala and striatum in domestic male chicks (Gallus gallus domesticus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie C Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Georgelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 381, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbr.2019.112453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Left Brain Asymmetry of the Planum Temporale in a Nonhominid Primate: Redefining the Origin of Brain Specialization for Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Nazarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Bertello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerebral Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (5), pp.1808-1815. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cercor/bhx096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overlapping but divergent neural correlates underpinning audiovisual synchrony and temporal order judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril R. Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnhum.2018.00274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Familiarity and voice representation: From acoustic-based representation to voice averages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2017.01180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A practical guide for the identification of major sulcogyral structures of the human cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Marie Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 222 (4), pp.2001-2015. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-016-1320-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The average baboon brain: MRI templates and tissue probability maps from 89 individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien A Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel A Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno A Nazarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 132, pp.526 - 533. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2016.03.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain, Gestures and Mouth in Baboons (Papio anubis) : What May They Tell Us about the Origins of Some Language Properties?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Meguerditchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bourjade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Fresnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Folia Primatologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 86 (4), pp.321-322. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000435825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social decisions affect neural activity to perceived dynamic gaze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Parada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Cognitive and Affective Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (11), pp.1557-1567. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/scan/nsv049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of kinematics in cortical regions for continuous human motion perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frances Crabbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey M. Zacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive, Affective, and Behavioral Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (1), pp.307-318. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13415-013-0192-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A psychophysical investigation of differences between synchrony and temporal order judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (1), pp.e54798. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0054798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uni- and multisensory brain areas are synchronised across spectators when watching unedited dance recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Grosbras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon Morison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I-Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (4), pp.265-284. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1068/i0536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action expertise reduces brain activity for audiovisual matching actions: An fMRI study with expert drummers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Dahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrie Mckay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 56 (3), pp.1480-1492. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2011.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01830320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral correlates and statistical criteria of cross-modal face and voice integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEEING AND PERCEIVING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 24 (4), pp.351-367. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/187847511X584452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRM (fonctionnelle) en recherche animale : anesthésie, contention ou volontariat ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prix Chantal Autissier 3R : IRM fonctionnelle chez le mouton éveillé et volontaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuroimagerie fonctionnelle chez le mouton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion Mensuelle de Neuroimagerie (RMN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre IRM - INT, May 2025, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facial displays are related to affective states in domestic fowl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Behavioural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Zurich, Switzerland. pp.106-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewe Won't Believe it: Sheep Voluntarily Undergoing fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition and Communication Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universität Wien, Jun 2024, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif expérimental pour étudier l'impact des odeurs sur les comportements émotionnels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Achin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3R2024 : 27èmes Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La face des poules adultes change-t-elle de couleur en fonction de leurs émotions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Piegu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15emes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Tours, France. pp.388-392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353293v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower redness of the facial skin is a marker of a positive human-hen relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Jahoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de la SFR/SaNeC 4226 'Santé Mentale, Neurosciences, Comportement'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFR SaNeC, Jun 2024, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training protocol with sheep (Ovis aries) for non restrained and voluntary EEG recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Achin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iliana Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36e Colloque BIOTECHNOCENTRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Biosciences en Région Centre-Val de Loire – Réseau Thématique de Recherche, Oct 2024, Nouan Le Fuzelier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fMRI of the sheep auditory cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Ellboudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Brain Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Pasteur, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement de couleur de la peau de la face chez la poule est un marqueur d’émotions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Piegu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52. colloque de la Société Française pour l’Etude du Comportement Animal (SFECA 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Physiologie de la reproduction et des comportements (PRC); Institut de Recherche sur la BIologie de l'Insecte (IRBI), May 2023, Tours, France. pp.73-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protocole d'entraînement IRM chez le mouton éveillé et sans contention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Améliorer le Développement de l'Animal en Maîtrisant l'Environnement Précoce (ADAMEP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elodie Chaillou; Raymond Nowak, Nov 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fMRI of the sheep auditory cortex: its ups & downs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Elleboudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hand, Voice &amp; Brain : Ontogeny and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of Language, Communication and the Brain, Jun 2023, Île du Frioul, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower redness of the facial skin is a marker of a positive human-hen relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jahoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Piegu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement de couleur de peau chez la poule : un marqueur d’émotions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Jahoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du MP-SANBA 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénotypage de la maturation hypophysaire. Impact de l'allaitement artificiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Kraemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fonteneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’animation scientifiques du Département Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des stimulations auditives sur le bien-être animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine du son de l'Unesco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'une alimentation lactée enrichie en prébiotique sur le microbiote intestinal et sur le comportement social des agneaux élevés sans leur mère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïwenn Olier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Brochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bézirard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Origins of Health and disease- SF-DOHAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Jouy-en-Josas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03669586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'un lait enrichi en prébiotique sur le comportement social des agneaux élevés sans leur mère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brochon Jules</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cornilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Darnaudery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème Colloque de la Société Française pour l'Etude du Comportement Animal, SFECA Lille 2019, 11 - 14 juin 2019, Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel 11.7T ultra-high field dmri connectivity atlas of the japanese quail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Beaujoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. A. Barrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Uszynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the prebiotic lactulose on neurogenesis in a sheep model of early-life stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Vitiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43. Colloque de la société de neuroendocrinologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'allaitement artificiel sur la maturation cérébrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lapouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ramel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de la SFR Tours-Poitiers - Neuroimagerie fonctionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'allaitement artificiel sur la maturation neuroendocrinienne évaluée par analyse de texture d'IRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudy Delaplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Cascimodot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Tours, France. pp.1-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of early rearing experience on brain development in sheep infant.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Filipiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudy Delaplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New animal models to understand the brain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Nouzilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01854601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updated labelling and description of the gross anatomy of the sheep cortex derived from surface reconstruction of the brain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Auge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Maudhuizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New animal models to understand the brain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Nouzilly, France. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01854607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain Asymmetries of Two Language-related Areas Homologs in Baboon Structural MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantina Margiotoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Coulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Unknown, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiko89: a Population-Average Baboon Brain Template and Tissue Probability Maps From 89 Individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Nazarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Unknown, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la main à la bouche au cerveau chez le babouin (Papio anubis): implications sur les origines du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Meguerditchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bourjade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien A Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Plouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la société française de primatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural Activity To Viewed Dynamic Gaze Is Affected By Social Decision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puce Aina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latinus Marianne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossi Alejandra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parada Francisco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII International Conference on Cognitive Neuroscience (ICON-XII)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Brisbane, Australia. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/conf.fnhum.2015.217.00051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conjoint and independent neural coding of bimodal face/voice identity investigated with fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Joassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Watson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Charest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th European Conference on Visual Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giving life to circles and rectangles: Animacy, intention and fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Becirspahic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Paterson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Belin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th European Conference on Visual Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does your brain see “Living” Circles: A study of animacy and Intention Using fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Becirspahic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scottish Vision Group Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Skye, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is musical experience equal to the sum of sight and sound? An investigation of swing groove drumming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Hillis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Russell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference of The Society for Music Perception and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does facial skin redness and head feather position vary depending on the affective states of adult domestic hens (Gallus gallus domesticus)?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54ème Colloque de la Société Française pour l'Etude du Comportement Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France. Livre des résumés du 54ème colloque de la Société Française pour l'Etude du Comportement Animal, pp.112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La peau de la face chez la poule change de couleur en fonction des situations émotionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Piegu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35. colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Nouan-le-Fuzelier, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquiring MRI brain images in awake unrestrained sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroFrance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquiring MRI brain images in awake unrestrained sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French neuroethology club</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are sheep really afraid of the wolf?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Achin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International Meeting of the French Neuroscience Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localizing the sheep auditory cortex using functional magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Montréal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquiring MRI brain images in awake unrestrained sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS (Federation of European Neuroscience Societies ) REGIONAL MEETING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, ALGARVE, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative brain morphology of specimens with different adaptative behaviors the bongo, the Java deer mouse, the maki catta and the sea lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Arroub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS Forum 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.6262-6262, 2022, Welcome to FENS forum 2022. E-book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal deprivation and milk replacement affect the integrity of gray and white matter in the developing lamb brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Haslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bellardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS Forum 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.6263-6263, 2022, Welcome to FENS forum 2022. E-book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer un protocole d'entraînement pour réaliser des IRMf sans anesthésie et sans contrainte avec des agneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journée scientifique de la SFR FED 4226 "Neuroimagerie Fonctionnelle"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional MRI of the sheep auditory cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Chincarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’animation scientifiques du Département Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The prebiotic lactulose does not affect olfactory neurogenesis in a sheep model of early life stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Vitiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS regional meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Belgrade, Serbia. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel 11.7T ultra-high field dmri connectivity atlas of the japanese quail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Beaujoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. A. Barrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Uszynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Rome, Italy. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the prebiotic lactulose on neurogenesis in a sheep model of early-life stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Vitiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvestre Sampino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43ème colloque de la société de neuroendocrinologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface-based cortical parcellation and atlas creation of the sheep brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Auge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Animal Population Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France. 1p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la sélection d'un comportement de peur sur l'anatomie de l'encéphale de caille. Utilisation de l'imagerie par résonance magnétique (IRM) ex vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Poupon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31e Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Seillac, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface-based cortical parcellation of the sheep brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Auge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées thématiques de la Société des Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The average baboon brain: MRI templates and tissue probability maps from 89 individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Nazarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Geneva, Switzerland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of early rearing experience on brain development in sheep infant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Filipiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudy Delaplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Federation of European Neurosciences Societies (FENS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Copenhagen, Denmark. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain asymmetries of two language-related area homologs in baboon structural MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantina Margiotoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Coulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Geneva, Switzerland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audiovisual processing differences in autism spectrum disorder revealed by a model-based analysis of simultaneity and temporal order judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Regener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Florida, United States. , 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating categorization selectivity in the auditory cortex with high spatial resolution fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Belin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Auditory Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Magdeburg, Germany. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norm-based neural coding of conspecific vocalizations in the macaque monkey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Fukushima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.C. Doyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.C. Saunders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th Annual Meeting of the Society for Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Washington, United States. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audiovisual temporal integration in Autism Spectrum Disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Regener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Simmons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Florida, United States. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The face and voice of multisensory integration: prior knowledge affects multisensory integration from early childhood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gorgina Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Nardini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Florida, United States. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differences between synchrony and temporal order judgments for simple and Complex Stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Annual Meeting Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Florida, United States. , 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conjoint and independent neural coding of bimodal face/voice identity investigated with fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Joassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Watson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Charest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th Annual Meeting of the Organization on Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Québec City, Canada. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hMT+ and pSTS correlate with motion properties viewed in long video displays of human activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frances Crabbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey M. Zacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Barcelona, Spain. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating synchrony perception of audiovisual speech with a continuous carry-over fMRI design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Barcelona, Spain. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating synchrony perception of audiovisual speech with a continuous carry-over fMRI design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Multisensory Research Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Liverpool, United Kingdom. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does optimal integration of auditory and visual cues occur in a complex temporal task?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Hillis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Earl Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Multisensory Research Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Hamburg, Germany. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How audio and visual cues combine to discriminate the tempo of swing groove drumming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Hillis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Haakon Waadeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rocchesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Florida, United States. , 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural bases for social attention in healthy humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Puce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Dasilva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Parada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Many Faces of Social Attention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 4, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-21368-2_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceiving intention in animacy displays created from human motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIT Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.139-170, 2013, 9780262019279. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7551/mitpress/9780262019279.003.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossmodal integration of emotional stimuli in alcohol dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien D’hondt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrating Face and Voice in Person Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 14, </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-3585-3_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of experience, Training and expertise on mMultisensory perception: Investigating the link between brain and behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Behavioural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 27, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Berlin Heidelberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-34584-5_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01830319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytoarchitecture and Myeloarchitecture of the sheep (Ovis aries) auditory cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Graïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05070782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheep (Ovis aries) training protocol for voluntary awake and unrestrained structural brain MRI acquisitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal deprivation and milk replacement affect the integrity of gray and white matter in the developing lamb brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Haslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bellardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of high-trait emotivity affects the volume of sensory and emotional-related brain regions in male Japanese quails</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David André Barrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurobiologie des comportements des animaux, démarche de sciences participatives au collège - Neuro2Co</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ramel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE UMR PRC; INSERM iBrain; Université de Tours LIFAT; NeuroSpin. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId298"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:84.114583333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Scott Love </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">scott-love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7416-9210</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253132975</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/F-2986-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult chicken hens express their affective states via bare facial skin blushing and head feather movements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 227, pp.123277. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2025.123277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytoarchitecture and myeloarchitecture of the sheep auditory cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Graïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.70072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’importance d’une relation positive entre l’entraîneur et le mouton pour réaliser un protocole d’entraînement individuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Spécial 03, pp.178-182. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05084755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are olfactory stimuli able to induce emotional responses in a positive context in ewes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Achin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 19 (10), pp.101611. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2025.101611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05203590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheep (Ovis aries) training protocol for voluntary awake and unrestrained structural brain MRI acquisitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavior Research Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56, pp.7761-7773. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13428-024-02449-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04626332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differences in audiovisual temporal processing in autistic adults are specific to simultaneity judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Regener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Heffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autism Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (5), pp.1041-1052. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aur.3134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facial blushing and feather fluffing are indicators of emotions in domestic fowl (Gallus gallus domesticus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (7), pp.e0306601. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0306601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04668790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of skin redness and immunoglobulin A as markers of the affective states of hens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Jahoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Guabiraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Animal Behaviour Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 274, pp.106268. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applanim.2024.106268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Captive Blue-and-yellow macaws (Ara ararauna) show facial indicators of positive affect when reunited with their caregiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 206, pp.104833. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2023.104833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04168459v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal deprivation and milk replacement affect the integrity of gray and white matter in the developing lamb brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Haslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bellardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 82 (2), pp.214-232. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/dneu.22869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel male Japanese quail structural connectivity atlas using ultra-high field diffusion MRI at 11.7 T</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 227 (5), pp.1577-1597. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-022-02457-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A baboon brain atlas for magnetic resonance imaging and positron emission tomography image analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artur Agaronyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raeyan Syed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chao-Hsiung Hsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroanatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnana.2021.778769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“BAA, BAA”: Can sheep talk to each other?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers for Young Minds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/frym.2022.703514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use and impact of auditory stimulation in animals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ubiema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Bresso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Interdisciplinary Methodologies and Issues in Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Méthodes d’évaluation des effets de stimulations sensorielles sur le bien-être, 9, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jimis.9971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761265v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining the senses: The role of experience- and task-dependent mechanisms in the development of audiovisual simultaneity perception.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgina Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Nardini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 46 (10), pp.1105-1117. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xhp0000827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02956337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Object and food novelty induce distinct patterns of c-fos immunoreactivity in amygdala and striatum in domestic male chicks (Gallus gallus domesticus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie C Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Herve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Georgelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Constantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 381, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbr.2019.112453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Left Brain Asymmetry of the Planum Temporale in a Nonhominid Primate: Redefining the Origin of Brain Specialization for Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Nazarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Bertello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cerebral Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (5), pp.1808-1815. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cercor/bhx096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03753010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overlapping but divergent neural correlates underpinning audiovisual synchrony and temporal order judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril R. Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnhum.2018.00274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Familiarity and voice representation: From acoustic-based representation to voice averages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maureen Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2017.01180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A practical guide for the identification of major sulcogyral structures of the human cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Marie Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Structure and Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 222 (4), pp.2001-2015. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00429-016-1320-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The average baboon brain: MRI templates and tissue probability maps from 89 individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien A Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel A Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno A Nazarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 132, pp.526 - 533. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2016.03.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain, Gestures and Mouth in Baboons (Papio anubis) : What May They Tell Us about the Origins of Some Language Properties?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Meguerditchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bourjade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Fresnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Folia Primatologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 86 (4), pp.321-322. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000435825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01432430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social decisions affect neural activity to perceived dynamic gaze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Parada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Cognitive and Affective Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (11), pp.1557-1567. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/scan/nsv049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of kinematics in cortical regions for continuous human motion perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frances Crabbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey M. Zacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive, Affective, and Behavioral Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (1), pp.307-318. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13415-013-0192-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A psychophysical investigation of differences between synchrony and temporal order judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (1), pp.e54798. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0054798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uni- and multisensory brain areas are synchronised across spectators when watching unedited dance recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Jola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Grosbras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon Morison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I-Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (4), pp.265-284. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1068/i0536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action expertise reduces brain activity for audiovisual matching actions: An fMRI study with expert drummers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Dahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrie Mckay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 56 (3), pp.1480-1492. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2011.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01830320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral correlates and statistical criteria of cross-modal face and voice integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEEING AND PERCEIVING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 24 (4), pp.351-367. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/187847511X584452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRM (fonctionnelle) en recherche animale : anesthésie, contention ou volontariat ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prix Chantal Autissier 3R : IRM fonctionnelle chez le mouton éveillé et volontaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuroimagerie fonctionnelle chez le mouton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion Mensuelle de Neuroimagerie (RMN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre IRM - INT, May 2025, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Facial displays are related to affective states in domestic fowl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Behavioural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Zurich, Switzerland. pp.106-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do adult hen’s face colour vary in function of affective states?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-C. Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées de la Recherche Avicole et des Palmipèdes à Foie Gras (JRAPFG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Tours, France. pp.236-237, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anscip.2024.06.112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05263532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif expérimental pour étudier l'impact des odeurs sur les comportements émotionnels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Achin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3R2024 : 27èmes Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewe Won't Believe it: Sheep Voluntarily Undergoing fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition and Communication Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universität Wien, Jun 2024, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La face des poules adultes change-t-elle de couleur en fonction de leurs émotions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Piegu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15emes Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Tours, France. pp.388-392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353293v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower redness of the facial skin is a marker of a positive human-hen relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Jahoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de la SFR/SaNeC 4226 'Santé Mentale, Neurosciences, Comportement'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFR SaNeC, Jun 2024, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training protocol with sheep (Ovis aries) for non restrained and voluntary EEG recordings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Achin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iliana Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36e Colloque BIOTECHNOCENTRE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Biosciences en Région Centre-Val de Loire – Réseau Thématique de Recherche, Oct 2024, Nouan Le Fuzelier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protocole d'entraînement IRM chez le mouton éveillé et sans contention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Améliorer le Développement de l'Animal en Maîtrisant l'Environnement Précoce (ADAMEP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elodie Chaillou; Raymond Nowak, Nov 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04627622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fMRI of the sheep auditory cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Ellboudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Brain Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Pasteur, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement de couleur de la peau de la face chez la poule est un marqueur d’émotions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Piegu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52. colloque de la Société Française pour l’Etude du Comportement Animal (SFECA 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Physiologie de la reproduction et des comportements (PRC); Institut de Recherche sur la BIologie de l'Insecte (IRBI), May 2023, Tours, France. pp.73-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fMRI of the sheep auditory cortex: its ups & downs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Elleboudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hand, Voice &amp; Brain : Ontogeny and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of Language, Communication and the Brain, Jun 2023, Île du Frioul, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower redness of the facial skin is a marker of a positive human-hen relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jahoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Piegu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénotypage de la maturation hypophysaire. Impact de l'allaitement artificiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Kraemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fonteneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’animation scientifiques du Département Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement de couleur de peau chez la poule : un marqueur d’émotions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Jahoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du MP-SANBA 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des stimulations auditives sur le bien-être animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La semaine du son de l'Unesco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'une alimentation lactée enrichie en prébiotique sur le microbiote intestinal et sur le comportement social des agneaux élevés sans leur mère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïwenn Olier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Brochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bézirard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Origins of Health and disease- SF-DOHAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Jouy-en-Josas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03669586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'un lait enrichi en prébiotique sur le comportement social des agneaux élevés sans leur mère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brochon Jules</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cornilleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Darnaudery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème Colloque de la Société Française pour l'Etude du Comportement Animal, SFECA Lille 2019, 11 - 14 juin 2019, Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel 11.7T ultra-high field dmri connectivity atlas of the japanese quail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Beaujoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. A. Barrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Uszynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Society for Magnetic Resonance in Medicine Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the prebiotic lactulose on neurogenesis in a sheep model of early-life stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Vitiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43. Colloque de la société de neuroendocrinologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'allaitement artificiel sur la maturation cérébrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lapouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ramel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de la SFR Tours-Poitiers - Neuroimagerie fonctionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l'allaitement artificiel sur la maturation neuroendocrinienne évaluée par analyse de texture d'IRM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudy Delaplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Nowak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Cascimodot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Tours, France. pp.1-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of early rearing experience on brain development in sheep infant.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Filipiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudy Delaplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New animal models to understand the brain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Nouzilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01854601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updated labelling and description of the gross anatomy of the sheep cortex derived from surface reconstruction of the brain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Auge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Maudhuizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New animal models to understand the brain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Nouzilly, France. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01854607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain Asymmetries of Two Language-related Areas Homologs in Baboon Structural MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantina Margiotoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Coulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Unknown, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiko89: a Population-Average Baboon Brain Template and Tissue Probability Maps From 89 Individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Nazarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Unknown, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la main à la bouche au cerveau chez le babouin (Papio anubis): implications sur les origines du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Meguerditchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bourjade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien A Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Plouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la société française de primatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural Activity To Viewed Dynamic Gaze Is Affected By Social Decision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puce Aina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latinus Marianne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossi Alejandra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parada Francisco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII International Conference on Cognitive Neuroscience (ICON-XII)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Brisbane, Australia. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/conf.fnhum.2015.217.00051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conjoint and independent neural coding of bimodal face/voice identity investigated with fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Joassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Watson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Charest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th European Conference on Visual Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giving life to circles and rectangles: Animacy, intention and fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Becirspahic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Paterson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Belin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th European Conference on Visual Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does your brain see “Living” Circles: A study of animacy and Intention Using fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Becirspahic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scottish Vision Group Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Skye, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is musical experience equal to the sum of sight and sound? An investigation of swing groove drumming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Hillis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Russell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference of The Society for Music Perception and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02814437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does facial skin redness and head feather position vary depending on the affective states of adult domestic hens (Gallus gallus domesticus)?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Piégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54ème Colloque de la Société Française pour l'Etude du Comportement Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France. Livre des résumés du 54ème colloque de la Société Française pour l'Etude du Comportement Animal, pp.112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05117475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La peau de la face chez la poule change de couleur en fonction des situations émotionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Soulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lansade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Piegu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35. colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Nouan-le-Fuzelier, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquiring MRI brain images in awake unrestrained sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroFrance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquiring MRI brain images in awake unrestrained sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French neuroethology club</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are sheep really afraid of the wolf?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Achin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International Meeting of the French Neuroscience Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04174018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localizing the sheep auditory cortex using functional magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Montréal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquiring MRI brain images in awake unrestrained sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS (Federation of European Neuroscience Societies ) REGIONAL MEETING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, ALGARVE, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative brain morphology of specimens with different adaptative behaviors the bongo, the Java deer mouse, the maki catta and the sea lion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Arroub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS Forum 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.6262-6262, 2022, Welcome to FENS forum 2022. E-book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal deprivation and milk replacement affect the integrity of gray and white matter in the developing lamb brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Haslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bellardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS Forum 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.6263-6263, 2022, Welcome to FENS forum 2022. E-book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer un protocole d'entraînement pour réaliser des IRMf sans anesthésie et sans contrainte avec des agneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journée scientifique de la SFR FED 4226 "Neuroimagerie Fonctionnelle"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional MRI of the sheep auditory cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Chincarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’animation scientifiques du Département Physiologie Animale et Systèmes d’Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The prebiotic lactulose does not affect olfactory neurogenesis in a sheep model of early life stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Vitiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS regional meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Belgrade, Serbia. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel 11.7T ultra-high field dmri connectivity atlas of the japanese quail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Beaujoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. A. Barrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Uszynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Rome, Italy. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the prebiotic lactulose on neurogenesis in a sheep model of early-life stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Vitiello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvestre Sampino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43ème colloque de la société de neuroendocrinologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface-based cortical parcellation and atlas creation of the sheep brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Auge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Animal Population Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France. 1p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la sélection d'un comportement de peur sur l'anatomie de l'encéphale de caille. Utilisation de l'imagerie par résonance magnétique (IRM) ex vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Poupon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31e Colloque Biotechnocentre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Seillac, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The average baboon brain: MRI templates and tissue probability maps from 89 individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Nazarian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Geneva, Switzerland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface-based cortical parcellation of the sheep brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Auge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées thématiques de la Société des Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of early rearing experience on brain development in sheep infant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Filipiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudy Delaplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Federation of European Neurosciences Societies (FENS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Copenhagen, Denmark. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain asymmetries of two language-related area homologs in baboon structural MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantina Margiotoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Coulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Lacoste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Geneva, Switzerland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audiovisual processing differences in autism spectrum disorder revealed by a model-based analysis of simultaneity and temporal order judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Regener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Florida, United States. , 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating categorization selectivity in the auditory cortex with high spatial resolution fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Belin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Auditory Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Magdeburg, Germany. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norm-based neural coding of conspecific vocalizations in the macaque monkey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Fukushima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.C. Doyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.C. Saunders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th Annual Meeting of the Society for Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Washington, United States. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The face and voice of multisensory integration: prior knowledge affects multisensory integration from early childhood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gorgina Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Nardini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Florida, United States. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audiovisual temporal integration in Autism Spectrum Disorder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Regener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Simmons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Florida, United States. , 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differences between synchrony and temporal order judgments for simple and Complex Stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Annual Meeting Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Florida, United States. , 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conjoint and independent neural coding of bimodal face/voice identity investigated with fMRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Joassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Watson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Charest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th Annual Meeting of the Organization on Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Québec City, Canada. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hMT+ and pSTS correlate with motion properties viewed in long video displays of human activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frances Crabbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey M. Zacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Barcelona, Spain. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating synchrony perception of audiovisual speech with a continuous carry-over fMRI design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Annual Meeting of the Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Barcelona, Spain. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02817574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating synchrony perception of audiovisual speech with a continuous carry-over fMRI design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Multisensory Research Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Liverpool, United Kingdom. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does optimal integration of auditory and visual cues occur in a complex temporal task?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Hillis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Earl Pollick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Multisensory Research Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Hamburg, Germany. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How audio and visual cues combine to discriminate the tempo of swing groove drumming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Hillis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Haakon Waadeland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rocchesso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Avanzini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Florida, United States. , 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural bases for social attention in healthy humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aina Puce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Latinus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Dasilva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Parada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Many Faces of Social Attention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 4, </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-21368-2_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceiving intention in animacy displays created from human motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Mcaleer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIT Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.139-170, 2013, 9780262019279. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7551/mitpress/9780262019279.003.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossmodal integration of emotional stimuli in alcohol dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Maurage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien D’hondt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrating Face and Voice in Person Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 14, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-3585-3_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of experience, Training and expertise on mMultisensory perception: Investigating the link between brain and behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank E. Pollick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Petrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Behavioural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 27, </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Berlin Heidelberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-34584-5_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01830319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of an experimental setup to investigate the impact of olfactory stimuli on behavioural responses in sheep (Ovis aries), with a particular focus on minimizing experimental bias through a habituation phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Achin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.60675/vyhk-q978/sn20250916-4r/short-notes⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05264012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cytoarchitecture and Myeloarchitecture of the sheep (Ovis aries) auditory cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Meurisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Graïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05070782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheep (Ovis aries) training protocol for voluntary awake and unrestrained structural brain MRI acquisitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Pluchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Adriaensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Parias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Arnould</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal deprivation and milk replacement affect the integrity of gray and white matter in the developing lamb brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott A. Love</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Haslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bellardie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Barantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of high-trait emotivity affects the volume of sensory and emotional-related brain regions in male Japanese quails</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raïssa Yebga Hot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélody Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Calandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David André Barrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurobiologie des comportements des animaux, démarche de sciences participatives au collège - Neuro2Co</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chaillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Siwiaszczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Ramel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Destrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE UMR PRC; INSERM iBrain; Université de Tours LIFAT; NeuroSpin. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId307"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="203B92EA"/>
+    <w:nsid w:val="9B49D70D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/scott-love" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7416-9210" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253132975" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-2986-2010" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214535v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Soulet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott A Love" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Blache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Parias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pi&#233;gu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2025.123277" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05379169v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pluchot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Morisse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gra&#239;c" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.70072" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203590v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Achin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mulot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101611" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084755v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dubreuil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott A. Love" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9229" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626332v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Adriaensen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-024-02449-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04559765v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Regener" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Heffer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Petrini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pollick" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aur.3134" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668790v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Love" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0306601" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574339v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Jahoui" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2024.106268" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04168459v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Nowak" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2023.104833" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03830179v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Haslin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bellardie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andersson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dneu.22869" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03627385v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#239;ssa Yebga Hot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Siwiaszczyk" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-022-02457-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752401v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frym.2022.703514" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03627317v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Agaronyan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raeyan Syed" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Kim" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Hsiung Hsu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2021.778769" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761265v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ubiema" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Parias" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Bresso" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jimis.9971" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956337v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Denis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Nardini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0000827" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437641v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie C Perez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Herve" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Georgelin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Constantin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2019.112453" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753010v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roth" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lacoste" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Nazarian" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bertello" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhx096" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832283v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril R. Pernet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank E. Pollick" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2018.00274" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622444v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Fontaine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.01180" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827945v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destrieux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marie Terrier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cottier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-016-1320-z" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01464145v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien A Marie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel A Roth" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno A Nazarian" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2016.03.018" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432430v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Meguerditchian" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bourjade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fresnais" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000435825" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827953v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Rossi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Parada" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Huang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scan/nsv049" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829234v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Mcaleer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Crabbe" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey M. Zacks" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-013-0192-4" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829230v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Cheng" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0054798" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647342v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jola" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Grosbras" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Morison" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/i0536" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830320v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Dahl" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrie Mckay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2011.03.009" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644669v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/187847511X584452" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05467624v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05467759v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05092540v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659479v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621823v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109056v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Achin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04353293v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piegu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616322v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04931540v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliana Bertrand" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216790v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ellboudt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04349805v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627622v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04205725v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Elleboudt" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04349878v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jahoui" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415276v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752742v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Kraemer" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fonteneau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Becker" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219767v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03669586v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Olier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Brochon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie B&#233;zirard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400752v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Petit" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brochon Jules" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Darnaudery" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786134v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beaujoin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Barri&#232;re" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Uszynski" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400696v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Vitiello" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788990v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lapouge" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Ramel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789196v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Delaplace" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854601v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Filipiak" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854607v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Auge" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maudhuizon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488228v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Margiotoudi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488231v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944211v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plouvier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795449v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puce Aina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latinus Marianne" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossi Alejandra" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parada Francisco" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnhum.2015.217.00051" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803690v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Joassin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Watson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Charest" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804707v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Becirspahic" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Paterson" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Belin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804407v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814437v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Hillis" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Russell" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117475v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352743v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191335v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191419v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174018v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bourlier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190964v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191525v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pluchot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dubreuil" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752658v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Arroub" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752650v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752752v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752710v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Chincarini" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282313v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786121v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408051v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvestre Sampino" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791117v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786926v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Poupon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801812v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793925v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604060v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799220v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793615v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Regener" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798279v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792980v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fukushima" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Doyle" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Saunders" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fujii" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806759v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Simmons" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806760v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorgina Denis" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Nardini" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804240v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cheng" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804644v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819395v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817574v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822182v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822903v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Earl Pollick" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820761v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Haakon Waadeland" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rocchesso" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Avanzini" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827938v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Puce" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Dasilva" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Parada" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-319-21368-2_4" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-21368-2_4" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829229v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mitpress.universitypressscholarship.com/view/10.7551/mitpress/9780262019279.001.0001/upso-9780262019279-chapter-7" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7551/mitpress/9780262019279.003.0007" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829226v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurage" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien D&#8217;hondt" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4614-3585-3_14" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-3585-3_14" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830319v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-642-34584-5_27" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-34584-5_27" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070782v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04316228v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03595598v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03595578v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andr&#233; Barri&#232;re" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106607v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/scott-love" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7416-9210" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253132975" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-2986-2010" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214535v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Soulet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott A Love" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Blache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Parias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pi&#233;gu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2025.123277" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05379169v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pluchot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Morisse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gra&#239;c" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.70072" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05084755v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dubreuil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott A. Love" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9229" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203590v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Achin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mulot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101611" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626332v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Adriaensen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-024-02449-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04559765v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Regener" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Heffer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Petrini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pollick" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aur.3134" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668790v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Love" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0306601" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574339v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Jahoui" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2024.106268" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04168459v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Nowak" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2023.104833" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03830179v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Haslin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bellardie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andersson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dneu.22869" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03627385v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#239;ssa Yebga Hot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Siwiaszczyk" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-022-02457-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03627317v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Agaronyan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raeyan Syed" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Kim" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Hsiung Hsu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnana.2021.778769" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752401v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frym.2022.703514" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761265v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ubiema" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Parias" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Bresso" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jimis.9971" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956337v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Denis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Nardini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0000827" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437641v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie C Perez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Herve" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Georgelin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Constantin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2019.112453" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753010v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roth" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lacoste" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Nazarian" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bertello" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhx096" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832283v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril R. Pernet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank E. Pollick" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2018.00274" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622444v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Fontaine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.01180" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827945v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destrieux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Marie Terrier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cottier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-016-1320-z" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01464145v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien A Marie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel A Roth" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno A Nazarian" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2016.03.018" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432430v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Meguerditchian" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bourjade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fresnais" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000435825" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827953v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Rossi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Parada" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Huang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scan/nsv049" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829234v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Mcaleer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Crabbe" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey M. Zacks" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-013-0192-4" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829230v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Cheng" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0054798" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647342v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jola" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Grosbras" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Morison" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/i0536" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830320v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Dahl" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrie Mckay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2011.03.009" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644669v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/187847511X584452" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05467624v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05467759v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05092540v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659479v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263532v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Soulet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Parias" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-C. Blache" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.112" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109056v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Achin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621823v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04353293v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piegu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616322v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04931540v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliana Bertrand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627622v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216790v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ellboudt" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04349805v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04205725v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Elleboudt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04349878v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jahoui" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752742v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Kraemer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fonteneau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Becker" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415276v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219767v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03669586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Olier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Brochon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie B&#233;zirard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400752v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Petit" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brochon Jules" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cornilleau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Darnaudery" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786134v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beaujoin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Barri&#232;re" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Uszynski" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400696v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Vitiello" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788990v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lapouge" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Ramel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789196v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Delaplace" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854601v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Filipiak" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854607v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Auge" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maudhuizon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488228v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Margiotoudi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488231v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944211v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plouvier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795449v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puce Aina" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latinus Marianne" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossi Alejandra" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parada Francisco" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnhum.2015.217.00051" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803690v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Joassin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Watson" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Charest" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804707v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Becirspahic" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Paterson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Belin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804407v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814437v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Hillis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Russell" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117475v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352743v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191335v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191419v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174018v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bourlier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190964v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191525v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pluchot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dubreuil" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752658v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Arroub" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752650v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752752v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752710v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Chincarini" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282313v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786121v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408051v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvestre Sampino" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791117v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786926v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Poupon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793925v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801812v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604060v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799220v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793615v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Regener" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798279v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Belin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792980v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fukushima" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Doyle" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.C. Saunders" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Fujii" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806760v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorgina Denis" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Nardini" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806759v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Simmons" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804240v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cheng" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804644v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819395v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817574v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822182v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822903v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Earl Pollick" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820761v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Haakon Waadeland" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rocchesso" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Avanzini" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827938v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Puce" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Dasilva" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Parada" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-319-21368-2_4" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-21368-2_4" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829229v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mitpress.universitypressscholarship.com/view/10.7551/mitpress/9780262019279.001.0001/upso-9780262019279-chapter-7" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7551/mitpress/9780262019279.003.0007" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829226v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurage" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien D&#8217;hondt" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4614-3585-3_14" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-3585-3_14" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830319v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-642-34584-5_27" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-34584-5_27" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264012v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Morisse" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lasserre" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60675/vyhk-q978/sn20250916-4r/short-notes" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070782v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04316228v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03595598v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03595578v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andr&#233; Barri&#232;re" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106607v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>