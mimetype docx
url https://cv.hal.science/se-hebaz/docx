--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1543,265 +1543,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayleigh wave interaction with a spherical ball in contact with a plane surface</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loïc Martinez</w:t>
+                <w:t xml:space="preserve">Implémentation directe des méthodes semi-analytiques éléments finis pour le calcul des courbes de dispersion des ondes guidées dans la plateforme FEniCS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah-Eddine Hebaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Benmeddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Arciniegas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salah-Eddine Hebaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04055706v1</w:t>
+                <w:t xml:space="preserve">hal-03847929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implémentation directe des méthodes semi-analytiques éléments finis pour le calcul des courbes de dispersion des ondes guidées dans la plateforme FEniCS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rayleigh wave interaction with a spherical ball in contact with a plane surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Bouzzit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Arciniegas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah-Eddine Hebaz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrés Arciniegas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Venice, Italy. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS54386.2022.9958867⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03847929v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi ultrasonore de milieux biologiques en culture cellulaire stimulés par des sons audibles</w:t>
               </w:r>
@@ -1902,269 +1902,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scénarisation pédagogique d’un travail pratique d’électronique des capteurs et réflexion sur les pratiques du télétravail</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Suivi ultrasonore de matériaux vivants en culture cellulaire stimulés par des sons audibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah-Eddine Hebaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambroise Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Roucaries</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Salah-Eddine Hebaz</w:t>
+                <w:t xml:space="preserve">Stéphane Serfaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taisa Guidini Gonçalves</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pedro Ferrandiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l’Enseignement des Technologies et des Sciences de l’Information et des Systèmes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04356243v1</w:t>
+                <w:t xml:space="preserve">hal-03848555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi ultrasonore de matériaux vivants en culture cellulaire stimulés par des sons audibles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scénarisation pédagogique d’un travail pratique d’électronique des capteurs et réflexion sur les pratiques du télétravail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Roucaries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah-Eddine Hebaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taisa Guidini Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Serfaty</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meriem Chrifi Alaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque de l’Enseignement des Technologies et des Sciences de l’Information et des Systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Reims, France. pp.2001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/j3ea/20231030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848555v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04356243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomographie par ondes guidées pour le monitoring des défauts de corrosion dans les structures à parois minces</w:t>
               </w:r>
@@ -2442,278 +2442,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03240227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computation of dispersion curves of guided waves in functionally graded materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a dual temporal-spatial chirp method for the generation of broadband surface acoustic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dame Fall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Benmeddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah-Eddine Hebaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">175th Meeting of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2018, Minneapolis, United States. pp.045002, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/2.0001014⟩</w:t>
+              <w:t xml:space="preserve">, May 2018, Minneapolis, MN, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.5036050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02502406v1</w:t>
+                <w:t xml:space="preserve">hal-03595633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a dual temporal-spatial chirp method for the generation of broadband surface acoustic waves</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+                <w:t xml:space="preserve">Computation of dispersion curves of guided waves in functionally graded materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah-Eddine Hebaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Benmeddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Assaad</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">175th Meeting of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2018, Minneapolis, MN, United States. </w:t>
+              <w:t xml:space="preserve">, May 2018, Minneapolis, United States. pp.045002, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.5036050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/2.0001014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03595633v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02502406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computation of dispersion curves of guided waves using discontinuous Galerkin finite element method: Application to functionally graded materials</w:t>
               </w:r>
@@ -2751,51 +2751,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Assaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">175th Meeting of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Minneapolis, MN, United States. pp.1741-1741, </w:t>
@@ -4042,51 +4042,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8EF3CB67"/>
+    <w:nsid w:val="F8B47846"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4273,51 +4273,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/se-hebaz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9864-3415" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/232524394" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346510v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Bouzzit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Martinez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Arciniegas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah-Eddine Hebaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2023.107156" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502385v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moulin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Assaad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5021588" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999638v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Gall" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Monnier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fusco" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8122557" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357402v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Serfaty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357820v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Sauderais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Arciniegas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357408v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357405v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357837v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432263v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Salah Eddine Hebaz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Agon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Walaszek" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hod&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.1009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493684v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Agon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Walaszek" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hod&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493793v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissandre Trenchand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Lambert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gallet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055706v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS54386.2022.9958867" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847929v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713352v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356243v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Roucaries" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisa Guidini Gon&#231;alves" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Chrifi Alaoui" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231030" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848555v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Serfaty" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ferrandiz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848253v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353258v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Saidoun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Zhang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Romaine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240227v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0164" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502406v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/2.0001014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595633v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duquennoy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dame Fall" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadi Ouaftouh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5036050" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595566v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5035681" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03590665v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03592070v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03592087v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477598v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364570v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254574v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03597151v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03587043v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490315v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Anh Vu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02062548v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018VALE0020" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/se-hebaz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9864-3415" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/232524394" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346510v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Bouzzit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Martinez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Arciniegas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah-Eddine Hebaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2023.107156" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502385v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moulin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Assaad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5021588" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999638v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Gall" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Monnier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fusco" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8122557" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357402v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Serfaty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357820v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Sauderais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Arciniegas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357408v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357405v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357837v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432263v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Salah Eddine Hebaz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Agon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Walaszek" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hod&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61782/fa.2023.1009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493684v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Agon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Walaszek" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hod&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493793v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissandre Trenchand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Lambert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gallet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847929v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055706v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS54386.2022.9958867" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713352v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848555v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Serfaty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ferrandiz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356243v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Roucaries" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisa Guidini Gon&#231;alves" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Chrifi Alaoui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231030" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848253v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353258v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Saidoun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Zhang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Romaine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240227v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0164" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595633v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duquennoy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dame Fall" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadi Ouaftouh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5036050" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502406v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/2.0001014" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595566v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5035681" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03590665v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03592070v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03592087v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477598v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364570v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254574v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03597151v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03587043v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490315v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Anh Vu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02062548v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018VALE0020" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>