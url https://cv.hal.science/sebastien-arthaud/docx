--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1277,295 +1277,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05120846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early-onset sleep alterations found in patients with amyotrophic lateral sclerosis are ameliorated by orexin antagonist in mouse models</w:t>
+                <w:t xml:space="preserve">Sleep-dependent infraslow rhythms are evolutionarily conserved across reptiles and mammals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon J Guillot</w:t>
+                <w:t xml:space="preserve">Antoine Bergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Lang</w:t>
+                <w:t xml:space="preserve">Julien Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Simonot</w:t>
+                <w:t xml:space="preserve">Baptiste Barrillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Arthaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Beckett</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dorothée Lulé</w:t>
+                <w:t xml:space="preserve">Laetitia Averty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/scitranslmed.adm7580⟩</w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41593-025-02159-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-05509033v1</w:t>
+                <w:t xml:space="preserve">hal-05495102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep-dependent infraslow rhythms are evolutionarily conserved across reptiles and mammals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Early-onset sleep alterations found in patients with amyotrophic lateral sclerosis are ameliorated by orexin antagonist in mouse models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Bergel</w:t>
+                <w:t xml:space="preserve">Christina Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Schmidt</w:t>
+                <w:t xml:space="preserve">Marie Simonot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Barrillot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Arthaud</w:t>
+                <w:t xml:space="preserve">Daniel Beckett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Averty</w:t>
+                <w:t xml:space="preserve">Dorothée Lulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Science Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (783), pp.eadm7580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41593-025-02159-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/scitranslmed.adm7580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05495102v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05509033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging the gap between lab and field sleep studies: a proof-of-concept for studying wild rats in semi-captive environments</w:t>
               </w:r>
@@ -1577,51 +1577,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Antoine Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Arthaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Brescia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2981,295 +2981,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02996296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INTRAMUSCULAR ADMINISTRATION OF KETAMINE-MEDETOMIDINE ASSURES STABLE ANAESTHESIA NEEDED FOR LONG-TERM SURGERY IN THE ARGENTINE TEGU SALVATOR MERIANAE</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ventromedial medulla inhibitory neuron inactivation induces REM sleep without atonia and REM sleep behavior disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Roux</w:t>
+                <w:t xml:space="preserve">Sara Valencia Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brischoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Arthaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Angeline Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Zoo and Wildlife Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1638/2017-0089.1⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-017-02761-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02105781v1</w:t>
+                <w:t xml:space="preserve">hal-02104823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ventromedial medulla inhibitory neuron inactivation induces REM sleep without atonia and REM sleep behavior disorder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">INTRAMUSCULAR ADMINISTRATION OF KETAMINE-MEDETOMIDINE ASSURES STABLE ANAESTHESIA NEEDED FOR LONG-TERM SURGERY IN THE ARGENTINE TEGU SALVATOR MERIANAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Barrillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Arthaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Valencia Garcia</w:t>
+                <w:t xml:space="preserve">Laëtitia Averty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Brischoux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Arthaud</w:t>
+                <w:t xml:space="preserve">Angeline Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Zoo and Wildlife Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 49 (2), pp.291-296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-017-02761-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1638/2017-0089.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02104823v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02105781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ONEIROS, a new miniature standalone device for recording sleep electrophysiology, physiology, temperatures and behavior in the lab and field</w:t>
               </w:r>
@@ -3281,64 +3281,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Arthaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Barrillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianina Ungurean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3532,51 +3532,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partial homologies between sleep states in lizards, mammals, and birds suggest a complex evolution of sleep states in amniotes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Antoine Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Barrillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Arthaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4750,51 +4750,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Inhibition of the Dorsal Paragigantocellular Reticular Nucleus Induces Waking and the Activation of All Adrenergic and Noradrenergic Neurons: A Combined Pharmacological and Functional Neuroanatomical Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Valencia Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Antoine Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5191,51 +5191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Antoine Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Arthaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Brischoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 32 (47), pp.16763-16774. </w:t>
@@ -6626,51 +6626,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Jego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Brischoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Nigri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7016,51 +7016,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Antoine Libourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Arthaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bressia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7663,51 +7663,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347198v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Arthaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Comte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiong Liu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Pe&#241;uelas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadna Laguna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119309v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Duval" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Malcey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarine Chancel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luppi Pierre-Herv&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347171v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Herv&#233; Luppi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788391v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rose" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Zahid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piilgaard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.G. Hviid" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Jensen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2023.11.1104" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788236v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grenot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Roman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Libourel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Peyron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748322v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Pe&#241;uelas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadana Laguna" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Vila" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345917v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cl&#233;ment" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sapin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02454954v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lanfray" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Ouellet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Comp&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120846v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rose" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Neergaard Zahid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Piilgaard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Egebjerg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederikke Lynge S&#248;rensen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleepadvances/zpaf025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05509033v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J Guillot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Lang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simonot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beckett" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lul&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.adm7580" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495102v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bergel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmidt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Barrillot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Averty" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-025-02159-y" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519164v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brescia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Dib" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleepadvances/zpaf036" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767989v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gonzalez-Sepulveda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Nicolau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53168-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768098v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Villalba" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Morel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fort" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsae178" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04444848v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika El Yacoubi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Altersitz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Latapie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elari Rizkallah" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-024-01811-8" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669984v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bernard-Valnet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Frieser" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Hung Nguyen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Khajavi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Qu&#233;riault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awab455" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748304v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blondet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsac089" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400920v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risa Yamazaki" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dianru Wang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna de Laet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Maciel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Agnorelli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab173" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285342v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cabrera" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2021.114514" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104247v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsaa003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996227v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun&#8208;sook Lee" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12976" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996296v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cophys.2020.03.008" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105781v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Roux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Averty" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Clair" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1638/2017-0089.1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104823v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Valencia Garcia" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brischoux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02761-0" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890562v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Massot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianina Ungurean" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2018.08.030" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368936v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Meftah" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Peyron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsy046" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105758v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.2005982" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824562v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Yshii" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1603325113" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773763v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ravassard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Mahdy Hamieh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Antoine Joseph" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fraize" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhu310" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398976v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336931v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Varin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Salvert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2015.10.051" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336938v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chauveau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12269" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02121070v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Rancillac" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Geoffroy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0609-15.2015" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196843v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jolivel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Botia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Portal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delest" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12031-014-0325-4" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01958600v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bucharles" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bizet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arabo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.23553" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CPJ9X0L7-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337032v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096851" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939215v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Ouellet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Do Rego" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db11-0785" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01962799v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339533v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1885-12.2012" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682913v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Tanguy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Falluel-Morel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Boukhzar" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Destiny-Love Manecka" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2011-1246" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00819614v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Galas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2009.06555.x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00281272v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Colomer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis A. Olivos Ore" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coutry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Mathieu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5597-07.2008" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119338v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lagunas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119375v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Arthaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2025.01.137" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178071v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Lakhdar" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178056v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176874v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345870v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Cherasse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lazarus" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gallopin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345904v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347128v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Jego" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Nigri" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347007v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Olivier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369336v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gervasoni" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931921v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bressia" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285164v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311796v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Qun Wang" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Li" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Bo Jiang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02458810v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marguerite" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Gandolfo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Desrues" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347198v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Arthaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Comte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiong Liu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Pe&#241;uelas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadna Laguna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119309v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Duval" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Malcey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarine Chancel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luppi Pierre-Herv&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347171v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Herv&#233; Luppi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788391v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rose" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Zahid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piilgaard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.G. Hviid" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Jensen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2023.11.1104" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788236v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grenot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Roman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Libourel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Peyron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748322v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Pe&#241;uelas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariadana Laguna" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Vila" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345917v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cl&#233;ment" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sapin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02454954v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lanfray" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Ouellet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Comp&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120846v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rose" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Neergaard Zahid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Piilgaard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Egebjerg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederikke Lynge S&#248;rensen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleepadvances/zpaf025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495102v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bergel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmidt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Barrillot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Averty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-025-02159-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05509033v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J Guillot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Lang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simonot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beckett" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lul&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.adm7580" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519164v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brescia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Dib" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleepadvances/zpaf036" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767989v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gonzalez-Sepulveda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Nicolau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53168-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768098v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Villalba" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Morel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fort" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsae178" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04444848v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika El Yacoubi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Altersitz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Latapie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elari Rizkallah" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-024-01811-8" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669984v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bernard-Valnet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Frieser" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Hung Nguyen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Khajavi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Qu&#233;riault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awab455" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748304v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blondet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsac089" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400920v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risa Yamazaki" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dianru Wang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna de Laet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Maciel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Agnorelli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab173" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285342v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cabrera" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2021.114514" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104247v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsaa003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996227v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun&#8208;sook Lee" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12976" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996296v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cophys.2020.03.008" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104823v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Valencia Garcia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brischoux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02761-0" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105781v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Roux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Averty" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Clair" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1638/2017-0089.1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890562v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Massot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianina Ungurean" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2018.08.030" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368936v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Meftah" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Peyron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsy046" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105758v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.2005982" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824562v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Yshii" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1603325113" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773763v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ravassard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Mahdy Hamieh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Antoine Joseph" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fraize" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhu310" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398976v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336931v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Varin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Salvert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2015.10.051" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336938v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chauveau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12269" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02121070v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Rancillac" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Geoffroy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0609-15.2015" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196843v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jolivel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Botia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Portal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delest" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12031-014-0325-4" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01958600v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bucharles" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bizet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arabo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.23553" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CPJ9X0L7-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337032v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096851" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939215v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Ouellet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Do Rego" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db11-0785" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01962799v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339533v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1885-12.2012" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682913v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Tanguy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Falluel-Morel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Boukhzar" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Destiny-Love Manecka" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2011-1246" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00819614v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Burel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Galas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2009.06555.x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00281272v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Colomer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis A. Olivos Ore" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coutry" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Mathieu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5597-07.2008" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119338v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lagunas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119375v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Arthaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2025.01.137" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178071v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Lakhdar" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178056v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176874v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345870v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Cherasse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lazarus" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gallopin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345904v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347128v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Jego" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Nigri" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347007v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Olivier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369336v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gervasoni" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931921v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bressia" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285164v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311796v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Qun Wang" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Li" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Bo Jiang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02458810v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marguerite" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Gandolfo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Desrues" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>