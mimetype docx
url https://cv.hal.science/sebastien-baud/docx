--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -957,1008 +957,1008 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03327765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Docking of acetyl-CoA carboxylase to the plastid envelope membrane attenuates fatty acid production in plants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AtMYB92 enhances fatty acid synthesis and suberin deposition in leaves of Nicotiana benthamiana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yajin Ye</w:t>
+                <w:t xml:space="preserve">Jérôme Joubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krisztina Nikovics</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandra To</w:t>
+                <w:t xml:space="preserve">Jean Thueux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Kazaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Lepiniec</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric T Fedosejevs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-20014-5⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 103 (2), pp.660-676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.14759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03327726v1</w:t>
+                <w:t xml:space="preserve">hal-03004236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AtMYB92 enhances fatty acid synthesis and suberin deposition in leaves of Nicotiana benthamiana</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential Activation of Partially Redundant Δ9 Stearoyl-ACP Desaturase Genes Is Critical for Omega-9 Monounsaturated Fatty Acid Biosynthesis During Seed Development in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Kazaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Barthole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Domergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasna Ettaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra To</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Loic Lepiniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 103 (2), pp.660-676. </w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (11), pp.3613-3637. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tpj.14759⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1105/tpc.20.00554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03004236v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Activation of Partially Redundant Δ9 Stearoyl-ACP Desaturase Genes Is Critical for Omega-9 Monounsaturated Fatty Acid Biosynthesis During Seed Development in Arabidopsis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Docking of acetyl-CoA carboxylase to the plastid envelope membrane attenuates fatty acid production in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Barthole</w:t>
+                <w:t xml:space="preserve">Yajin Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Domergue</w:t>
+                <w:t xml:space="preserve">Krisztina Nikovics</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Lepiniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hasna Ettaki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandra To</w:t>
+                <w:t xml:space="preserve">Eric T Fedosejevs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 32 (11), pp.3613-3637. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1105/tpc.20.00554⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-20014-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996686v1</w:t>
+                <w:t xml:space="preserve">hal-03327726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overexpression of MYB115, AAD2, or AAD3 in Arabidopsis thaliana seeds yields contrasting omega-7 contents</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arabidopsis thaliana DGAT3 is a [2Fe-2S] protein involved in TAG biosynthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Adrián Troncoso-Ponce</w:t>
+                <w:t xml:space="preserve">Laure Aymé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra A. To</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Barthole</w:t>
+                <w:t xml:space="preserve">Simon Arragain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Canonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Touati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0192156⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.17254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-35545-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02356207v1</w:t>
+                <w:t xml:space="preserve">hal-01938601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis thaliana DGAT3 is a [2Fe-2S] protein involved in TAG biosynthesis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Seeds as oil factories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-35545-7⟩</w:t>
+              <w:t xml:space="preserve">Sexual Plant Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (3), pp.213-235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00497-018-0325-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01938601v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeds as oil factories</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Molecular and biochemical characterization of the sunflower (Helianthus annuus L.) cytosolic and plastidial enolases in relation to seed development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Troncoso-Ponce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rivoal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Venegas-Calerón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sexual Plant Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00497-018-0325-6⟩</w:t>
+              <w:t xml:space="preserve">Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 272, pp.117-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.04.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02356212v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and biochemical characterization of the sunflower (Helianthus annuus L.) cytosolic and plastidial enolases in relation to seed development</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Dorion</w:t>
+                <w:t xml:space="preserve">Overexpression of MYB115, AAD2, or AAD3 in Arabidopsis thaliana seeds yields contrasting omega-7 contents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasna Ettaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Sánchez</w:t>
+                <w:t xml:space="preserve">Manuel Adrián Troncoso-Ponce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Venegas-Calerón</w:t>
+                <w:t xml:space="preserve">Alexandra A. To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Barthole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 272, pp.117-130. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (1), pp.e0192156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.04.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0192156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02356209v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights on the organization and regulation of the fatty acid biosynthetic network in the model higher plant Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Adrián Troncoso Ponce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krisztina Nikovics</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Marchive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lepiniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 120, pp.3-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1992,51 +1992,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the molecular mechanisms underpinning the transcriptional control of gene expression by L-AFL proteins in Arabidopsis seed.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zsolt Kelemen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2120,502 +2120,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01406124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Function and localization of the Arabidopsis thaliana diacylglycerol acyltransferase DGAT2 expressed in yeast</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
+                <w:t xml:space="preserve">MYB118 Represses Endosperm Maturation in Seeds of Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Barthole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Marchive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Joffre</w:t>
+                <w:t xml:space="preserve">Véronique Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Chardot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ludivine Soubigou-Taconnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (3), 9 p. </w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (9), pp.3519 - 3537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0092237⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1105/tpc.114.130021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204016v1</w:t>
+                <w:t xml:space="preserve">hal-01204153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MYB118 Represses Endosperm Maturation in Seeds of Arabidopsis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Barthole</w:t>
+                <w:t xml:space="preserve">Transcriptional regulation of fatty acid production in higher plants: Molecular bases and biotechnological outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Marchivey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krisztina Nikovicsy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Lepiniec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Baud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 26 (9), pp.3519 - 3537. </w:t>
+              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 116 (10), pp.1332-1343. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1105/tpc.114.130021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejlt.201400027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204153v1</w:t>
+                <w:t xml:space="preserve">hal-01204152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptional regulation of fatty acid production in higher plants: Molecular bases and biotechnological outcomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Marchivey</w:t>
+                <w:t xml:space="preserve">Function and localization of the Arabidopsis thaliana diacylglycerol acyltransferase DGAT2 expressed in yeast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Aymé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krisztina Nikovicsy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sebastien S. Baud</w:t>
+                <w:t xml:space="preserve">Florent Joffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chardot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejlt.201400027⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (3), 9 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0092237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01204152v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlling lipid accumulation in cereal grains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Barthole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Lepiniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Rogowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 185, pp.33 - 39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2674,64 +2674,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WRINKLED Transcription Factors Orchestrate Tissue-Specific Regulation of Fatty Acid Biosynthesis in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Joubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Barthole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Lécureuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2942,51 +2942,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duplicate maize wrinkled1 transcription factors activate target genes involved in seed oil biosynthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Pouvreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vernoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3057,398 +3057,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PII is induced by WRINKLED1 and fine-tunes fatty acid composition in seeds of Arabidopsis thaliana</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Arabidopsis seed secrets unravelled after a decade of genetic and omics-driven research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ana Belen Feria Bourrellier</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Debeaujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Azzopardi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julie Dechorgnat</w:t>
+                <w:t xml:space="preserve">Christian Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 64 (2), pp.291-303. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2010.04332.x⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 61 (6), pp.971-981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2009.04095.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203883v1</w:t>
+                <w:t xml:space="preserve">hal-01203892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis seed secrets unravelled after a decade of genetic and omics-driven research</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Physiological and developmental regulation of seed oil production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Lepiniec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2009.04095.x⟩</w:t>
+              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49 (3), pp.235-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plipres.2010.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203892v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological and developmental regulation of seed oil production</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">PII is induced by WRINKLED1 and fine-tunes fatty acid composition in seeds of Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Belen Feria Bourrellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Azzopardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dechorgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plipres.2010.01.001⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 64 (2), pp.291-303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2010.04332.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01203879v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering gene regulatory networks that control seed development and maturation in Arabidopsis.</w:t>
               </w:r>
@@ -3460,51 +3460,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Santos-Mendoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Parcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3568,77 +3568,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WRINKLED1 specifies the regulatory action of LEAFY COTYLEDON2 towards fatty acid metabolism during seed maturation in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Santos Mendoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra A. To</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwana E. Harscoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3702,51 +3702,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Function of plastidial pyruvate kinases in seeds of Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Wuilleme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3836,51 +3836,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The AtSUC5 sucrose transporter specifically expressed in the endosperm is involved in early seed development in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Wuilleme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3970,51 +3970,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and expression profile of the sucrose synthase multigene family in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Vaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4074,51 +4074,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurke and pasticcino3 mutants affected in embryo development are impaired in acetyl-CoA carboxylase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4208,51 +4208,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multifonctional acetyl-CoA carboxylase 1 is essential for very long chain fatty acid elongation and embryo development in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4333,51 +4333,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An integrated overview of seed development in Arabidopsis thaliana ecotype WS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien S. Baud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4480,321 +4480,321 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métabolisme des acyl-lipides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seed Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Debeaujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yonghua Li-Beisson</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Vincent Arondel</w:t>
+                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Arabidopsis Book</w:t>
+              <w:t xml:space="preserve">Plant Developmental Biology - Biotechnological Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1199/tab.0133⟩</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer-verlag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 497 p., 2010, 978-3-642-02300-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-02301-9_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02823577v1</w:t>
+                <w:t xml:space="preserve">hal-01203968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seed Development</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Dubos</w:t>
+                <w:t xml:space="preserve">Métabolisme des acyl-lipides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yonghua Li-Beisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basil Shorrosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred Beisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mats X. Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
+                <w:t xml:space="preserve">Vincent Arondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Developmental Biology - Biotechnological Perspectives</w:t>
+              <w:t xml:space="preserve">The Arabidopsis Book</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer-verlag</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 497 p., 2010, 978-3-642-02300-2. </w:t>
+                <w:t xml:space="preserve">American Society of Plant Biologists</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-02301-9_17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1199/tab.0133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01203968v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02823577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId178"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4949,51 +4949,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322924v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Miray" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Frazzetto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra To" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ratahiry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine de Vos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf314" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207582v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Kazaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70038" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443649v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Bianchetti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Clouet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Baron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.14130" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263353v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Debeaujon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.104" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782169v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lepiniec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2021.101138" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03327760v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10030674" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03327765v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22041621" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03327726v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yajin Ye" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krisztina Nikovics" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lepiniec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric T Fedosejevs" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20014-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004236v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joub&#232;s" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thueux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14759" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996686v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barthole" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Ettaki" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.20.00554" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356207v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Adri&#225;n Troncoso-Ponce" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra A. To" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0192156" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938601v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Aym&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Arragain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Canonge" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Baud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Touati" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35545-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356212v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00497-018-0325-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356209v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Troncoso-Ponce" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rivoal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dorion" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S&#225;nchez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Venegas-Caler&#243;n" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.04.007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532525v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Adri&#225;n Troncoso Ponce" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Marchive" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.05.013" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406124v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Kelemen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Th&#233;venin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Boulard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blanchet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00034" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204016v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Joffre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chardot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0092237" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204153v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Soubigou-Taconnat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.114.130021" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204152v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Marchivey" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krisztina Nikovicsy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201400027" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QRB87F01-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003444v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rogowsky" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2011.09.002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-981HFLD8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004104v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;cureuil" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Scagnelli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.106120" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189696v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cubillos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Yansouni" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmid Khalili" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Elftieh" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-117" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000162v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Pouvreau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vernoud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Morin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille C. Py" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.173641" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203883v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Belen Feria Bourrellier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Azzopardi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2010.04332.x" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203892v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04095.x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203879v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2010.01.001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z4BNVPW8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297574v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Santos-Mendoza" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parcy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Caboche" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03461.x" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664890v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Santos Mendoza" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwana E. Harscoet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic L. Lepiniec" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2007.03092.x" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661879v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Wuilleme" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie de Almeida" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Vuagnat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2007.03232.x" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078925v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lemoine" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Kronenberger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2005.02496.x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683477v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Vaultier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rochat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erh047" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682755v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bellec" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Miquel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bellini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Caboche" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400124" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676403v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guyon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Wuill&#232;me" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Miquel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681314v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boutin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823577v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonghua Li-Beisson" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Shorrosh" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Beisson" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mats X. Andersson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arondel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1199/tab.0133" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203968v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322924v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Miray" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Frazzetto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra To" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ratahiry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine de Vos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf314" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207582v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Kazaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70038" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443649v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Bianchetti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Clouet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Baron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.14130" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263353v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Debeaujon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.104" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782169v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lepiniec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2021.101138" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03327760v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10030674" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03327765v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22041621" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004236v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Joub&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thueux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lepiniec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14759" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996686v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barthole" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Ettaki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.20.00554" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03327726v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yajin Ye" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krisztina Nikovics" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric T Fedosejevs" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20014-5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938601v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Aym&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Arragain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Canonge" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Baud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Touati" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35545-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356212v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00497-018-0325-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356209v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Troncoso-Ponce" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rivoal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dorion" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S&#225;nchez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Venegas-Caler&#243;n" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.04.007" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356207v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Adri&#225;n Troncoso-Ponce" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra A. To" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0192156" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532525v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Adri&#225;n Troncoso Ponce" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Marchive" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.05.013" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406124v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Kelemen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Th&#233;venin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Boulard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blanchet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00034" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204153v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Soubigou-Taconnat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.114.130021" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204152v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Marchivey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krisztina Nikovicsy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201400027" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QRB87F01-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204016v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Joffre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chardot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0092237" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003444v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rogowsky" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2011.09.002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-981HFLD8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004104v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;cureuil" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Scagnelli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.106120" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189696v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cubillos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Yansouni" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmid Khalili" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Elftieh" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-117" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000162v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Pouvreau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vernoud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Morin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille C. Py" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.173641" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203892v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04095.x" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203879v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2010.01.001" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z4BNVPW8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203883v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Belen Feria Bourrellier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Azzopardi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2010.04332.x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297574v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Santos-Mendoza" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Parcy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Caboche" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03461.x" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664890v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Santos Mendoza" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwana E. Harscoet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic L. Lepiniec" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2007.03092.x" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661879v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Wuilleme" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie de Almeida" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Vuagnat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2007.03232.x" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078925v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lemoine" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Kronenberger" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2005.02496.x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683477v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Vaultier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rochat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erh047" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682755v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bellec" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Miquel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bellini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Caboche" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400124" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676403v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guyon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Wuill&#232;me" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Miquel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681314v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boutin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203968v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823577v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonghua Li-Beisson" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Shorrosh" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Beisson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mats X. Andersson" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arondel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1199/tab.0133" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>