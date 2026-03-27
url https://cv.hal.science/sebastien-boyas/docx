--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -181,76 +181,76 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Integrative Force-Velocity-Position model applied to vertical jump</w:t>
+                <w:t xml:space="preserve">Mathematical modeling of a force–velocity-position relationship in vertical jump</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicie Pommerell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Boyas</w:t>
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -260,1902 +260,1902 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Begue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 50th congress of the.., </w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 189, pp.112812. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/mbj.16241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2025.112812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05191796v2</w:t>
+                <w:t xml:space="preserve">hal-05113433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Dribbling Constraints on Sprint Acceleration Performance According to Maturity Status in Handball Players</w:t>
+                <w:t xml:space="preserve">Acute effect of core stability exercises on static and dynamic postural balance in soccer players with groin pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Sudlow</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Félicie Pommerell</w:t>
+                <w:t xml:space="preserve">Fatma Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Galantine</w:t>
+                <w:t xml:space="preserve">Khalid Alkhelaifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanna del Sordo</w:t>
+                <w:t xml:space="preserve">Nicolas Peyrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+                <w:t xml:space="preserve">Wissal Boughattas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.9086. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1519/JSC.0000000000005339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-94368-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05456137v1</w:t>
+                <w:t xml:space="preserve">hal-05020181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute effect of core stability exercises on static and dynamic postural balance in soccer players with groin pain</w:t>
+                <w:t xml:space="preserve">Effects of Dribbling Constraints on Sprint Acceleration Performance According to Maturity Status in Handball Players</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatma Chaari</w:t>
+                <w:t xml:space="preserve">Anthony Sudlow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Pommerell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khalid Alkhelaifi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
+                <w:t xml:space="preserve">Paul Galantine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Peyrot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wissal Boughattas</w:t>
+                <w:t xml:space="preserve">Giovanna del Sordo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-94368-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1519/JSC.0000000000005339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05020181v1</w:t>
+                <w:t xml:space="preserve">hal-05456137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Does Push-Off Distance Influence Force–Velocity Profile and Performance During Vertical Jumping?</w:t>
+                <w:t xml:space="preserve">An Integrative Force-Velocity-Position model applied to vertical jump</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicie Pommerell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Samozino</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Begue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/jab.2024-0194⟩</w:t>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 50th congress of the.., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mbj.16241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04950558v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05191796v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does Core Training Improve Agility Performance in Soccer Players With Groin Pain? A Randomized, Single-Blind Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thouraya Fendri</w:t>
+                <w:t xml:space="preserve">How Does Push-Off Distance Influence Force–Velocity Profile and Performance During Vertical Jumping?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Pommerell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Samozino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Begue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/ijspp.2024-0259⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/jab.2024-0194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979272v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sport function subscale of the Copenhagen Hip and Groin Outcome Score could not be an indicator of postural balance in soccer players with groin pain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Does Core Training Improve Agility Performance in Soccer Players With Groin Pain? A Randomized, Single-Blind Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Peyrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Haithem Rebai</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Harrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Fendri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of ISAKOS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jisako.2025.100906⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (3), pp.385-392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/ijspp.2024-0259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05455974v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical modeling of a force–velocity-position relationship in vertical jump</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">The sport function subscale of the Copenhagen Hip and Groin Outcome Score could not be an indicator of postural balance in soccer players with groin pain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Peyrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Begue</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Rebai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 189, pp.112812. </w:t>
+              <w:t xml:space="preserve">Journal of ISAKOS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.100906. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2025.112812⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jisako.2025.100906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05113433v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05455974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core stability is associated with dynamic postural balance in soccer players experiencing groin pain without time-loss</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Relationship Between Postural Stability and Proprioception, Pain, Quadriceps Strength, and Muscle Tightness in Athletes With Patellar Tendinopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Fendri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofien Kasmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Sahli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Orthopaedics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jor.2024.02.038⟩</w:t>
+              <w:t xml:space="preserve">Sports Health: A Multidisciplinary Approach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (6), pp.991-999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/19417381241231617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04979301v1</w:t>
+                <w:t xml:space="preserve">hal-04979303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there a relationship between static postural control and core stability? A cross-sectional study in soccer players with groin pain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Effectiveness of 12-Week Core Stability Training on Postural Balance in Soccer Players With Groin Pain: A Single-Blind Randomized Controlled Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Rebai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Sahli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Orthopaedics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jor.2023.11.036⟩</w:t>
+              <w:t xml:space="preserve">Sports Health: A Multidisciplinary Approach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/19417381241259988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979368v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of obesity and fat distribution on ankle muscle coactivation during gait</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Does Obesity Affect the Rate of Force Development in Plantar Flexor Muscles among Older Adults?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Ferhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmoetez Magtouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Attia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sabri Gaied Chortane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0294692⟩</w:t>
+              <w:t xml:space="preserve">Sports - Multidisciplinary Open Access Journal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (4), pp.89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/sports12040089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04516705v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of countermovement depth on net force, push-off time, vertical impulse and performance during jumping</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">The influence of obesity and fat distribution on ankle muscle coactivation during gait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Maktouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Ferhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Begue Jérémie</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabri Gaied Chortane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (3), pp.e0294692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0294692⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2024.102945⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04773267v1</w:t>
+                <w:t xml:space="preserve">hal-04516705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship Between Postural Stability and Proprioception, Pain, Quadriceps Strength, and Muscle Tightness in Athletes With Patellar Tendinopathy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Is there a relationship between static postural control and core stability? A cross-sectional study in soccer players with groin pain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Rebai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thouraya Fendri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sonia Sahli</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Health: A Multidisciplinary Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/19417381241231617⟩</w:t>
+              <w:t xml:space="preserve">Journal of Orthopaedics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 48, pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jor.2023.11.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979303v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does Obesity Affect the Rate of Force Development in Plantar Flexor Muscles among Older Adults?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Attia</w:t>
+                <w:t xml:space="preserve">Influence of countermovement depth on net force, push-off time, vertical impulse and performance during jumping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Pommerell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Samozino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+                <w:t xml:space="preserve">Begue Jérémie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports - Multidisciplinary Open Access Journal </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (4), pp.89. </w:t>
+              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.102945. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/sports12040089⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2024.102945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979293v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04773267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of 12-Week Core Stability Training on Postural Balance in Soccer Players With Groin Pain: A Single-Blind Randomized Controlled Pilot Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Core stability is associated with dynamic postural balance in soccer players experiencing groin pain without time-loss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haithem Rebai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Fendri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Sahli</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Health: A Multidisciplinary Approach</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Journal of Orthopaedics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53, pp.1-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/19417381241259988⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jor.2024.02.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04979295v1</w:t>
+                <w:t xml:space="preserve">hal-04979301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Concurrent Exercise Training on Ankle Muscle Activation during Static and Proactive Postural Control on Older Adults with Sarcopenic Obesity: A Multicenter, Randomized, and Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmoetez Magtouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabri Gaied Chortane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussema Gaied Chortane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Investigation in Health, Psychology and Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (12), pp.2779-2794. </w:t>
@@ -2193,103 +2193,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Physical Activity Program on Body Composition, Physical Performance, and Neuromuscular Strategies during Walking in Older Adults with Sarcopenic Obesity: Randomized Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Ferhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabri Gaied Chortane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthcare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (16), pp.2294. </w:t>
@@ -2321,2030 +2321,2030 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04293472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postural balance asymmetry and subsequent noncontact lower extremity musculoskeletal injuries among Tunisian soccer players with groin pain: A prospective case control study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Patellar tendinopathy impairs postural control in athletes: A case control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Fendri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Sahli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Achraf Harrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Chaari</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mohammed A Harrabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 98, pp.134-140. </w:t>
+              <w:t xml:space="preserve">Physical Therapy in Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 53, pp.14-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2022.09.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ptsp.2021.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03791266v1</w:t>
+                <w:t xml:space="preserve">hal-03620177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Activity Program for the Survival of Elderly Patients With Lymphoma: Study Protocol for Randomized Phase 3 Trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Postural balance asymmetry and subsequent noncontact lower extremity musculoskeletal injuries among Tunisian soccer players with groin pain: A prospective case control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Sahli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Fendri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonas Dubu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne-Lise Septans</w:t>
+                <w:t xml:space="preserve">Mohammed A Harrabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/40969⟩</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 98, pp.134-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2022.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05094985v1</w:t>
+                <w:t xml:space="preserve">hal-03791266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patellar tendinopathy impairs postural control in athletes: A case control study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Physical Activity Program for the Survival of Elderly Patients With Lymphoma: Study Protocol for Randomized Phase 3 Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Dubu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sonia Sahli</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Roland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Achraf Harrabi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fatma Chaari</w:t>
+                <w:t xml:space="preserve">Anne-Lise Septans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Therapy in Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 53, pp.14-20. </w:t>
+              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (11), pp.e40969. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ptsp.2021.10.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/40969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03620177v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05094985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postural balance impairment in Tunisian second division soccer players with groin pain: A case-control study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Athletes with unilateral patellar tendinopathy have increased subsequent lower extremity musculoskeletal injury risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Fendri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Rebai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Achraf Harrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thouraya Fendri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Therapy in Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 51, pp.85-91. </w:t>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (12), pp.1908-1915. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ptsp.2021.07.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17461391.2021.1976840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980656v1</w:t>
+                <w:t xml:space="preserve">hal-04980648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building a biopsychosocial model of cancer-related fatigue: the BIOCARE FActory cohort study protocol</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Beaune</w:t>
+                <w:t xml:space="preserve">Postural balance impairment in Tunisian second division soccer players with groin pain: A case-control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Rebai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Boyas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cyril Forestier</w:t>
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Fendri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12885-021-08831-3⟩</w:t>
+              <w:t xml:space="preserve">Physical Therapy in Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51, pp.85-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ptsp.2021.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03443119v1</w:t>
+                <w:t xml:space="preserve">hal-04980656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Athletes with Unilateral Patellar Tendinopathy Have Postural Balance Inter-Limb Asymmetry and Increased Subsequent Lower Extremity Musculoskeletal Injury Risk</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+                <w:t xml:space="preserve">Building a biopsychosocial model of cancer-related fatigue: the BIOCARE FActory cohort study protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Chartogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (12), pp.1908-1915. </w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17461391.2021.1976840⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12885-021-08831-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03620184v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03443119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Athletes with unilateral patellar tendinopathy have increased subsequent lower extremity musculoskeletal injury risk</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Athletes with Unilateral Patellar Tendinopathy Have Postural Balance Inter-Limb Asymmetry and Increased Subsequent Lower Extremity Musculoskeletal Injury Risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thouraya Fendri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haithem Rebai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Achraf Harrabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Sport Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (12), pp.1908-1915. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/17461391.2021.1976840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04980648v1</w:t>
+                <w:t xml:space="preserve">hal-03620184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between lower limbs fatigability threshold and postural control in obese adults</w:t>
+                <w:t xml:space="preserve">Differences in lower extremity muscular coactivation during postural control between healthy and obese adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2020.109819⟩</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 81, pp.197-204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2020.07.068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02954055v1</w:t>
+                <w:t xml:space="preserve">hal-02944507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in lower extremity muscular coactivation during postural control between healthy and obese adults</w:t>
+                <w:t xml:space="preserve">Influence of Obesity and Impact of a Physical Activity Program on Postural Control and Functional and Physical Capacities in Institutionalized Older Adults: A Pilot Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2020.07.068⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (2), pp.169-176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/jpah.2018-0376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944507v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Obesity and Impact of a Physical Activity Program on Postural Control and Functional and Physical Capacities in Institutionalized Older Adults: A Pilot Study</w:t>
+                <w:t xml:space="preserve">Interactions among obesity and age-related effects on the gait pattern and muscle activity across the ankle joint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 17 (2), pp.169-176. </w:t>
+              <w:t xml:space="preserve">Experimental Gerontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 140, pp.111054. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/jpah.2018-0376⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.exger.2020.111054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944487v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions among obesity and age-related effects on the gait pattern and muscle activity across the ankle joint</w:t>
+                <w:t xml:space="preserve">Relationships between lower limbs fatigability threshold and postural control in obese adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cerise Guilherme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Gerontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 140, pp.111054. </w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 105, pp.109819. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.exger.2020.111054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2020.109819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944498v1</w:t>
+                <w:t xml:space="preserve">hal-02954055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Older and young adults adopt different postural strategies during quiet bipedal stance after ankle plantarflexor fatigue</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Handgrip fatiguing exercise can provide objective assessment of cancer-related fatigue: a pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Veni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emily Medd</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Beaulieu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yves Lajoie</w:t>
+                <w:t xml:space="preserve">H. Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2019.02.044⟩</w:t>
+              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27, pp.229-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00520-018-4320-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359693v1</w:t>
+                <w:t xml:space="preserve">hal-02357828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Handgrip fatiguing exercise can provide objective assessment of cancer-related fatigue: a pilot study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Older and young adults adopt different postural strategies during quiet bipedal stance after ankle plantarflexor fatigue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Medd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Veni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Beaune</w:t>
+                <w:t xml:space="preserve">Amélie Boileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Bourgeois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
+                <w:t xml:space="preserve">Yves Lajoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 27, pp.229-238. </w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 701, pp.208-212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00520-018-4320-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2019.02.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357828v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of an Adapted Physical Activity Program on Self-Esteem and Quality of Life of Breast Cancer Patients after Mastectomy</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Combined effects of aging and obesity on postural control, muscle activity and maximal voluntary force of muscles mobilizing ankle joint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waël Maktouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000489265⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 79, pp.198-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2018.08.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359704v1</w:t>
+                <w:t xml:space="preserve">hal-02369559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined effects of aging and obesity on postural control, muscle activity and maximal voluntary force of muscles mobilizing ankle joint</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Influence of an Adapted Physical Activity Program on Self-Esteem and Quality of Life of Breast Cancer Patients after Mastectomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Landry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chasles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Pointreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 79, pp.198-206. </w:t>
+              <w:t xml:space="preserve">Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 95 (3), pp.188-191. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2018.08.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000489265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02369559v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliability of force-velocity relationships during deadlift high pull</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Jubeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4443,64 +4443,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 18 (sup1), pp.1928-1929. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4573,64 +4573,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 17 (sup1), pp.186-187. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4658,1283 +4658,1283 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attentional focus influences postural control and reaction time performances only during challenging dual-task conditions in healthy young adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fatiguing Exercise Intensity Influences the Relationship between Parameters Reflecting Neuromuscular Function and Postural Control Variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin Rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bilodeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-013-3684-0⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (8), pp.e72482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0072482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359708v1</w:t>
+                <w:t xml:space="preserve">hal-02359714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of ankle plantarflexor fatigue on postural sway, lower limb articular angles, and postural strategies during unipedal quiet standing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Attentional focus influences postural control and reaction time performances only during challenging dual-task conditions in healthy young adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Remaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lajoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bilodeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 231 (2), pp.219-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-013-3684-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2012.09.014⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359725v1</w:t>
+                <w:t xml:space="preserve">hal-02359708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in posture associated with postural control impairment induced by ankle plantarflexor fatigue during unipedal quiet standing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Influence of ankle plantarflexor fatigue on postural sway, lower limb articular angles, and postural strategies during unipedal quiet standing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cory Mcgown</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Maria Hajj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bilodeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 547, pp.48-52. </w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 37 (4), pp.547-551. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2013.05.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2012.09.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359718v1</w:t>
+                <w:t xml:space="preserve">hal-02359725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatiguing Exercise Intensity Influences the Relationship between Parameters Reflecting Neuromuscular Function and Postural Control Variables</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Changes in posture associated with postural control impairment induced by ankle plantarflexor fatigue during unipedal quiet standing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cory Mcgown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lajoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bilodeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 547, pp.48-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2013.05.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0072482⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02359714v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attentional Demands Associated With Postural Control Depend on Task Difficulty and Visual Condition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of fatiguing isometric and isokinetic ankle exercises on postural control while standing on firm and compliant surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Bisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lajoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bilodeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Motor Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 44 (5), pp.329-340. </w:t>
+              <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 9 (1), pp.39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00222895.2012.708680⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1743-0003-9-39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359736v1</w:t>
+                <w:t xml:space="preserve">hal-02359730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of fatiguing isometric and isokinetic ankle exercises on postural control while standing on firm and compliant surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attentional Demands Associated With Postural Control Depend on Task Difficulty and Visual Condition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Remaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Bisson</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Guillaume Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bilodeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 9 (1), pp.39. </w:t>
+              <w:t xml:space="preserve">Journal of Motor Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44 (5), pp.329-340. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1743-0003-9-39⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00222895.2012.708680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359730v1</w:t>
+                <w:t xml:space="preserve">hal-02359736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impairment in postural control is greater when ankle plantarflexors and dorsiflexors are fatigued simultaneously than when fatigued separately</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Thigh Muscle Activities in Elite Rowers During On-Water Rowing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Morel</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Guihard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Hug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2011.05.009⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32 (2), pp.109-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0030-1268412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359748v1</w:t>
+                <w:t xml:space="preserve">hal-02359753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuromuscular fatigue in healthy muscle: Underlying factors and adaptation mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guével</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 54 (2), pp.88-108. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2011.01.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02359751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of exercise intensity and joint angle on endurance time prediction of sustained submaximal isometric knee extensions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Impairment in postural control is greater when ankle plantarflexors and dorsiflexors are fatigued simultaneously than when fatigued separately</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Remaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Bisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cadieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 34 (2), pp.254-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2011.05.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00421-010-1731-0⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02359744v1</w:t>
+                <w:t xml:space="preserve">hal-02359748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thigh Muscle Activities in Elite Rowers During On-Water Rowing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+                <w:t xml:space="preserve">Influence of exercise intensity and joint angle on endurance time prediction of sustained submaximal isometric knee extensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guével</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 111 (6), pp.1187-1196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-010-1731-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0030-1268412⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02359753v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in sEMG parameters among trunk and thigh muscles during a fatiguing bilateral isometric multi-joint task in trained and untrained subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Maïsetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guével</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 19 (2), pp.259-268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5974,879 +5974,987 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02359757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power Responses of a Rowing Ergometer: Mechanical Sensors vs. Concept2® Measurement System</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Specific Neuromuscular Responses of High Skilled Laser Sailors during a Multi-Joint Posture Sustained Until Exhaustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Maïsetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guével</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 27 (10), pp.830-833. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-2006-923774⟩</w:t>
+              <w:t xml:space="preserve">, 2006, 27 (12), pp.968-975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-2006-923893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359766v1</w:t>
+                <w:t xml:space="preserve">hal-02359759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific Neuromuscular Responses of High Skilled Laser Sailors during a Multi-Joint Posture Sustained Until Exhaustion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Power Responses of a Rowing Ergometer: Mechanical Sensors vs. Concept2® Measurement System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Nordez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guével</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 27 (12), pp.968-975. </w:t>
+              <w:t xml:space="preserve">, 2006, 27 (10), pp.830-833. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-2006-923893⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-2006-923774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02359759v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle postural chez les sportifs présentant des blessures aux membres inférieurs : analyse et prise en charge par l’exercice physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fatma Chaari</w:t>
+                <w:t xml:space="preserve">Évaluation de la production de force et des contributions segmentaires en pédalage en fonction de la puissance et de la cadence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rakotomalala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Boyas</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Samozino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Peyrot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50ème congrès annuel de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Le mans, France</w:t>
+              <w:t xml:space="preserve">ACAPS (Association des Chercheurs en Activités Physiques et Sportives)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers; Université de Poitiers, UFR STAPS, Laboratoire CeRCA-UMR 7295 CNRS; Université de Poitiers, UFR STAPS Laboratoire MOVE - UR 20296, Oct 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459217v1</w:t>
+                <w:t xml:space="preserve">hal-05490785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torque-Angle and Torque-Velocity relationships during unilateral leg extensions: towards an individual Torque-Velocity-Angle profile</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Morel</w:t>
+                <w:t xml:space="preserve">Contrôle postural chez les sportifs présentant des blessures aux membres inférieurs : analyse et prise en charge par l’exercice physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Peyrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Rebai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Sahli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th ECSS anniversary Congress, July 2023, Paris, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European College of Sport Science, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">50ème congrès annuel de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05457038v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05459217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between postural balance and pain, hip range of motions and core stability in soccer players with groin pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Sahli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference "Education, Motor Behavior, Sport and Health" 3rd edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Sfax, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05459290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la relation force-vitesse-longueur</w:t>
+                <w:t xml:space="preserve">Torque-Angle and Torque-Velocity relationships during unilateral leg extensions: towards an individual Torque-Velocity-Angle profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicie Pommerell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Samozino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire International « Sport, Performance et Santé »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Supérieur du Sport et de l’Éducation Physique de Sfax, 2022, Sfax, Tunisie</w:t>
+              <w:t xml:space="preserve">28th ECSS anniversary Congress, July 2023, Paris, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European College of Sport Science, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05457089v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05457038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Caractérisation de la relation force-vitesse-longueur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félicie Pommerell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Peyrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire International « Sport, Performance et Santé »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Supérieur du Sport et de l’Éducation Physique de Sfax, 2022, Sfax, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05457089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effects of self-control fatigue on sprint performance in elite athletes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pommerell Félicie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Poiroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international ACAPS 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05457068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId183"/>
+      <w:footerReference w:type="default" r:id="rId185"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6914,51 +7022,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9FC5A980"/>
+    <w:nsid w:val="9A67570D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7145,51 +7253,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastien-boyas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5999-2831" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122768973" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191796v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Pommerell" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boyas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Rahmani" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Samozino" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Begue" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16241" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456137v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sudlow" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Galantine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna del Sordo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000005339" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05020181v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Chaari" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Alkhelaifi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyrot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Boughattas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-94368-5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950558v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jab.2024-0194" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979272v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Harrabi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Fendri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2024-0259" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05455974v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haithem Rebai" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jisako.2025.100906" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113433v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.112812" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979301v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sahli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jor.2024.02.038" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979368v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jor.2023.11.036" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516705v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Maktouf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ferhi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaune" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Gaied Chortane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0294692" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773267v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Begue J&#233;r&#233;mie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2024.102945" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979303v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofien Kasmi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19417381241231617" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979293v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmoetez Magtouf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Attia" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sports12040089" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979295v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19417381241259988" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309992v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussema Gaied Chortane" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ejihpe13120192" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293472v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare11162294" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791266v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed A Harrabi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2022.09.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094985v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Dubu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roland" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Landry" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Septans" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/40969" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620177v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Achraf Harrabi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ptsp.2021.10.014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980656v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ptsp.2021.07.003" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443119v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chartogne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leclercq" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-021-08831-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620184v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2021.1976840" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980648v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954055v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#235;l Maktouf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Guilherme" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2020.109819" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944507v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2020.07.068" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944487v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2018-0376" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944498v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouliquen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2020.111054" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359693v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Medd" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Beaulieu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Boileau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lajoie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2019.02.044" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357828v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Veni" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bourgeois" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-018-4320-0" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359704v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chasles" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pointreau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bourgeois" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000489265" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369559v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2018.08.017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357830v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Lu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2017.1391325" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357858v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Donnard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lorin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069572" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357864v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931676" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359708v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Remaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bilodeau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-013-3684-0" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-14D6NH63-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359725v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Hajj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2012.09.014" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359718v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cory Mcgown" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2013.05.003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GH91S4M-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359714v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Rivers" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0072482" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359736v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caron" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00222895.2012.708680" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359730v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bisson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1743-0003-9-39" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359748v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cadieux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2011.05.009" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CM5JXGH5-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359751v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gu&#233;vel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2011.01.001" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359744v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-010-1731-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-87ZGS5RX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359753v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guihard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hug" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1268412" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359757v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ma&#239;setti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2007.09.002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VH3P96K9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359766v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nordez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2006-923774" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359759v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2006-923893" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459217v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457038v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459290v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457089v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457068v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pommerell F&#233;licie" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Poiroux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Martin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastien-boyas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5999-2831" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122768973" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113433v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Pommerell" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Rahmani" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Samozino" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Begue" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.112812" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05020181v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Chaari" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Alkhelaifi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyrot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Boughattas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-94368-5" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456137v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sudlow" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Galantine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna del Sordo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000005339" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191796v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boyas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16241" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950558v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jab.2024-0194" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979272v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Harrabi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Fendri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2024-0259" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05455974v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haithem Rebai" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jisako.2025.100906" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979303v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaune" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofien Kasmi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sahli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19417381241231617" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979295v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19417381241259988" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979293v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ferhi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmoetez Magtouf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Attia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sports12040089" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516705v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Maktouf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Gaied Chortane" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0294692" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jor.2023.11.036" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773267v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Begue J&#233;r&#233;mie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2024.102945" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979301v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jor.2024.02.038" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309992v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussema Gaied Chortane" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ejihpe13120192" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293472v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare11162294" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620177v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Achraf Harrabi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ptsp.2021.10.014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791266v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed A Harrabi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2022.09.004" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094985v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Dubu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roland" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Landry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Septans" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/40969" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980648v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2021.1976840" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980656v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ptsp.2021.07.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443119v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chartogne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leclercq" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-021-08831-3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620184v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944507v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#235;l Maktouf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2020.07.068" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944487v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2018-0376" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944498v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouliquen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2020.111054" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954055v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Guilherme" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2020.109819" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357828v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Veni" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bourgeois" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-018-4320-0" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359693v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Medd" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Beaulieu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Boileau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lajoie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2019.02.044" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369559v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2018.08.017" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359704v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chasles" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pointreau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bourgeois" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000489265" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357830v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Lu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jubeau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2017.1391325" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357858v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Donnard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lorin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069572" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357864v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931676" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359714v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Remaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Rivers" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bilodeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0072482" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359708v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-013-3684-0" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-14D6NH63-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359725v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Hajj" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2012.09.014" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359718v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cory Mcgown" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2013.05.003" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GH91S4M-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359730v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bisson" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1743-0003-9-39" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359736v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caron" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00222895.2012.708680" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359753v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gu&#233;vel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guihard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hug" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1268412" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359751v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2011.01.001" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359748v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cadieux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2011.05.009" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CM5JXGH5-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359744v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-010-1731-0" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-87ZGS5RX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359757v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ma&#239;setti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2007.09.002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VH3P96K9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359759v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2006-923893" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359766v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nordez" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2006-923774" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490785v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rakotomalala" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459217v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459290v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457038v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457089v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457068v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pommerell F&#233;licie" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Poiroux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Martin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>