--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -801,200 +801,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04355136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La digitalisation, un levier de gestion de l’austérité dans les collectivités locales ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le management de l’austérité dans les collectivités locales, entre rééquilibrage budgétaire et performance renouvelée : une étude lexicométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Maurel</w:t>
+                <w:t xml:space="preserve">S. Dony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonard Gourbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gestion et management public</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068613v1</w:t>
+                <w:t xml:space="preserve">hal-03886806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le management de l’austérité dans les collectivités locales, entre rééquilibrage budgétaire et performance renouvelée : une étude lexicométrique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Leonard Gourbier</w:t>
+                <w:t xml:space="preserve">La digitalisation, un levier de gestion de l’austérité dans les collectivités locales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Maurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gestion et management public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Volume 10 / N° 2 (2), pp.9-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gmp.102.0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03886806v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le crowdfunding dans les communes françaises : un outil de financement de l’action publique et de communication</w:t>
               </w:r>
@@ -1110,51 +1110,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réaliser des économies par la digitalisation : quelles conditions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Batac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1387,135 +1387,135 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rôle des dispositifs de gestion dans le processus de création de valeur publique : étude du déploiement des schémas directeurs immobiliers et énergétiques au sein du secteur public</w:t>
+                <w:t xml:space="preserve">Quand la comptabilité colonise, au travers d’un dispositif de gestion, les stratégies immobilières et énergétiques des collectivités locales: une possible destruction de la valeur publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatem-Zahra El Fassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Godowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Queyroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dony</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Godowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème colloque AIRMAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Saint Quentin en Yveline, France</w:t>
+              <w:t xml:space="preserve">3ème conférence francophone sur la recherche en comptabilité critique et interprétative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05100920v1</w:t>
+                <w:t xml:space="preserve">hal-05119603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion du patrimoine immobilier public face aux paradoxes organisationnels : pratiques et stratégies</w:t>
               </w:r>
@@ -1603,578 +1603,578 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05100902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour des Schémas Directeurs Immobiliers et Energétiques transformatifs au sein du secteur public. Retour sur l’évaluation des SDIE accompagnés par l’ADEME</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le rôle des dispositifs de gestion dans le processus de création de valeur publique : étude du déploiement des schémas directeurs immobiliers et énergétiques au sein du secteur public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatem-Zahra El Fassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Queyroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fatem-Zahra El Fassi</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Godowski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Dony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de direction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Brest Métropole, Nov 2025, Brest, France</w:t>
+              <w:t xml:space="preserve">14ème colloque AIRMAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Saint Quentin en Yveline, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05387460v1</w:t>
+                <w:t xml:space="preserve">hal-05100920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’outil au dispositif de gestion pour appréhender la spécificité des organisations publiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pour des Schémas Directeurs Immobiliers et Energétiques transformatifs au sein du secteur public. Retour sur l’évaluation des SDIE accompagnés par l’ADEME</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Queyroi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatem-Zahra El Fassi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoann Queyroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Godowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème journée sur les outils de gestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire CEREFIGE, Université de Lorraine; Laboratoire Magellan, Université Lyon 3, Oct 2025, Nancy, France</w:t>
+              <w:t xml:space="preserve">Séminaire de direction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brest Métropole, Nov 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318885v1</w:t>
+                <w:t xml:space="preserve">hal-05387460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand la comptabilité colonise, au travers d’un dispositif de gestion, les stratégies immobilières et énergétiques des collectivités locales: une possible destruction de la valeur publique</w:t>
+                <w:t xml:space="preserve">De l’outil au dispositif de gestion pour appréhender la spécificité des organisations publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatem-Zahra El Fassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Queyroi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Godowski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoann Queyroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème conférence francophone sur la recherche en comptabilité critique et interprétative</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">3ème journée sur les outils de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CEREFIGE, Université de Lorraine; Laboratoire Magellan, Université Lyon 3, Oct 2025, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05119603v1</w:t>
+                <w:t xml:space="preserve">hal-05318885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les objectifs poursuivis par la gestion du patrimoine immobilier des collectivités locales : quelles stratégies de réponse à ce problème pernicieux ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoann Queyroi</w:t>
+                <w:t xml:space="preserve">Introduction du Budget Vert dans les collectivités territoriales : les apports d’une approche néo-institutionnelle par les packages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonard Gourbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Du Boys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dony</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Favoreu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« L’action publique face aux problèmes pernicieux : quels dispositifs stratégiques concevoir ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Colloque de l’APMP, May 2024, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">45 eme congrès de l'Association Française de Comptabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, DIJON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04595687v1</w:t>
+                <w:t xml:space="preserve">hal-04620081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Finance avant l’environnement ? Une autre lecture de l’émergence du Budget Vert</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Du Boys</w:t>
+                <w:t xml:space="preserve">Les objectifs poursuivis par la gestion du patrimoine immobilier des collectivités locales : quelles stratégies de réponse à ce problème pernicieux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Queyroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatem-Zahra El Fassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Favoreu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45 eme congrès de l'Association Française de Comptabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">« L’action publique face aux problèmes pernicieux : quels dispositifs stratégiques concevoir ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque de l’APMP, May 2024, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04620100v1</w:t>
+                <w:t xml:space="preserve">hal-04595687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction du Budget Vert dans les collectivités territoriales : les apports d’une approche néo-institutionnelle par les packages</w:t>
+                <w:t xml:space="preserve">La Finance avant l’environnement ? Une autre lecture de l’émergence du Budget Vert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonard Gourbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Du Boys</w:t>
@@ -2183,99 +2183,99 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45 eme congrès de l'Association Française de Comptabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2024, DIJON, France</w:t>
+              <w:t xml:space="preserve">, May 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04620081v1</w:t>
+                <w:t xml:space="preserve">hal-04620100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les débuts du contrôle de gestion environnemental dans les collectivités françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2516,51 +2516,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Batac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Maurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIRMAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3070,51 +3070,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05500121v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Gourbier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Du Boys" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dony" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00208523251414031" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718858v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine de la Palli&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Goullet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;ck Guyvarc&#8217;h" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.pr1.0014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717053v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.230.0055" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536408v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Queyroi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202764v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bd0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355126v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine de La Palli&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355136v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Gourbier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068613v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maurel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.102.0009" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886806v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dony" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540302v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.126.0039" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355142v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Batac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064835v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meyssonnier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.37.2020.0010" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840468v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/accra.003.0023" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100920v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatem-Zahra El Fassi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godowski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100902v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Favoreu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387460v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318885v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119603v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595687v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620100v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620081v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357841v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245086v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03240409v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02381483v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907400v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281118v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493687v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05500121v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Gourbier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Du Boys" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dony" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00208523251414031" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718858v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine de la Palli&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Goullet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;ck Guyvarc&#8217;h" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.pr1.0014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717053v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.230.0055" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536408v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Queyroi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202764v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bd0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355126v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine de La Palli&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355136v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Gourbier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886806v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dony" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068613v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maurel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.102.0009" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540302v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.126.0039" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355142v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Batac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064835v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meyssonnier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.37.2020.0010" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840468v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/accra.003.0023" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119603v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatem-Zahra El Fassi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godowski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100902v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Favoreu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100920v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387460v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318885v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620081v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595687v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620100v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04357841v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245086v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03240409v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02381483v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907400v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281118v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493687v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>