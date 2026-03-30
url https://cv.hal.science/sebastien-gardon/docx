--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -213,235 +213,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05468974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The emergence of the Biodiversity/Health nexus: making biodiversity a health issue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amandine Gautier</w:t>
+                <w:t xml:space="preserve">Précarité énergétique et résilience territoriale : les acteurs des territoires face aux enjeux organisationnels d’une question multidimensionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Clotilde Meillerand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Déprés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41130-023-00189-3⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Numéro thématique. Planification spatiale et résilience territoriale : le défi des changements environnementaux et sociétaux majeurs, 46 (1), pp.77-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1097162ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04497823v1</w:t>
+                <w:t xml:space="preserve">halshs-03917910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Précarité énergétique et résilience territoriale : les acteurs des territoires face aux enjeux organisationnels d’une question multidimensionnelle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Clotilde Meillerand</w:t>
+                <w:t xml:space="preserve">The emergence of the Biodiversity/Health nexus: making biodiversity a health issue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Nicolas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Gardon</w:t>
+                <w:t xml:space="preserve">Christophe Déprés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Regional Science / Revue canadienne des sciences régionales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Numéro thématique. Planification spatiale et résilience territoriale : le défi des changements environnementaux et sociétaux majeurs, 46 (1), pp.77-85. </w:t>
+              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 104 (1), pp.27-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1097162ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s41130-023-00189-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03917910v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One Health, une stratégie d’établissement, un dialogue (inter)disciplinaire, un parti pris méthodologique</w:t>
               </w:r>
@@ -1026,489 +1026,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04970947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entretien avec Sébastien Gardon pour le dossier &amp;quot;Peut-on manger sans risques ?</w:t>
+                <w:t xml:space="preserve">Forêts et santé : des liens à repenser pour de nouvelles approches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Bonnaud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">N. Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Obstancias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Déprés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologies pratiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">H&amp;B, la revue d’Humanité et Biodiversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03132367v1</w:t>
+                <w:t xml:space="preserve">hal-03321204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forêts et santé : des liens à repenser pour de nouvelles approches</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Entretien avec Sébastien Gardon pour le dossier &amp;quot;Peut-on manger sans risques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Pace</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laure Bonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">H&amp;B, la revue d’Humanité et Biodiversité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sociologies pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41, pp.17-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sopr.041.0017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321204v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03132367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tramway en France : De la saga d’une réussite au développement tortueux d’un réseau dans l’agglomération lyonnaise</w:t>
+                <w:t xml:space="preserve">La biodiversité entre science et politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d’histoire des chemins de fer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 53, pp.131-147</w:t>
+              <w:t xml:space="preserve">Critique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (85), pp.217-221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04880121v1</w:t>
+                <w:t xml:space="preserve">hal-04946076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La biodiversité entre science et politique</w:t>
+                <w:t xml:space="preserve">Les Français et la nature. Pourquoi si peu d’amour ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amandine Gautier</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Chansigaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critique Internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 4 (85), pp.217-221</w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (2), pp.258-261</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04946076v1</w:t>
+                <w:t xml:space="preserve">hal-04948906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Français et la nature. Pourquoi si peu d’amour ?</w:t>
+                <w:t xml:space="preserve">Le tramway en France : De la saga d’une réussite au développement tortueux d’un réseau dans l’agglomération lyonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Chansigaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 27 (2), pp.258-261</w:t>
+              <w:t xml:space="preserve">Revue d’histoire des chemins de fer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53, pp.131-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948906v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04880121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode d’intégration de données sociologiques dans l’évaluation d’un dispositif de surveillance : exemple appliqué à la tuberculose bovine en élevage</w:t>
               </w:r>
@@ -2284,368 +2284,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04381404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’instrumentation des politiques de l’environnement, L’exemple du contrôle et du suivi des MAFOR par les services déconcentrés français</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’échelon régional au cœur des politiques sanitaires, Un nouvel espace pour accompagner la recomposition de l’Etat et la montée en puissance des instances professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Postic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Congrès de l’ABSP : Autonomie, coordination et efficacité dans l’administration publique</w:t>
+              <w:t xml:space="preserve">7ème congrès de l’Association Belge de Science Politique,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02183083v1</w:t>
+                <w:t xml:space="preserve">hal-02302581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’échelon régional au cœur des politiques sanitaires, Un nouvel espace pour accompagner la recomposition de l’Etat et la montée en puissance des instances professionnelles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’instrumentation des politiques de l’environnement, L’exemple du contrôle et du suivi des MAFOR par les services déconcentrés français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Déprés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Postic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème congrès de l’Association Belge de Science Politique,</w:t>
+              <w:t xml:space="preserve">7ème Congrès de l’ABSP : Autonomie, coordination et efficacité dans l’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302581v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les modes d'exercice du travail politique des vice-présidents de conseils régionaux. Des rôles fonctionnels composites. ST 40 : Le travail politique</w:t>
+                <w:t xml:space="preserve">Le travail d'organisation du gouvernement régional. ST 40 : Le travail politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aisling Healy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l'Association française de Science Politique "La science politique à l'heure européenne", IEP de Strasbourg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00635707v1</w:t>
+                <w:t xml:space="preserve">halshs-00635697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail d'organisation du gouvernement régional. ST 40 : Le travail politique</w:t>
+                <w:t xml:space="preserve">Les modes d'exercice du travail politique des vice-présidents de conseils régionaux. Des rôles fonctionnels composites. ST 40 : Le travail politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aisling Healy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l'Association française de Science Politique "La science politique à l'heure européenne", IEP de Strasbourg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00635697v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00635707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'État contre ou avec le territoire ? La formation professionnelle et universitaire en tension entre logiques centrales et volonté d'action des régions. ST 12 : L'État et ses territoires : nouvelles logiques, nouvelles relations ?</w:t>
               </w:r>
@@ -3002,216 +3002,216 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03686540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La biodiversité en quête de santé : de nouvelles justifications pour protéger la nature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La santé globale au prisme de l'analyse des politiques publiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">l'Harmattan, pp.224, 2020, Éthique, droit et développement durable, 978-2-343-19400-4</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Le Naour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Quæ, pp.248, 2020, Update Sciences &amp; technologies, 978-2-7592-3258-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02558759v1</w:t>
+                <w:t xml:space="preserve">halshs-03146911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La santé globale au prisme de l'analyse des politiques publiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La biodiversité en quête de santé : de nouvelles justifications pour protéger la nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Déprés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Éditions Quæ, pp.248, 2020, Update Sciences &amp; technologies, 978-2-7592-3258-1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pinasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">l'Harmattan, pp.224, 2020, Éthique, droit et développement durable, 978-2-343-19400-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03146911v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02558759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La santé globale au prisme de l’analyse des politiques publiques</w:t>
               </w:r>
@@ -3337,51 +3337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Béal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Clotilde Meillerand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions du PUCA, pp.341, 2018, 978-2-11-138164-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4109,51 +4109,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Clotilde Meillerand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Huré, Maxime ; Gardon, Sébastien ; Rousseau, Max ; Béal, Vincent ; Meillerand, Marie-Clotilde. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">(Re)Penser les politiques urbaines. Retour sur vingt ans d’action publique dans les villes françaises (1995-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du PUCA, pp.239-244, 2018</w:t>
@@ -4660,254 +4660,254 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La démocratisation de l’accès aux pratiques artistiques à travers l’apprentissage dans les établissements d’enseignement artistique [Rapport final]</w:t>
+                <w:t xml:space="preserve">Les politiques sociales décentralisées et la « performance sociale ». Pratiques de management et outils de gestion dans les services d’aide et d’action sociales des Conseils généraux en France métropolitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Bois</w:t>
+                <w:t xml:space="preserve">Guillaume Marrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Raynaud</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Étude pour le compte de La Nacre. 2014, pp.423</w:t>
+                <w:t xml:space="preserve">Christèle Marchand-Lagier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] DREES-Mire, Convention n° : 2011 - 2200480260. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01109710v1</w:t>
+                <w:t xml:space="preserve">hal-01323209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les politiques sociales décentralisées et la « performance sociale ». Pratiques de management et outils de gestion dans les services d’aide et d’action sociales des Conseils généraux en France métropolitaine</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">La démocratisation de l’accès aux pratiques artistiques à travers l’apprentissage dans les établissements d’enseignement artistique [Rapport final]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Bois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Raynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Étude pour le compte de La Nacre. 2014, pp.423</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Marrel</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-01323209v1</w:t>
+                <w:t xml:space="preserve">halshs-01109710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5165,51 +5165,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05468974v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gardon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Naour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quad.114.0017" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497823v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D&#233;pr&#233;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-023-00189-3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03917910v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Clotilde Meillerand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Nicolas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097162ar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880005v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2022.0238" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05019617v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Akrich" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;glantine Armand-Rastano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bajos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Barbot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000849v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Armand-Rastano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880016v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351509v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.4974" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04970947v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gautier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03132367v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.041.0017" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03321204v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Blache" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pace" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Obstancias" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880121v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04946076v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04948906v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chansigaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04381444v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Poirier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Praud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177531v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Darribehaude" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843654v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059974v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#233;ant Mathilde" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gisclard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Toussaint Soulard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960579v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Allaouchiche" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chalvet-Monfray" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Chiffoleau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Aziayibor" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04381361v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Gu&#233;tin-Poirier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04381404v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Crozet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183083v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Postic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02302581v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635707v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Healy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635697v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635683v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Buisson-Fenet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970383v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Mangiapia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Puppo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Porphyre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03686540v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Morand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1681/9782759232963/sortir-des-crises" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02558759v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pinasseau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146911v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02097539v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01959455v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hur&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Rousseau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;al" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176526v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lensel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04892917v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferrieux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/320/9782759239726/approches-interdisciplinaires-en-sante-animale" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880159v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03714391v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.164773" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880130v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/covid-19-one-health-et-intelligence-artificielle-p.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880169v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880177v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01959483v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165656v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165665v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03586041v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aust" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497160v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Faugier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.102246" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04930554v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Loukiadis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109710v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bois" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Giraud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Raynaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323209v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Nonjon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Marchand-Lagier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Alcaras" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01540257v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009LYO20049" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05468974v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gardon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Naour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quad.114.0017" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03917910v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Clotilde Meillerand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Nicolas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097162ar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497823v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D&#233;pr&#233;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-023-00189-3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880005v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2022.0238" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05019617v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Akrich" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;glantine Armand-Rastano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bajos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Barbot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000849v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Armand-Rastano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880016v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351509v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.4974" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04970947v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gautier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03321204v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Blache" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pace" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Obstancias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03132367v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.041.0017" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04946076v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04948906v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chansigaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880121v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04381444v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Poirier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Praud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177531v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Darribehaude" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843654v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059974v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#233;ant Mathilde" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gisclard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Toussaint Soulard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960579v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Allaouchiche" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chalvet-Monfray" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Chiffoleau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Aziayibor" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04381361v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Gu&#233;tin-Poirier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enva.hal.science/hal-04381404v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Crozet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02302581v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183083v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Postic" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635697v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635707v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Healy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635683v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Buisson-Fenet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970383v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Mangiapia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Puppo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Porphyre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03686540v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Morand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1681/9782759232963/sortir-des-crises" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146911v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02558759v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pinasseau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02097539v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01959455v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hur&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Rousseau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;al" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176526v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lensel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04892917v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferrieux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/320/9782759239726/approches-interdisciplinaires-en-sante-animale" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880159v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03714391v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.164773" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880130v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/covid-19-one-health-et-intelligence-artificielle-p.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880169v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04880177v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01959483v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165656v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165665v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03586041v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aust" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497160v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Faugier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.102246" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04930554v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Loukiadis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323209v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Nonjon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Marchand-Lagier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Alcaras" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109710v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Giraud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Raynaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01540257v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009LYO20049" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>