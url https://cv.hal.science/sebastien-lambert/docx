--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -243,325 +243,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promising Effects of Duck Vaccination against Highly Pathogenic Avian Influenza, France 2023–2024</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Surveillance strategy in duck flocks vaccinated against highly pathogenic avian influenza virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+                <w:t xml:space="preserve">Sophie Planchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Martin</w:t>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐Luc Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Rautureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gerbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 31 (7), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid3107.241445⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 31 (1), pp.115-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid3101.241140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05244269v1</w:t>
+                <w:t xml:space="preserve">hal-04889291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance strategy in duck flocks vaccinated against highly pathogenic avian influenza virus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Timothée Vergne</w:t>
+                <w:t xml:space="preserve">Promising Effects of Duck Vaccination against Highly Pathogenic Avian Influenza, France 2023–2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Fourtune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐Luc Guérin</w:t>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Rautureau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Eva Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gerbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 31 (1), pp.115-122. </w:t>
+              <w:t xml:space="preserve">, 2025, 31 (7), </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3201/eid3101.241140⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3201/eid3107.241445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04889291v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing contact tracing for avian influenza in poultry flocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fourtune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -651,77 +651,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective mortality thresholds for reporting suspicion of highly pathogenic avian influenza in mule ducks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 56 (1), pp.85. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -755,51 +755,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly pathogenic avian influenza management policy in domestic poultry: from reacting to preventing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -889,51 +889,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brucellosis in Alpine ibex: 10 years of research and expert assessments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1023,51 +1023,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimer la date de première infection par l'influenza aviaire hautement pathogène chez les volailles pour optimiser les enquêtes épidémiologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter H. F. Hobbelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1174,64 +1174,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Billy Bauzile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Rautureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fourtune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1276,744 +1276,744 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systematic review of mechanistic models used to study avian influenza virus transmission and control</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Modeling the effectiveness of One Health interventions against the zoonotic hookworm Ancylostoma ceylanicum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Timothée Vergne</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Inês Neves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew D. Neves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Traub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-023-01219-0⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.1092030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmed.2023.1092030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03997785v2</w:t>
+                <w:t xml:space="preserve">hal-04055577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the effectiveness of One Health interventions against the zoonotic hookworm Ancylostoma ceylanicum</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A systematic review of mechanistic models used to study avian influenza virus transmission and control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Andrew D. Neves</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Billy Bauzile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Traub</w:t>
+                <w:t xml:space="preserve">Amélie Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10, pp.1092030. </w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 54, pp.96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmed.2023.1092030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13567-023-01219-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04055577v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03997785v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using trained dogs and organic semi-conducting sensors to identify asymptomatic and mild SARS-CoV-2 infections: an observational study</w:t>
+                <w:t xml:space="preserve">Modelling livestock test-and-treat: A novel One Health strategy to control schistosomiasis and mitigate drug resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Guest</w:t>
+                <w:t xml:space="preserve">Adriana V. Díaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Inês Neves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Y. Dewhirst</w:t>
+                <w:t xml:space="preserve">Anna Borlase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve W. Lindsay</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sophie Aziz</w:t>
+                <w:t xml:space="preserve">Elsa Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Travel Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jtm/taac043⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.893066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fitd.2022.893066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04164731v1</w:t>
+                <w:t xml:space="preserve">hal-04275574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling livestock test-and-treat: A novel One Health strategy to control schistosomiasis and mitigate drug resistance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The African swine fever modelling challenge: Model comparison and lessons learnt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ezanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Picault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana V. Díaz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Inês Neves</w:t>
+                <w:t xml:space="preserve">Servane Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Borlase</w:t>
+                <w:t xml:space="preserve">Gaël Beaunée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Léger</w:t>
+                <w:t xml:space="preserve">Gert Jan Boender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Tropical Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 3, pp.893066. </w:t>
+              <w:t xml:space="preserve">Epidemics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 40, pp.100615. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fitd.2022.893066⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epidem.2022.100615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04275574v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03765381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The African swine fever modelling challenge: Model comparison and lessons learnt</w:t>
+                <w:t xml:space="preserve">Using trained dogs and organic semi-conducting sensors to identify asymptomatic and mild SARS-CoV-2 infections: an observational study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Ezanno</w:t>
+                <w:t xml:space="preserve">Claire Guest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Picault</w:t>
+                <w:t xml:space="preserve">Sarah Y. Dewhirst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Servane Bareille</w:t>
+                <w:t xml:space="preserve">Steve W. Lindsay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Beaunée</w:t>
+                <w:t xml:space="preserve">David J. Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gert Jan Boender</w:t>
+                <w:t xml:space="preserve">Sophie Aziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 40, pp.100615. </w:t>
+              <w:t xml:space="preserve">Journal of Travel Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29, </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epidem.2022.100615⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jtm/taac043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03765381v1</w:t>
+                <w:t xml:space="preserve">hal-04164731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic modelling of African swine fever in wild boar and domestic pigs: Epidemic forecasting and comparison of disease management strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle A. Dankwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2086,51 +2086,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two major epidemics of highly pathogenic avian influenza virus H5N8 and H5N1 in domestic poultry in France, 2020–2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2220,51 +2220,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining seroprevalence and capture-mark-recapture data to estimate the force of infection of brucellosis in a managed population of Alpine ibex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2348,342 +2348,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03597873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution du foyer de brucellose chez le bouquetin des Alpes dans le massif du Bargy, Haute Savoie, entre 2012 et 2020</w:t>
+                <w:t xml:space="preserve">Hybridized Zoonotic Schistosoma Infections Result in Hybridized Morbidity Profiles: A Clinical Morbidity Study amongst Co-Infected Human Populations of Senegal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Rossi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Clément Calenge</w:t>
+                <w:t xml:space="preserve">Cheikh Fall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucy Yasenev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Djirmay Garba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (8), pp.1776. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9081776⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04746049v1</w:t>
+                <w:t xml:space="preserve">hal-04701483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridized Zoonotic Schistosoma Infections Result in Hybridized Morbidity Profiles: A Clinical Morbidity Study amongst Co-Infected Human Populations of Senegal</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amadou Djirmay Garba</w:t>
+                <w:t xml:space="preserve">Evolution du foyer de brucellose chez le bouquetin des Alpes dans le massif du Bargy, Haute Savoie, entre 2012 et 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Toïgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92, pp.10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04701483v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeted strategies for the management of wildlife diseases: the case of brucellosis in Alpine ibex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2760,51 +2760,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating disease prevalence and temporal dynamics using biased capture serological data in a wildlife reservoir: The example of brucellosis in Alpine ibex (Capra ibex)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2881,51 +2881,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An individual-based model to assess the spatial and individual heterogeneity of Brucella melitensis transmission in Alpine ibex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3015,51 +3015,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Shedding Potential and Significant Individual Heterogeneity in Naturally-Infected Alpine ibex (Capra ibex) With Brucella melitensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3143,338 +3143,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01912381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apport de de la modélisation dans la compréhension du système brucellose – bouquetin du Bargy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Demographic stochasticity drives epidemiological patterns in wildlife with implications for diseases and population management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ezanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lambert</w:t>
+                <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-34623-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04733046v1</w:t>
+                <w:t xml:space="preserve">hal-02493521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demographic stochasticity drives epidemiological patterns in wildlife with implications for diseases and population management</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pauline Ezanno</w:t>
+                <w:t xml:space="preserve">L’apport de de la modélisation dans la compréhension du système brucellose – bouquetin du Bargy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Garel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J.P. Ganière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Garin-Bastuji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 74, pp.43-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02493521v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-clearance of Pestivirus in a Pyrenean Chamois (Rupicapra pyrenaica) Population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Menaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3551,51 +3551,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Freycon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Thebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3650,51 +3650,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host status of wild roe deer in bovine tuberculosis endemic areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Hars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3797,51 +3797,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude épidémiologique sur la tuberculose bovine chez le Chevreuil (Capreolus capreolus) en Dordogne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Hars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3941,77 +3941,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de l'efficacité des stratégies de surveillance dans un élevage de canards vaccinés contre l'influenza aviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Planchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Tours, France. pp.213, </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4545,51 +4545,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Historique et évolution de la situation épidémiologique et populationnelle de la brucellose des bouquetins (Capra ibex) du massif du Bargy depuis 2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Hars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4789,277 +4789,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apport de de la modélisation dans la compréhension du système brucellose – bouquetin du Bargy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Histoire de l’extinction du pestivirus chez les isards de la réserve d’Orlu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lambert</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Bruno Garin-Bastuji</w:t>
+                <w:t xml:space="preserve">Mathieu Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Menaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée AEEMA. Maisons-Alfort</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Maisons-Alfort, France</w:t>
+              <w:t xml:space="preserve">36èmes rencontres du GEEFSM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Orlu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04733070v1</w:t>
+                <w:t xml:space="preserve">hal-04727477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire de l’extinction du pestivirus chez les isards de la réserve d’Orlu</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’apport de de la modélisation dans la compréhension du système brucellose – bouquetin du Bargy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Toïgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Garel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pierre Menaut</w:t>
+                <w:t xml:space="preserve">J.P. Ganière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Garin-Bastuji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36èmes rencontres du GEEFSM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Orlu, France</w:t>
+              <w:t xml:space="preserve">Journée AEEMA. Maisons-Alfort</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04727477v1</w:t>
+                <w:t xml:space="preserve">hal-04733070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hétérogénéité de l’excrétion de Brucella melitensis chez les bouquetins</w:t>
               </w:r>
@@ -5071,51 +5071,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Freycon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Thebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5183,51 +5183,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do nothing” as a disease management strategy for pestivirus infection in Pyrenean Chamois?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5336,64 +5336,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon Hastings Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Beaunée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Modelling in Animal Health conference (ModAH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Nantes, France. 2024, 3. Modelling in Animal Health conference (ModAH)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5418,90 +5418,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Densité et vaccination : quels impacts sur la circulation de l’influenza aviaire hautement pathogène dans le Sud-Ouest ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Billy Bauzile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fourtune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Rautureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5690,90 +5690,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the Effects of Outdoor Access and Farm Size on Highly Pathogenic Avian Influenza Virus Diffusion Among Poultry Farms in Southwest France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon Hastings Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fourtune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde C. Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Infectious Disease Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Bologna, Italy. 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5801,182 +5801,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04714434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution temporelle 2013-2019 du foyer de brucellose dans la population de bouquetins des Alpes (&amp;lt;i&amp;gt;Capra ibex&amp;lt;/i&amp;gt;) du massif du Bargy (Haute-Savoie, France)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Lambert</w:t>
+                <w:t xml:space="preserve">Brucellosis dynamics in Alpine ibex: all caused by females?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Thebault</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37ème rencontres du GEEFSM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Étroubles, Italie. Communication par affiche (poster)</w:t>
+              <w:t xml:space="preserve">Rencontres annuelles du LabEx Ecofect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04941097v1</w:t>
+                <w:t xml:space="preserve">hal-04889533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de la brucellose chez le bouquetin des Alpes : un rôle majeur des femelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6021,182 +6021,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37ème rencontres du GEEFSM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Étroubles, Italie. Communication par affiche (poster)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04940170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brucellosis dynamics in Alpine ibex: all caused by females?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
+                <w:t xml:space="preserve">Évolution temporelle 2013-2019 du foyer de brucellose dans la population de bouquetins des Alpes (&amp;lt;i&amp;gt;Capra ibex&amp;lt;/i&amp;gt;) du massif du Bargy (Haute-Savoie, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Toïgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Clément Calenge</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Thebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres annuelles du LabEx Ecofect</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">37ème rencontres du GEEFSM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Étroubles, Italie. Communication par affiche (poster)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04889533v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04941097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New knowledge acquired from the French Alpine ibex (&amp;lt;i&amp;gt;Capra ibex&amp;lt;/i&amp;gt;), a singular wild reservoir of &amp;lt;i&amp;gt;Brucella infection&amp;lt;/i&amp;gt;</w:t>
               </w:r>
@@ -6221,51 +6221,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Quéméré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6307,51 +6307,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hétérogénéité de transmission de la brucellose chez le Bouquetin des Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6432,51 +6432,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brucella melitensis shedding in Alpine ibex: age and sex heterogeneity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6641,51 +6641,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Lafaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2024-SA-0146, Anses. 2025, 19 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6737,51 +6737,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Garin-Bastuji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6865,51 +6865,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmission and management of brucellosis in a heterogeneous wild population of Alpine ibex (Capra ibex)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Populations and Evolution [q-bio.PE]. Université de Lyon, 2019. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019LYSE1278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7105,51 +7105,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244266v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Valenzuela Ag&#252;&#237;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debapriyo Chakraborty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourtune" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08687-4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244269v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Martin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerbier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3107.241445" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889291v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Planchand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Luc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rautureau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3101.241140" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889224v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H. F. Hobbelen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Baca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L. Gonzales" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2024.0523" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041165v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Godard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01525-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745867v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Paul" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Delpont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Hayes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2024.29.42.2400266" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04276841v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Anselme-Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dunoyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023132" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745965v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Gonzales" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183713v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Bauzile" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01183-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997785v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01219-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04055577v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Walker" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. In&#234;s Neves" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D. Neves" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Traub" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2023.1092030" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164731v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guest" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Y. Dewhirst" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve W. Lindsay" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Allen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aziz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jtm/taac043" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275574v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana V. D&#237;az" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Borlase" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa L&#233;ger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fitd.2022.893066" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03765381v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ezanno" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Bareille" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Beaun&#233;e" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Jan Boender" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100615" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013944v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle A. Dankwa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Hayes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin N. Thompson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christl A. Donnelly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100622" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926786v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Delacourt" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14722" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03597873v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole To&#239;go" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marchand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Petit" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100542" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746049v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rossi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701483v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Fall" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Yasenev" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Djirmay Garba" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9081776" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03426726v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-021-00984-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223445v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2020.105239" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525781v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Petit" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912381v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Freycon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Y. Game" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01065" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04733046v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gani&#232;re" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garin-Bastuji" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493521v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34623-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225795v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gibert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Menaut" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/2017-03-055" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727360v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thebault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Game" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03429179v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Hars" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard R&#233;veillaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Moyen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gares" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-016-1071-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746100v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Viau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714318v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.056" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04415943v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van de Wiele" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04452206v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Petit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C To&#239;go" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gardon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04227017v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629820v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Chauveau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Margaillan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bourgoin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727702v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchand" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anselme-Martin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727411v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lambert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04733070v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727477v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727393v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787507v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Garel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684727v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Hastings Hayes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Beaun&#233;e" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712637v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.078" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712573v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Meyers" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouillot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fay" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gauthier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714434v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde C. Paul" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4654797" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04941097v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rossi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thebault" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04940170v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889533v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04952455v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girault" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889580v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04688854v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05173122v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boullier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lafaye" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03800143v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03030242v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSE1278" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244266v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Valenzuela Ag&#252;&#237;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debapriyo Chakraborty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourtune" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08687-4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889291v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Planchand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Luc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rautureau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerbier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3101.241140" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244269v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3107.241445" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889224v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H. F. Hobbelen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Baca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L. Gonzales" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2024.0523" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041165v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Godard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01525-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745867v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Paul" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Delpont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Hayes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2024.29.42.2400266" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04276841v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Anselme-Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dunoyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2023132" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745965v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Gonzales" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183713v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Bauzile" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01183-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04055577v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Walker" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. In&#234;s Neves" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D. Neves" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Traub" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2023.1092030" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997785v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01219-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275574v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana V. D&#237;az" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Borlase" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa L&#233;ger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fitd.2022.893066" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03765381v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ezanno" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Bareille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Beaun&#233;e" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Jan Boender" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100615" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164731v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guest" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Y. Dewhirst" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve W. Lindsay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Allen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aziz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jtm/taac043" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013944v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle A. Dankwa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Hayes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin N. Thompson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christl A. Donnelly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100622" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926786v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Delacourt" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14722" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03597873v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole To&#239;go" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marchand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Petit" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100542" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701483v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Fall" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Yasenev" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Djirmay Garba" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9081776" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746049v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rossi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03426726v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-021-00984-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223445v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2020.105239" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525781v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Petit" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912381v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Freycon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Y. Game" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01065" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493521v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34623-0" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04733046v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gani&#232;re" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garin-Bastuji" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225795v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gibert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Menaut" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/2017-03-055" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727360v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thebault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Game" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03429179v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Hars" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard R&#233;veillaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Moyen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gares" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-016-1071-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746100v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Viau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714318v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.056" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04415943v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van de Wiele" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04452206v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Petit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C To&#239;go" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gardon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04227017v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629820v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Chauveau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Margaillan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bourgoin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727702v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchand" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anselme-Martin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727411v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lambert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727477v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04733070v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04727393v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787507v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Garel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684727v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Hastings Hayes" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Beaun&#233;e" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712637v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.078" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712573v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Meyers" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouillot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fay" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gauthier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714434v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde C. Paul" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4654797" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889533v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04940170v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04941097v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rossi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thebault" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04952455v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girault" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889580v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04688854v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05173122v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boullier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lafaye" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03800143v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03030242v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSE1278" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>