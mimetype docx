--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1540,295 +1540,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental origin and maintenance of distinct testicular macrophage populations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detection of long-range electrostatic interactions between charged molecules by means of fluorescence correlation spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria Nardecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Lechelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noushin Mossadegh-Keller</w:t>
+                <w:t xml:space="preserve">Irene Donato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Gentek</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Mailfert</w:t>
+                <w:t xml:space="preserve">Jordane Preto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1084/jem.20170829⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96 (2), pp.022403 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.96.022403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01764674v1</w:t>
+                <w:t xml:space="preserve">hal-01662889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of long-range electrostatic interactions between charged molecules by means of fluorescence correlation spectroscopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matteo Gori</w:t>
+                <w:t xml:space="preserve">Developmental origin and maintenance of distinct testicular macrophage populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noushin Mossadegh-Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Gentek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Donato</w:t>
+                <w:t xml:space="preserve">Gregory Gimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordane Preto</w:t>
+                <w:t xml:space="preserve">Sylvain Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Mailfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 96 (2), pp.022403 </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 214 (10), pp.2829-2841. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.96.022403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1084/jem.20170829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01662889v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01764674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glycosylation-Dependent IFN-gamma R Partitioning in Lipid and Actin Nanodomains Is Critical for JAK Activation</w:t>
               </w:r>
@@ -3412,51 +3412,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8E4C9579"/>
+    <w:nsid w:val="8984FCE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3643,51 +3643,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastien-mailfert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0409-0432" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367436v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Dareau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pham" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabela Da Silva" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mailfert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919648v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ruffenach" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lechelon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Meriguet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Gori" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Nardecchia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9896089" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969656v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Djendli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Fabre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marguet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2025.02.018" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259009v5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl5855" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098463v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mailfert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Wojtowicz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brustlein" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Blaszczak" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61823" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506717v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Taffoni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shizue Omi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huber" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fallet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.45047" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911237v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Touvier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Benyoussef" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Rabaoui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2018.06.024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02084941v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Xia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng-Rui Qian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Xun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hamon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Sartre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.02864" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118001v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixing Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2018.02.010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HBZ6CH5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920092v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Chouaki-Benmansour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Ruminski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Phelipot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Salles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-23109-8" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764674v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noushin Mossadegh-Keller" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Gentek" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Gimenez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bigot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20170829" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662889v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Donato" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Preto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.022403" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438171v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric M. Blouin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gonnord" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Boularan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Kagan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2016.07.003" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079772v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rouger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bordet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Couillault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Monneret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2014.03.044" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01246236v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marqu&#232;ze-Pouey" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Goaillard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0106803" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870681v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billaudeau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Trombik" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870605v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/3599" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609667v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guia" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste N Jaeger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Piatek" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.2001608" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608149v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guardiola-Serrano" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rossin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cahuzac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L&#252;ckerath" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Melzer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2010.62" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497187v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rossin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Kral" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lounnas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krittalak Chakrabandhu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2010.03.002" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-31R1T32P-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318795v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chakrabandhu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garmy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fantini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Stebe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2008.115" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04743902v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996255v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mailfert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hamon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bertaux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;-Tao He" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marguet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sebastien-mailfert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0409-0432" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367436v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Dareau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pham" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabela Da Silva" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mailfert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919648v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ruffenach" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lechelon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Meriguet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Gori" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Nardecchia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9896089" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969656v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Djendli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Fabre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marguet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2025.02.018" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259009v5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl5855" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098463v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mailfert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Wojtowicz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brustlein" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Blaszczak" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61823" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506717v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Taffoni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shizue Omi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huber" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fallet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.45047" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911237v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Touvier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Benyoussef" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Rabaoui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2018.06.024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02084941v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Xia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng-Rui Qian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Xun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hamon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Sartre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.02864" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118001v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruixing Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2018.02.010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HBZ6CH5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920092v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Chouaki-Benmansour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Ruminski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Phelipot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Salles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-23109-8" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662889v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Donato" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Preto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.022403" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01764674v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noushin Mossadegh-Keller" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Gentek" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Gimenez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bigot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20170829" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438171v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric M. Blouin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gonnord" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Boularan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Kagan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2016.07.003" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079772v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rouger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bordet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Couillault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Monneret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2014.03.044" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01246236v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marqu&#232;ze-Pouey" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Goaillard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0106803" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870681v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billaudeau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Trombik" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870605v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/3599" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609667v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guia" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste N Jaeger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Piatek" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.2001608" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608149v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guardiola-Serrano" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rossin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cahuzac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L&#252;ckerath" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Melzer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2010.62" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497187v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rossin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Kral" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lounnas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krittalak Chakrabandhu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2010.03.002" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-31R1T32P-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318795v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chakrabandhu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garmy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fantini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Stebe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2008.115" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04743902v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996255v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mailfert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hamon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bertaux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;-Tao He" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marguet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>