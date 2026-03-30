--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -100,2265 +100,2265 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Agriculture et Architecture: trajectoires communes 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Architecture d'Aujourd'hui 'A'A'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 435</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Agriculture et Architecture : trajectoires communes 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Marot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Architecture d Aujourd Hui</w:t>
+              <w:t xml:space="preserve">L'Architecture d'Aujourd'hui 'A'A'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03521323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Architecture d Aujourd Hui</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imaginer et projeter la descente énergétique: les quatre phases du parcours de David Holmgren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marnes, documents d’architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ville et agriculture : une boussole pour s'orienter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tracés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Meilleur des mondes possibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tracés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reprendre la clef des champs, entretien avec Olivier Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de l'ecole de Blois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agriculture et Architecture : trajectoires communes 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Architecture d'Aujourd'hui 'A'A'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 435</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Imaginer et projeter la descente énergétique: les quatre phases du parcours de David Holmgren</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Permaculture : un pari pascalien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tracés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hearthbreaking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Marot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marnes, documents d’architecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 5</w:t>
+              <w:t xml:space="preserve">, 2016, 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03458008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tour d'horizon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D'A. D'architectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, La France: un état des lieux, 225, pp.54-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Envisager les hyperpaysages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de l'ecole de Blois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 435</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Envisioning Hyperlandscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harvard Design Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 18</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambitions urbaines et décélération de l'urbanisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Pierre d'angle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Actes du colloque Ambitions Urbainaes, 61-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 12-13</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du village global à la ville générique: Rem Koolhaas, archéologue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marnes, documents d’architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2, pp.235-251</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Marot</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Singapour Songlines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dronneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Souviron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marnes, documents d’architecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 4</w:t>
+              <w:t xml:space="preserve">, 2012, 2, pp.253-324</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Tour d'horizon</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04144263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Ville latente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Alonzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EcologiK (Paris)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Grands &amp; Ensembles: métamorphose des banlieues, 28, pp.44-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Von der Landschaft zur Hyperlandschaft</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Umbau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Die Zukunft der Architektur als Prognose und Program, 26, pp.72-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manifester le suburbanisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Marot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">D'A. D'architectures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, La France: un état des lieux, 225, pp.54-57</w:t>
+              <w:t xml:space="preserve">, 2011, 197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-urbanisme / Sur-urbanisme : de Central Park à La Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marnes, documents d’architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Actes du colloque Ambitions Urbainaes, 61-62</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la mathématique de l'architecture moderne à la jurisprudence de la ville classique: la trajectoire critique de Colin Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marnes, documents d’architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1, pp.143-161</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 36</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il faut écrire l'histoire de l'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autrement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, La Ville, créatrice de ressources</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 2, pp.235-251</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mettre en valeur les territoires pour en finir avec l'extension des villes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D'A. D'architectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, La Crise, les architectes, la théorie, 182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Singapour Songlines</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-Urbanism / Super-Urbanism: From Central Park to La Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aa Files</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 53, pp.20-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Considérations intempestives sur le redéploiement de l'institut d'architecture dans une faculté des arts de l'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faces, Journal d'architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Enveloppement et l'apparition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le visiteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Art de la mémoire, le territoire et l'architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le visiteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Créer des environnements divers : conversation avec Melvin Webber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 2, pp.253-324</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melvin Webber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le visiteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Grands &amp; Ensembles: métamorphose des banlieues, 28, pp.44-47</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastille-Vincennes: visite de la Promenade Plantée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le visiteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 2, pp.6-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Die Zukunft der Architektur als Prognose und Program, 26, pp.72-90</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Alternative du paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le visiteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 1, pp.54-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 197</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">over der Openbare ruite als landschap: landschaparchitectuur in Frankrijk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archis: Architectuur, Stedebouw, Beeldende Kunst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Urbanistes sont-ils des ploucs ? Critique de Gabriel Dupuy, L'Urbanisme des Réseaux, théorie et pratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pages Paysages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, (</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...792 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...45 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03506425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une anthologie dans la mare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Marot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Architecture d Aujourd Hui</w:t>
+              <w:t xml:space="preserve">L'Architecture d'Aujourd'hui 'A'A'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, pp.42-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03506411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2868,684 +2868,684 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De l’art de la mémoire à l’art d’espérer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Panos Mantziaras; Paola Vigano. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Urbanisme de l’espoir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Métis Presses, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03458018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'envers du décor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Marot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Augustin Rosenstiehl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Capital agricole : chantiers pour une ville cultivée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pavillon de l'Arsenal, pp.451-465, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03506936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'art de la mémoire à l'art d'espérer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Marot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Panos Mantziaras &amp; Paola Vigano. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Urbanisme de l'espoir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Métis Presse, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03508998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Métis Presses, 2018</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire Monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atelier Descombes-Rampini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lieux Communs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In Folio, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, In Folio, 2017</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boat/People</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chartier-Dallix. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Calme Bloc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Actar, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, Actar, 2016</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre balayeurs et marneurs : quelques réflexions sur le plancher des vaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Panos Mantziaras &amp; Paola Vigano. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Sol des villes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Metis Presss, pp.175-187, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, Metis Presss, pp.175-187, 2015</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Ami de mon ami</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alexandre Chemetoff. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Michel Corajoud: Portraits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hearthbreaking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sébastien Marot &amp; Rem Koolhaas, AMO, Harvard Graduate School of Design &amp; Irma Boom. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elements of Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marsilio, pp.1106-1155, 2014, Fireplace</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03506057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques réflexions de seconde main</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Marot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Encore heureux Architectes, Julien Choppin et Nicolas Delon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matière Grise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pavillon de L'Arsenal, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03506059v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03506057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genèse d'un hopeful monster</w:t>
               </w:r>
@@ -5130,51 +5130,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521323v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Marot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521335v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506938v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521257v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521238v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521348v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521284v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506937v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458008v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506051v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506053v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506033v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506052v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506029v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144263v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dronneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Souviron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506031v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alonzo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506030v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506454v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506037v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506035v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506026v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506017v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506011v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506010v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506450v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505991v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506437v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melvin Webber" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505987v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505985v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506418v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506425v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506411v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506404v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415639v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04415426v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415626v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415628v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415644v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506936v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508998v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458018v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506175v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506168v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506170v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506169v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506059v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506057v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506049v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506027v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506025v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506019v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437829v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506022v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506015v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chemetoff" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506009v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506006v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506003v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506002v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505999v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505995v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506443v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506446v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506433v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506429v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506412v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521297v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521335v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Marot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521323v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506938v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521257v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521238v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521284v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506937v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458008v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506051v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506053v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506052v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506033v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506029v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144263v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dronneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Souviron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506031v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alonzo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506030v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506454v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506037v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506035v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506026v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506017v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506011v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506010v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506450v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505991v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506437v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melvin Webber" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505987v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505985v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506418v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506425v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506411v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506404v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415639v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04415426v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415626v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415628v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415644v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458018v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506936v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508998v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506175v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506168v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506170v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506169v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506057v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506059v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506049v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506027v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506025v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506019v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437829v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506022v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506015v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chemetoff" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506009v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506006v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506003v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506002v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505999v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505995v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506443v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506446v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506433v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506429v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506412v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521297v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>