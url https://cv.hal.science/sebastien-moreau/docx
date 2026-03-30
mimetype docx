--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -93,2142 +93,2276 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An active ensemble classifier for detecting animal sequences from global camera trap data</w:t>
+                <w:t xml:space="preserve">Brief communication: Intercomparison study reveals pathways for improving the representation of sea-ice biogeochemistry in models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommi Mononen</w:t>
+                <w:t xml:space="preserve">Letizia Tedesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bess Hardwick</w:t>
+                <w:t xml:space="preserve">Giulia Castellani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Alcobia</w:t>
+                <w:t xml:space="preserve">Pedro Duarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Barrett</w:t>
+                <w:t xml:space="preserve">Meibing Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gergin A Blagoev</w:t>
+                <w:t xml:space="preserve">Sebastien Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (10), pp.2500-2516. </w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 20 (1), pp.723-736. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.70144⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-2025-1107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05520816v1</w:t>
+                <w:t xml:space="preserve">hal-05391850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-omic approach to characterize the venom of the parasitic wasp Cotesia congregata (Hymenoptera: Braconidae)</w:t>
+                <w:t xml:space="preserve">Human contributions to global soundscapes are less predictable than the acoustic rhythms of wildlife</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien J M Moreau</w:t>
+                <w:t xml:space="preserve">Panu Somervuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorène Marchal</w:t>
+                <w:t xml:space="preserve">Tomas Roslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Boulain</w:t>
+                <w:t xml:space="preserve">Brian L. Fisher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Musset</w:t>
+                <w:t xml:space="preserve">Bess Hardwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Labas</w:t>
+                <w:t xml:space="preserve">Deirdre Kerdraon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26, pp.431. </w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.1585-1598. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-025-11604-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41559-025-02786-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05387744v1</w:t>
+                <w:t xml:space="preserve">hal-05168055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human contributions to global soundscapes are less predictable than the acoustic rhythms of wildlife</w:t>
+                <w:t xml:space="preserve">An active ensemble classifier for detecting animal sequences from global camera trap data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panu Somervuo</w:t>
+                <w:t xml:space="preserve">Tommi Mononen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bess Hardwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomas Roslin</w:t>
+                <w:t xml:space="preserve">Sandra Alcobia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian L. Fisher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bess Hardwick</w:t>
+                <w:t xml:space="preserve">Adrian Barrett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deirdre Kerdraon</w:t>
+                <w:t xml:space="preserve">Gergin A Blagoev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 9, pp.1585-1598. </w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (10), pp.2500-2516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41559-025-02786-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.70144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05168055v1</w:t>
+                <w:t xml:space="preserve">hal-05520816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromosomal scale assembly of parasitic wasp genome reveals symbiotic virus colonization</w:t>
+                <w:t xml:space="preserve">Multi-omic approach to characterize the venom of the parasitic wasp Cotesia congregata (Hymenoptera: Braconidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Gauthier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Sébastien J M Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Boulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Persyn</w:t>
+                <w:t xml:space="preserve">Karine Musset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-020-01623-8⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26, pp.431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-025-11604-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03127732v1</w:t>
+                <w:t xml:space="preserve">hal-05387744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A DNA barcode-based survey of wild urban bees in the Loire Valley, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Villalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ledet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Genoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (1), pp.10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-021-83631-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03171376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gall Wasp Transcriptomes Unravel Potential Effectors Involved in Molecular Dialogues With Oak and Rose</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chromosomal scale assembly of parasitic wasp genome reveals symbiotic virus colonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Ginis</w:t>
+                <w:t xml:space="preserve">Jérémy Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Boulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Moreau</w:t>
+                <w:t xml:space="preserve">Joke J F A van Vugt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edward F Connor</w:t>
+                <w:t xml:space="preserve">Lyam Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gayral</w:t>
+                <w:t xml:space="preserve">Emma Persyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, pp.926. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00926⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-020-01623-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02318843v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03127732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic response of Manduca sexta immune tissues to parasitization by the bracovirus associated wasp Cotesia congregata</w:t>
+                <w:t xml:space="preserve">Gall Wasp Transcriptomes Unravel Potential Effectors Involved in Molecular Dialogues With Oak and Rose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germain Chevignon</w:t>
+                <w:t xml:space="preserve">Sébastien Cambier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Cambier</w:t>
+                <w:t xml:space="preserve">Olivia Ginis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne da Silva</w:t>
+                <w:t xml:space="preserve">Sébastien Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Poulain</w:t>
+                <w:t xml:space="preserve">Edward F Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Drezen</w:t>
+                <w:t xml:space="preserve">Philippe Gayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 62(SI) pp.86-99. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.926. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ibmb.2014.12.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01316433v1</w:t>
+                <w:t xml:space="preserve">hal-02318843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Venom proteins from parasitoid wasps and their biological functions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcriptomic response of Manduca sexta immune tissues to parasitization by the bracovirus associated wasp Cotesia congregata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Chevignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.J.M. Moreau</w:t>
+                <w:t xml:space="preserve">Sebastien Cambier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sassan Asgari</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Corinne da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Drezen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins7072385⟩</w:t>
+              <w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 62(SI) pp.86-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ibmb.2014.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01316572v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01316433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional annotation of Cotesia congregata bracovirus: identification of the viral genes expressed in parasitized host immune tissues.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Venom proteins from parasitoid wasps and their biological functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.J.M. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sassan Asgari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JVI.00209-14⟩</w:t>
+              <w:t xml:space="preserve">Evolutionary Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (7), pp.2385-2412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins7072385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01083811v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01316572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">It stings a bit but it cleans well'': Venoms of Hymenoptera and their antimicrobial potential</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Functional annotation of Cotesia congregata bracovirus: identification of the viral genes expressed in parasitized host immune tissues.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Chevignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Thézé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cambier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Insect Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jinsphys.2012.10.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 88 (16), pp.13678-13688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.00209-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00826801v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01083811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The venom composition of the parasitic wasp Chelonus inanitus resolved by combined expressed sequence tags analysis and proteomic approach</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">It stings a bit but it cleans well'': Venoms of Hymenoptera and their antimicrobial potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manfred Heller</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.M. Sébastien Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 11 (693), 15 p. </w:t>
+              <w:t xml:space="preserve">Journal of Insect Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 59, pp.186-204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-693⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jinsphys.2012.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00575444v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00826801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A serpin from the parasitoid wasp Leptopilina boulardi targets the Drosophila phenoloxidase cascade</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The venom composition of the parasitic wasp Chelonus inanitus resolved by combined expressed sequence tags analysis and proteomic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Dubuffet</w:t>
+                <w:t xml:space="preserve">Bruno Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Cazes</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Drezen</w:t>
+                <w:t xml:space="preserve">Martha Kaeslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Roth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Heller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental and Comparative Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dci.2008.11.013⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11 (693), 15 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-693⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00435637v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00575444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of parasite-responsive cysteine proteases in Manduca sexta</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">A serpin from the parasitoid wasp Leptopilina boulardi targets the Drosophila phenoloxidase cascade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Colinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Dubuffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Cazes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Annie Bézier</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Drezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 390 (5/6), pp.493-502. </w:t>
+              <w:t xml:space="preserve">Developmental and Comparative Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 33 (33), pp.681-689. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/BC.2009.061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dci.2008.11.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00424591v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00435637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conversely to its sibling Drosophila melanogaster, D. simulans overcomes the immunosuppressive effects of the parasitoid Asobara citri.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of parasite-responsive cysteine proteases in Manduca sexta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Guillot</w:t>
+                <w:t xml:space="preserve">Céline Serbielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Populaire</w:t>
+                <w:t xml:space="preserve">Florian Veillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Doury</w:t>
+                <w:t xml:space="preserve">Emilien Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Provost</w:t>
+                <w:t xml:space="preserve">Annie Bézier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental and Comparative Immunology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 390 (5/6), pp.493-502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/BC.2009.061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00015121v1</w:t>
+                <w:t xml:space="preserve">hal-00424591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of parasitism by Asobara tabida (Hymenoptera: Braconidae) on the development, survival and activity of Drosophila melanogaster larvae</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S.J.M Moreau</w:t>
+                <w:t xml:space="preserve">Conversely to its sibling Drosophila melanogaster, D. simulans overcomes the immunosuppressive effects of the parasitoid Asobara citri.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.J.M. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Dingremont</w:t>
+                <w:t xml:space="preserve">S. Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Doury</w:t>
+                <w:t xml:space="preserve">C. Populaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Giordanengo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Doury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Insect Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Developmental and Comparative Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 29, pp.205-209</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02140604v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00015121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effects of parasitism by Asobara tabida (Hymenoptera: Braconidae) on the development, survival and activity of Drosophila melanogaster larvae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien J.M. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.J.M Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dingremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Doury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Giordanengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Insect Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 48 (3), pp.337-347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0022-1910(02)00051-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02140604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Intraspecific Variation in the Effects of Parasitism by Asobara tabida on Phenoloxidase Activity of Drosophila melanogaster Larvae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien J.M. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.J.M. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Doury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Giordanengo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 76 (2), pp.151-153. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1006/jipa.2000.4956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02140564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2238,275 +2372,275 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying pollinator diversity along urbanization gradients in the Loire Valley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Villalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Courtial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ledet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Barcode of Life Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03655935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of alternative animals models for testing the efficacy of phages as therapeutic agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélina Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Chanteloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Atterbury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Schouler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Centennial Celebration of Bacteriophage Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Paris, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2516,126 +2650,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution and Origin of Polydnavirus Virulence Genes. In Symbionts and Pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Serbielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Moreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elsevier, Eds Beckage and J-M Drezen, San Diego, USA., pp.63-78, 2012, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-384858-1.00005-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00769220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2645,159 +2779,159 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When Parasitoids Lack Polydnaviruses, Can Venoms Subdue the Hosts? The Case Study of Asobara Species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Eslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anas Cherqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Doury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Beckage NE, Drezen JM (Eds.) Parasitoid viruses: symbionts and pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Academic Press, London, UK, pp.255-266, 2012, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-384858-1.00021-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00769222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2807,429 +2941,311 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Place des apprenants et repositionnement des enseignants à l'ère des réseaux sociaux de formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milad Doueihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Cassilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Jauréguiberry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Henri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00862345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brief communication: Intercomparison study reveals pathways for improving the representation of sea-ice biogeochemistry in models</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Moreau</w:t>
+                <w:t xml:space="preserve">Chromosomal resolution reveals symbiotic virus colonization of parasitic wasp genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Boulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joke J.F.A. van Vugt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyam Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Persyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...60 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03090838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId133"/>
+      <w:footerReference w:type="default" r:id="rId134"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3376,51 +3392,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05520816v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommi Mononen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bess Hardwick" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alcobia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Barrett" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergin A Blagoev" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.70144" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387744v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien J M Moreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Marchal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boulain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Musset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11604-y" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05168055v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panu Somervuo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Roslin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian L. Fisher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Kerdraon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02786-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127732v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J F A van Vugt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyam Baudry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Persyn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01623-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171376v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Villalta" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ledet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baude" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Genoud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-83631-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318843v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cambier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Ginis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Moreau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward F Connor" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gayral" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00926" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316433v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Chevignon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cambier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poulain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Drezen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2014.12.008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PG0GP42-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316572v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J.M. Moreau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sassan Asgari" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins7072385" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083811v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Th&#233;z&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00209-14" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826801v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. S&#233;bastien Moreau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2012.10.005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1KB7TS29-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575444v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vincent" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Kaeslin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roth" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Heller" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-693" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435637v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Colinet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dubuffet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cazes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2008.11.013" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXR45SH8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424591v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Serbielle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Veillard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Voldoire" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie B&#233;zier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/BC.2009.061" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-8C1F0XJJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015121v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Populaire" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Doury" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Provost" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140604v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien J.M. Moreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J.M Moreau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dingremont" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Doury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Giordanengo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-1910(02)00051-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1VQFD35F-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140564v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giordanengo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jipa.2000.4956" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/99388C1D40063936816B6440D29653315CC86242/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655935v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Courtial" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594575v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Trotereau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Moreau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chanteloup" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Atterbury" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schouler" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769220v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Huguet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-384858-1.00005-9" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769222v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Prevost" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Eslin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Cherqui" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Doury" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-384858-1.00021-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862345v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Doueihi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cassilli" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jaur&#233;guiberry" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charlier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Henri" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391850v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Tedesco" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Castellani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Duarte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meibing Jin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03090838v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J.F.A. van Vugt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391850v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Tedesco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Castellani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Duarte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meibing Jin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Moreau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-2025-1107" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05168055v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panu Somervuo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Roslin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian L. Fisher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bess Hardwick" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Kerdraon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02786-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05520816v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommi Mononen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alcobia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Barrett" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergin A Blagoev" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.70144" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387744v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien J M Moreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Marchal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boulain" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Musset" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11604-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171376v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Villalta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ledet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baude" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Genoud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-83631-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127732v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J F A van Vugt" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyam Baudry" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Persyn" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01623-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318843v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cambier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Ginis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Moreau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward F Connor" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gayral" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00926" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316433v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Chevignon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cambier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poulain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Drezen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2014.12.008" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PG0GP42-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316572v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J.M. Moreau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sassan Asgari" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins7072385" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083811v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Th&#233;z&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00209-14" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826801v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. S&#233;bastien Moreau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2012.10.005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1KB7TS29-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575444v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vincent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Kaeslin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roth" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Heller" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-693" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435637v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Colinet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dubuffet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cazes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2008.11.013" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CXR45SH8-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424591v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Serbielle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Veillard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Voldoire" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie B&#233;zier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/BC.2009.061" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-8C1F0XJJ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015121v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Populaire" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Doury" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Provost" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140604v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien J.M. Moreau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J.M Moreau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dingremont" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Doury" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Giordanengo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-1910(02)00051-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1VQFD35F-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140564v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giordanengo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jipa.2000.4956" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/99388C1D40063936816B6440D29653315CC86242/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03655935v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Courtial" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594575v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina Trotereau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chanteloup" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Atterbury" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schouler" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769220v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Huguet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-384858-1.00005-9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769222v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Prevost" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Eslin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Cherqui" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Doury" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-384858-1.00021-7" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862345v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Doueihi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cassilli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jaur&#233;guiberry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charlier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Henri" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03090838v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J.F.A. van Vugt" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>