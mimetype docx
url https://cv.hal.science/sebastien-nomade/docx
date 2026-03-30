--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -66,1470 +66,1470 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine ash from the Campanian Ignimbrite super-eruption, ~ 40 ka, southern Italy: implications for dispersal mechanisms and health hazard</w:t>
+                <w:t xml:space="preserve">North–south Holocene seasonal contrast on the Italian peninsula: Clarification of the latitudinal transition zone based on the multi-proxy study of Lago Grande di Monticchio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flaminia Gianchiglia</w:t>
+                <w:t xml:space="preserve">Léa D’oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Ballirano</w:t>
+                <w:t xml:space="preserve">Adrien Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biagio Giaccio</w:t>
+                <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Koutsodendris</w:t>
+                <w:t xml:space="preserve">Sébastien Joannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+                <w:t xml:space="preserve">Nathalie Combourieu-Nebout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.20039. </w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 380, pp.109873. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-01100-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2026.109873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135368v1</w:t>
+                <w:t xml:space="preserve">hal-05544032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the hidden source of major historical earthquakes: A multi-scale, trans-disciplinary approach to the 1456 and 1688 Sannio earthquakes (Mw 7.0, southern Italian Apennines)</w:t>
+                <w:t xml:space="preserve">A 13.06 Ma widespread ignimbrite in the Pannonian Basin captured a snapshot of shallow marine to coastal environment in Central Paratethys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincenzo Amato</w:t>
+                <w:t xml:space="preserve">Dávid Karátson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabatino Ciarcia</w:t>
+                <w:t xml:space="preserve">Pierre Lahitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Galli</w:t>
+                <w:t xml:space="preserve">Maxim Portnyagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domenico Cicchella</w:t>
+                <w:t xml:space="preserve">Márton Palotai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Galderisi</w:t>
+                <w:t xml:space="preserve">Sándor Józsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 356, pp.109282. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.23528. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2025.109282⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-07002-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04987502v1</w:t>
+                <w:t xml:space="preserve">hal-05161972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 13.06 Ma widespread ignimbrite in the Pannonian Basin captured a snapshot of shallow marine to coastal environment in Central Paratethys</w:t>
+                <w:t xml:space="preserve">Unveiling the hidden source of major historical earthquakes: A multi-scale, trans-disciplinary approach to the 1456 and 1688 Sannio earthquakes (Mw 7.0, southern Italian Apennines)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dávid Karátson</w:t>
+                <w:t xml:space="preserve">Vincenzo Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lahitte</w:t>
+                <w:t xml:space="preserve">Sabatino Ciarcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxim Portnyagin</w:t>
+                <w:t xml:space="preserve">Paolo Galli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Márton Palotai</w:t>
+                <w:t xml:space="preserve">Domenico Cicchella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sándor Józsa</w:t>
+                <w:t xml:space="preserve">Antonio Galderisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.23528. </w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 356, pp.109282. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-07002-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2025.109282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05161972v1</w:t>
+                <w:t xml:space="preserve">hal-04987502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithostratigraphy, Geochronology and Early Humans: The evolution of Quaternary volcanic successions and their impact on archaeological sites in the north-western edge of the Ararat Depression, Armenia</w:t>
+                <w:t xml:space="preserve">Fine ash from the Campanian Ignimbrite super-eruption, ~ 40 ka, southern Italy: implications for dispersal mechanisms and health hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Gevorgyan</w:t>
+                <w:t xml:space="preserve">Flaminia Gianchiglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Karampaglidis</w:t>
+                <w:t xml:space="preserve">Paolo Ballirano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Nomade</w:t>
+                <w:t xml:space="preserve">Biagio Giaccio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Fenn</w:t>
+                <w:t xml:space="preserve">Andreas Koutsodendris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Petrosyan</w:t>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 369, pp.109623. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.20039. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2025.109623⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-01100-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05306201v1</w:t>
+                <w:t xml:space="preserve">hal-05135368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magmatic underplating and crustal intrusions accommodate extension during Red Sea continental rifting</w:t>
+                <w:t xml:space="preserve">Lithostratigraphy, Geochronology and Early Humans: The evolution of Quaternary volcanic successions and their impact on archaeological sites in the north-western edge of the Ararat Depression, Armenia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessio Sanfilippo</w:t>
+                <w:t xml:space="preserve">H. Gevorgyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Ligi</w:t>
+                <w:t xml:space="preserve">T. Karampaglidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riccardo Avanzinelli</w:t>
+                <w:t xml:space="preserve">S. Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Basch</w:t>
+                <w:t xml:space="preserve">K. Fenn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Bragagni</w:t>
+                <w:t xml:space="preserve">A. Petrosyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.6488. </w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 369, pp.109623. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-61598-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2025.109623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05161969v1</w:t>
+                <w:t xml:space="preserve">hal-05306201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geochronological advances in human and proboscideans first arrival date in the Philippines archipelago (Cagayan valley, Luzon Island)</w:t>
+                <w:t xml:space="preserve">Magmatic underplating and crustal intrusions accommodate extension during Red Sea continental rifting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Lambard</w:t>
+                <w:t xml:space="preserve">Alessio Sanfilippo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alison Pereira</w:t>
+                <w:t xml:space="preserve">Marco Ligi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+                <w:t xml:space="preserve">Riccardo Avanzinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herve Guillou</w:t>
+                <w:t xml:space="preserve">Valentin Basch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marian Reyes</w:t>
+                <w:t xml:space="preserve">Alessandro Bragagni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 84, pp.101597. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.6488. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quageo.2024.101597⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-61598-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04675119v1</w:t>
+                <w:t xml:space="preserve">hal-05161969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Update And Synthesis Of The Available Archaeological And Geochronological Data For The Lower Paleolithic Site Of Loreto At Venosa (Basilicata, Italy)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Geochronological advances in human and proboscideans first arrival date in the Philippines archipelago (Cagayan valley, Luzon Island)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Lambard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Voinchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Qinfeng Shao</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/qua.2023.71⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 84, pp.101597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quageo.2024.101597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04611975v1</w:t>
+                <w:t xml:space="preserve">hal-04675119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International Continental Scientific Drilling Program (ICDP) workshop on the Fucino paleolake project: the longest continuous terrestrial archive in the MEditerranean recording the last 5 Million years of Earth system history (MEME)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Adele Bertini</w:t>
+                <w:t xml:space="preserve">Update And Synthesis Of The Available Archaeological And Geochronological Data For The Lower Paleolithic Site Of Loreto At Venosa (Basilicata, Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gian Paolo Cavinato</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Moncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinfeng Shao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Drilling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/sd-33-249-2024⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 119, pp.12-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/qua.2023.71⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862687v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">40Ar/39Ar geochronologic and paleoenvironmental constraints to glacial termination III and MIS 7e, 7c, and 7a sea level fluctuations on the Tyrrhenian Sea coast of Italy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Bulian</w:t>
+                <w:t xml:space="preserve">International Continental Scientific Drilling Program (ICDP) workshop on the Fucino paleolake project: the longest continuous terrestrial archive in the MEditerranean recording the last 5 Million years of Earth system history (MEME)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biagio Giaccio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Marra</w:t>
+                <w:t xml:space="preserve">Bernd Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Monaco</w:t>
+                <w:t xml:space="preserve">Giovanni Zanchetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. M. Palladino</w:t>
+                <w:t xml:space="preserve">Adele Bertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Scarponi</w:t>
+                <w:t xml:space="preserve">Gian Paolo Cavinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 242, </w:t>
+              <w:t xml:space="preserve">Scientific Drilling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (2), pp.249 - 266. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2024.104594⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/sd-33-249-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04724651v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the pre-eruptive conditions of the rhyolitic Šumovit Greben lava dome from clinopyroxene-dominant glomeroporphyritic clots</w:t>
+                <w:t xml:space="preserve">40Ar/39Ar geochronologic and paleoenvironmental constraints to glacial termination III and MIS 7e, 7c, and 7a sea level fluctuations on the Tyrrhenian Sea coast of Italy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kata Molnár</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lahitte</w:t>
+                <w:t xml:space="preserve">F. Bulian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boglárka Döncző</w:t>
+                <w:t xml:space="preserve">F. Marra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Róbert Arató</w:t>
+                <w:t xml:space="preserve">L. Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">János Szepesi</w:t>
+                <w:t xml:space="preserve">D. M. Palladino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Scarponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00410-023-02066-0⟩</w:t>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 242, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2024.104594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04264897v1</w:t>
+                <w:t xml:space="preserve">hal-04724651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Central Mediterranean tephrochronology between 313 and 366 ka: New insights from the Fucino palaeolake sediment succession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niklas Leicher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biagio Giaccio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1544,51 +1544,51 @@
               <w:t xml:space="preserve">Boreas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 52 (2), pp.240-271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/bor.12610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04193688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -1708,1239 +1708,1373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04204946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New investigations about three young volcano-sedimentary systems of Velay-Vivarais (France) and co-evolution humans-volcanoes in the background</w:t>
+                <w:t xml:space="preserve">Unravelling the pre-eruptive conditions of the rhyolitic Šumovit Greben lava dome from clinopyroxene-dominant glomeroporphyritic clots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Defive</w:t>
+                <w:t xml:space="preserve">Kata Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lahitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Miallier</w:t>
+                <w:t xml:space="preserve">Boglárka Döncző</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Pilleyre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+                <w:t xml:space="preserve">Róbert Arató</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervè Guillou</w:t>
+                <w:t xml:space="preserve">János Szepesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 34 (2), pp.93-122. </w:t>
+              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 178 (11), pp.83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/quaternaire.17844⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00410-023-02066-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04195152v1</w:t>
+                <w:t xml:space="preserve">hal-04264897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact glasses from Belize represent tektites from the Pleistocene Pantasma impact crater in Nicaragua</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New investigations about three young volcano-sedimentary systems of Velay-Vivarais (France) and co-evolution humans-volcanoes in the background</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Defive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Bizzarro</w:t>
+                <w:t xml:space="preserve">Didier Miallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Gattacceca</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Cornec</w:t>
+                <w:t xml:space="preserve">Thierry Pilleyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervè Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43247-021-00155-1⟩</w:t>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34 (2), pp.93-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/quaternaire.17844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03228415v1</w:t>
+                <w:t xml:space="preserve">hal-04195152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cryptotephra from the Upper Pleistocene volcanism of the Bas-Vivarais in the sedimentary infilling of the Chauvet-Pont d'Arc cave (Ardèche, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Pastre</w:t>
+                <w:t xml:space="preserve">Impact glasses from Belize represent tektites from the Pleistocene Pantasma impact crater in Nicaragua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évelyne Debard</w:t>
+                <w:t xml:space="preserve">Pierre Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+                <w:t xml:space="preserve">Martin Bizzarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Fialin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Gély</w:t>
+                <w:t xml:space="preserve">Jérôme Gattacceca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cornec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crgeos.52⟩</w:t>
+              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43247-021-00155-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03287568v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03228415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronostratigraphy, depositional patterns and climatic imprints in Lake Acigöl (SW Anatolia) during the Quaternary</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A cryptotephra from the Upper Pleistocene volcanism of the Bas-Vivarais in the sedimentary infilling of the Chauvet-Pont d'Arc cave (Ardèche, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Demory</w:t>
+                <w:t xml:space="preserve">Évelyne Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Rambeau</w:t>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Élisabeth Lebatard</w:t>
+                <w:t xml:space="preserve">Michel Fialin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille M. Perrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Syed Blawal</w:t>
+                <w:t xml:space="preserve">Bernard Gély</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quageo.2019.101038⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.52⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02378459v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03287568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESR dating applied to optically bleached quartz - A comparison with 40Ar/39Ar chronologies on Italian Middle Pleistocene sequences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+                <w:t xml:space="preserve">Chronostratigraphy, depositional patterns and climatic imprints in Lake Acigöl (SW Anatolia) during the Quaternary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Demory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pereira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+                <w:t xml:space="preserve">Claire Rambeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Falguères</w:t>
+                <w:t xml:space="preserve">Anne-Élisabeth Lebatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Italo Biddittu</w:t>
+                <w:t xml:space="preserve">Mireille M. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syed Blawal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2020.03.012⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56, pp.101038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quageo.2019.101038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03012013v2</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02378459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les flux hydro-sédimentaires dans le bassin supérieur du fleuve Loire (Massif Central, France) au cours des trois derniers millénaires : archives séquentielles, chronologie et corrélations régionales</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean‑françois Berger</w:t>
+                <w:t xml:space="preserve">ESR dating applied to optically bleached quartz - A comparison with 40Ar/39Ar chronologies on Italian Middle Pleistocene sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Poiraud</w:t>
+                <w:t xml:space="preserve">A. Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Barra</w:t>
+                <w:t xml:space="preserve">Christophe Falguères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Bouvard</w:t>
+                <w:t xml:space="preserve">Italo Biddittu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 28 (3), pp.373-388. </w:t>
+              <w:t xml:space="preserve">Quaternary International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 556, pp.113-123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/quaternaire.8304⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2020.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01670720v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03012013v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 36,000-Year-Old Volcanic Eruption Depicted in the Chauvet-Pont d'Arc Cave (Ardèche, France)?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+                <w:t xml:space="preserve">Les flux hydro-sédimentaires dans le bassin supérieur du fleuve Loire (Massif Central, France) au cours des trois derniers millénaires : archives séquentielles, chronologie et corrélations régionales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Defive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Genty</w:t>
+                <w:t xml:space="preserve">Jean‑françois Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Sasco</w:t>
+                <w:t xml:space="preserve">Alexandre Poiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Scao</w:t>
+                <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Féruglio</w:t>
+                <w:t xml:space="preserve">Emma Bouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (1), </w:t>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (3), pp.373-388. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0146621⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/quaternaire.8304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02081368v1</w:t>
+                <w:t xml:space="preserve">hal-01670720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duration and dynamics of the best orbital analogue to the present interglacial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Biagio Giaccio</w:t>
+                <w:t xml:space="preserve">A 36,000-Year-Old Volcanic Eruption Depicted in the Chauvet-Pont d'Arc Cave (Ardèche, France)?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleonora Regattieri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+                <w:t xml:space="preserve">Dominique Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Renne</w:t>
+                <w:t xml:space="preserve">Romain Sasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Scao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Féruglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1130/G36677.1⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0146621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01806120v1</w:t>
+                <w:t xml:space="preserve">hal-02081368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Duration and dynamics of the best orbital analogue to the present interglacial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biagio Giaccio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Regattieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Zanchetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Renne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 43 (7), pp.603 - 606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1130/G36677.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01806120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">An ice core perspective on the age of the Matuyama-Brunhes boundary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle B. Dreyfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grant M. Raisbeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Parrenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jouzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Guyodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 274 (1-2), pp.151-156. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.EPSL.2008.07.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00825234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2950,1964 +3084,2197 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochronology of the potential first eruptive phases of the Monte Vulture stratovolcano (Basilicata, Italy).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Musial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giada Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Sulpizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAVCEI 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochronology and geochemistry of the potential first eruptive phases of the Monte Vulture stratovolcano (Basilicata, Italy)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Musial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giada Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Sulpizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2025 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Prague, Czech Republic. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05215078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Central Mediterranean Holocene climate reconstruction from the new Monticchio record (Italy) using a coupled pollen-lipid biomarkers (brGDGT) approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa d'Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peyron Odile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Joannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Combourieu-Nebout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Dugerdil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Climat et Impacts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05222023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enregistrements holocènes des flux hydro-sédimentaires dans les têtes de réseau du bassin supérieur de la Loire (Massif central, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Defive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Beauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Q10 – AFEQ – CNF INQUA « Paléoclimats et environnements quaternaires »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02176901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrating pollen and lipid biomarkers (brGDGTs) to reconstruct the Holocene climate in the Central Mediterranean: insights from the Lago Grandi di Monticchio record.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa d'Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Peyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Genet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lestienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IAL IPA congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Aix les bains, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles avancées en téphrochronologie (40Ar/39Ar et traçage géochimique) pour la datation des sites archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Datations « absolues » en archéologie : 8e séminaire scientifique et technique de l’Inrap (2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lucile Beck; Marc Bouiron; Carine Carpentier; Richard Cottiaux; Emmanuelle Delqué-Količ; Sophie Féret, Dec 2024, Orsay, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34692/ksed-5e24⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The IAEA Collaborating Center Atoms for Heritage at Université Paris-Saclay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IAEA Workshop on Innovative Approaches of Accelerator Science and Technology for Sustainable Heritage Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAEA, Jun 2022, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03924484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ll sito del Cimitero di Atella (PZ): un laboratorio di ricerca sul primo Acheuleano d’Europa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Rocca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Aureli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Giannandrea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Boschin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LV Riunione Scientifica Preistoria e Protostoria della Basilicata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Matera,, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03851598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New data on the site of Notarchirico. Human strategies at the MIS 17 and 16 in South Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncel Marie-Hélène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Lemorini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Eramo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fioretti Giovanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Curci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table-ronde sur « Le mammouth de Saint-Prest et ses contemporains"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Chartres, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03820476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apports recents de la datation 40Ar/39Ar à la chronostratigraphie du Quaternaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Scao</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03587753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lac de barrage volcanique de la Loire à Rieutord (Ardèche) : intérêt paléoenvironnemental, téphrostratigraphique et archéologique, une chronologie en question.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Defive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Miras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Miallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaternaire 12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03042314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cadre géomorphologique et environnemental des premières sociétés de production dans la Corne de l’Afrique. Variations climatiques et paléohydrologiques du Lac Abhé depuis la fin du Pléistocène, Djibouti et Éthiopie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Mologni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Tribolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séances ouvertes de la Société préhistorique française : Cultural dynamics and landscape transformation in a rapidly changing continent : from the Big Dry to the Holocene in Eastern Africa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cauliez J., Bon F., Bruxelles L., Crevecoeur I., Khalidi L., Lesur J., Pleurdeau D., Tribolo C., Sep 2019, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02376218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations paléoclimatiques et occupations humaines dans la vallée de la Bulbula (Ethiopie) : apport des méthodes de la luminescence à l’affinement du cadre chronostratigraphique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Tribolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dessie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Francophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Rabbat, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02535519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obsidian sourcing in Cappadocia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Korhan M. Erturaç</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gratuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damase Mouralis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Kuzucuoğlu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">79th Annual Meeting Society for American Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for American Archaeology, Apr 2014, Austin, Texas., United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02882265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude XRF par core-scanner et chronologie de la carotte MONTI 23 II du Lago Grande di Monticchio (Basilicate, Italie) : Une archive exceptionnelle de 33 000 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biagio Giaccio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">cnrs. 2025, pp.36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126537v1</w:t>
-              </w:r>
-[...996 lines deleted...]
-                <w:t xml:space="preserve">hal-02882265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution Paleoenvironmental Studies of the Valle Giumentina archaeological site (ABF and LAC layers) : New evidence of a cold and dry event during MIS 13b in the Adriatic region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Fusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elisa Nicoud; Marie Balasse; Emmanuel Desclaux; Isabelle Théry-Parisot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversités, environnements et sociétés depuis la Préhistoire : nouveaux marqueurs et approches intégrées : Actes des 41èmes Rencontres Internationales d’Archéologie et d’Histoire – Nice Côte d’Azur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions APDCA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.151-168, 2021, 2-904110-64-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03477966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes 40K/40Ar et 40Ar/39Ar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Nomade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Scaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paléoclimatologie - Trouver, dater et interpréter les indices - Tome I</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EDP Sciences; CNRS Editions, pp.83-111, 2013, Savoirs actuels, 978-2-7598-0740-6, 978-2-271-07598-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02897881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId197"/>
+      <w:footerReference w:type="default" r:id="rId204"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5054,51 +5421,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135368v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Gianchiglia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ballirano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biagio Giaccio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Koutsodendris" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nomade" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-01100-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987502v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Amato" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabatino Ciarcia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Galli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Cicchella" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Galderisi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109282" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161972v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;vid Kar&#225;tson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lahitte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Portnyagin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Palotai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor J&#243;zsa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-07002-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306201v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gevorgyan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Karampaglidis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nomade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Fenn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petrosyan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109623" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161969v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Sanfilippo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ligi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Avanzinelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Basch" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bragagni" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61598-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675119v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lambard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Pereira" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Guillou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Reyes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2024.101597" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611975v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinfeng Shao" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2023.71" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862687v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Wagner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Zanchetta" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Bertini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian Paolo Cavinato" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/sd-33-249-2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724651v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bulian" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marra" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Monaco" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Palladino" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Scarponi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2024.104594" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264897v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Moln&#225;r" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogl&#225;rka D&#246;ncz&#337;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;bert Arat&#243;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos Szepesi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-023-02066-0" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193688v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Leicher" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison de F. Pereira" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Monaco" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.12610" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204946v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rochette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baratoux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cornec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Debaille" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.206" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195152v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Miallier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pilleyre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#232; Guillou" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.17844" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228415v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beck" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bizzarro" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gattacceca" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-021-00155-1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287568v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pastre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Debard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fialin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G&#233;ly" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.52" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02378459v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rambeau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-&#201;lisabeth Lebatard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Perrin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Blawal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2019.101038" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012013v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereira" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Italo Biddittu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.03.012" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670720v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poiraud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8304" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081368v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sasco" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Scao" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie F&#233;ruglio" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146621" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806120v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Regattieri" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Renne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G36677.1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00825234v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle B. Dreyfus" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grant M. Raisbeck" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Parrenin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jouzel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Guyodo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EPSL.2008.07.008" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B9F8VPLV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213511v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Musial" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Fernandez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sulpizio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215078v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222023v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a d'Oliveira" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyron Odile" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dugerdil" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176901v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barra" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126537v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Maignan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04903708v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/ksed-5e24" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03851598v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Rocca" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Aureli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Giannandrea" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Boschin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924484v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thoury" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie David" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820476v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncel Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Lemorini" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Eramo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fioretti Giovanna" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Curci" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042314v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376218v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Mologni" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lans" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Tribolo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535519v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment M&#233;nard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dessie" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02882265v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korhan M. Ertura&#231;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damase Mouralis" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kuzucuo&#287;lu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477966v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Villa" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Nicoud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Fusco" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepam.cnrs.fr/actualite/ouvrage-actes-des-41e-rencontres-biodiversites-environnements-et-societes-depuis-la-prehistoire-nouveaux-marqueurs-et-approches-integrees/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897881v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Scaillet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544032v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a D&#8217;oliveira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Maignan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2026.109873" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161972v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;vid Kar&#225;tson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lahitte" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Portnyagin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Palotai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor J&#243;zsa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-07002-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987502v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Amato" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabatino Ciarcia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Galli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Cicchella" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Galderisi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109282" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135368v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Gianchiglia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ballirano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biagio Giaccio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Koutsodendris" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nomade" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-01100-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306201v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gevorgyan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Karampaglidis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nomade" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Fenn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petrosyan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2025.109623" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161969v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Sanfilippo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ligi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Avanzinelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Basch" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bragagni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61598-0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675119v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lambard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Pereira" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Guillou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Reyes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2024.101597" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611975v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinfeng Shao" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2023.71" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862687v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Wagner" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Zanchetta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Bertini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian Paolo Cavinato" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/sd-33-249-2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724651v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bulian" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marra" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Monaco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Palladino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Scarponi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2024.104594" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193688v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Leicher" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Monaco" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bor.12610" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204946v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rochette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baratoux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cornec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Debaille" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.206" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264897v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Moln&#225;r" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogl&#225;rka D&#246;ncz&#337;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;bert Arat&#243;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos Szepesi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-023-02066-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195152v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Defive" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Miallier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pilleyre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#232; Guillou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.17844" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228415v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Beck" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bizzarro" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gattacceca" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-021-00155-1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287568v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pastre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Debard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fialin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G&#233;ly" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.52" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02378459v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rambeau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-&#201;lisabeth Lebatard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Perrin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Blawal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2019.101038" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012013v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereira" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Italo Biddittu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2020.03.012" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670720v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poiraud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bouvard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.8304" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081368v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sasco" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Scao" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie F&#233;ruglio" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146621" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806120v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Regattieri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Renne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G36677.1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00825234v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle B. Dreyfus" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grant M. Raisbeck" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Parrenin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jouzel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Guyodo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EPSL.2008.07.008" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B9F8VPLV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213511v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Musial" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Fernandez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sulpizio" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215078v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222023v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a d'Oliveira" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyron Odile" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dugerdil" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176901v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barra" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310883v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Genet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lestienne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04903708v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/ksed-5e24" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924484v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thoury" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie David" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03851598v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Rocca" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Aureli" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Giannandrea" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Boschin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820476v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncel Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Lemorini" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Eramo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fioretti Giovanna" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Curci" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587753v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042314v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376218v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Mologni" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lans" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Tribolo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535519v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment M&#233;nard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dessie" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02882265v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korhan M. Ertura&#231;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damase Mouralis" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kuzucuo&#287;lu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126537v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477966v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Villa" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Nicoud" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Fusco" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepam.cnrs.fr/actualite/ouvrage-actes-des-41e-rencontres-biodiversites-environnements-et-societes-depuis-la-prehistoire-nouveaux-marqueurs-et-approches-integrees/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897881v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Scaillet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>